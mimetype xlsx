--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$51</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$59</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -490,50 +490,101 @@
     <t>13-Jan-25</t>
   </si>
   <si>
     <t>KH25-00567</t>
   </si>
   <si>
     <t>KH25-08071</t>
   </si>
   <si>
     <t>7 W</t>
   </si>
   <si>
     <t>12-Apr-25</t>
   </si>
   <si>
     <t>KH25-09684</t>
   </si>
   <si>
     <t>31-Aug-25</t>
   </si>
   <si>
     <t>KH25-09962</t>
   </si>
   <si>
     <t>13-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11250</t>
+  </si>
+  <si>
+    <t>23-Oct-25</t>
+  </si>
+  <si>
+    <t>Adenovirus, Parainfluenza IV</t>
+  </si>
+  <si>
+    <t>KH25-11474</t>
+  </si>
+  <si>
+    <t>29-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12148</t>
+  </si>
+  <si>
+    <t>09-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12149</t>
+  </si>
+  <si>
+    <t>06-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12219</t>
+  </si>
+  <si>
+    <t>24-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12228</t>
+  </si>
+  <si>
+    <t>25-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13158</t>
+  </si>
+  <si>
+    <t>04-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14238</t>
+  </si>
+  <si>
+    <t>21-Nov-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -886,74 +937,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP51"/>
+  <dimension ref="A1:AP59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
-    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
@@ -3722,52 +3773,500 @@
       <c r="K51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>156</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P51" s="6">
         <v>45469786</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>30</v>
       </c>
       <c r="R51" t="s">
         <v>31</v>
       </c>
     </row>
+    <row r="52" spans="1:42">
+      <c r="A52" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E52" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F52" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G52" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="P52" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q52" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R52" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:42">
+      <c r="A53" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E53" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F53" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G53" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P53" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q53" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R53" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" spans="1:42">
+      <c r="A54" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E54" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F54" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G54" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N54" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P54" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q54" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="55" spans="1:42">
+      <c r="A55" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E55" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F55" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G55" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N55" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P55" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q55" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R55" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="56" spans="1:42">
+      <c r="A56" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E56" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F56" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G56" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H56" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J56" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P56" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q56" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R56" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:42">
+      <c r="A57" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E57" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F57" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G57" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N57" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q57" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R57" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:42">
+      <c r="A58" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E58" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F58" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G58" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N58" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P58" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q58" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R58" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:42">
+      <c r="A59" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E59" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F59" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G59" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P59" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q59" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R59" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:Q51"/>
+  <autoFilter ref="A2:Q59"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>