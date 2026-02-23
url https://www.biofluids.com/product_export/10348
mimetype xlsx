--- v1 (2025-12-24)
+++ v2 (2026-02-23)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$68</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -531,54 +531,126 @@
   <si>
     <t>KH25-12148</t>
   </si>
   <si>
     <t>09-Nov-25</t>
   </si>
   <si>
     <t>KH25-12149</t>
   </si>
   <si>
     <t>06-Nov-25</t>
   </si>
   <si>
     <t>KH25-12219</t>
   </si>
   <si>
     <t>24-Nov-25</t>
   </si>
   <si>
     <t>KH25-12228</t>
   </si>
   <si>
     <t>25-Nov-25</t>
   </si>
   <si>
+    <t>KH25-12326</t>
+  </si>
+  <si>
+    <t>16-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12365</t>
+  </si>
+  <si>
+    <t>21-Dec-25</t>
+  </si>
+  <si>
+    <t>RemelMicroTest M6 Transport</t>
+  </si>
+  <si>
+    <t>KH25-12382</t>
+  </si>
+  <si>
+    <t>9 M</t>
+  </si>
+  <si>
+    <t>23-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12490</t>
+  </si>
+  <si>
+    <t>8 M</t>
+  </si>
+  <si>
+    <t>06-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12560</t>
+  </si>
+  <si>
+    <t>60 Y</t>
+  </si>
+  <si>
+    <t>19-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12561</t>
+  </si>
+  <si>
+    <t>6 W</t>
+  </si>
+  <si>
+    <t>18-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12578</t>
+  </si>
+  <si>
+    <t>77 Y</t>
+  </si>
+  <si>
+    <t>20-Jan-26</t>
+  </si>
+  <si>
     <t>KH25-13158</t>
   </si>
   <si>
     <t>04-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13222</t>
+  </si>
+  <si>
+    <t>17-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13263</t>
+  </si>
+  <si>
+    <t>05-Jan-26</t>
   </si>
   <si>
     <t>KH25-14238</t>
   </si>
   <si>
     <t>21-Nov-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -937,76 +1009,76 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP59"/>
+  <dimension ref="A1:AP68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
@@ -4132,54 +4204,54 @@
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
         <v>170</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="7">
         <v>1.0</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>250.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="J58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="6" t="s">
         <v>171</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P58" s="6">
         <v>45469786</v>
       </c>
       <c r="Q58" s="6" t="s">
         <v>30</v>
       </c>
@@ -4215,58 +4287,562 @@
       <c r="I59" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>173</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P59" s="6">
         <v>45469786</v>
       </c>
       <c r="Q59" s="6" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="R59" t="s">
         <v>31</v>
       </c>
     </row>
+    <row r="60" spans="1:42">
+      <c r="A60" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E60" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F60" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G60" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P60" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q60" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R60" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:42">
+      <c r="A61" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E61" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F61" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G61" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q61" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R61" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="62" spans="1:42">
+      <c r="A62" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E62" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F62" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G62" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P62" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q62" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R62" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:42">
+      <c r="A63" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E63" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F63" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G63" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H63" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P63" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q63" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R63" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:42">
+      <c r="A64" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E64" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F64" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G64" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P64" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q64" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R64" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="65" spans="1:42">
+      <c r="A65" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E65" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F65" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G65" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P65" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q65" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R65" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:42">
+      <c r="A66" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E66" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F66" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G66" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P66" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q66" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R66" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="67" spans="1:42">
+      <c r="A67" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E67" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F67" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G67" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P67" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q67" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R67" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="68" spans="1:42">
+      <c r="A68" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E68" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F68" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G68" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P68" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q68" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R68" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:Q59"/>
+  <autoFilter ref="A2:Q68"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>