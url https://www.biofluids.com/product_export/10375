--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$S$367</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$S$384</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="656">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="693">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -1683,50 +1683,56 @@
   <si>
     <t>O43.92</t>
   </si>
   <si>
     <t>KH25-07727</t>
   </si>
   <si>
     <t>11-Oct-25</t>
   </si>
   <si>
     <t>Diagnosis</t>
   </si>
   <si>
     <t>Celiac Disease</t>
   </si>
   <si>
     <t>K90.0</t>
   </si>
   <si>
     <t>KH25-07735</t>
   </si>
   <si>
     <t>09-Oct-25</t>
   </si>
   <si>
+    <t>KH25-07778</t>
+  </si>
+  <si>
+    <t>14-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-07918</t>
   </si>
   <si>
     <t>10-Apr-25</t>
   </si>
   <si>
     <t>KH25-08047</t>
   </si>
   <si>
     <t>44 Y</t>
   </si>
   <si>
     <t>07-Apr-25</t>
   </si>
   <si>
     <t>KH25-08263</t>
   </si>
   <si>
     <t>22-Apr-25</t>
   </si>
   <si>
     <t>KH25-08514</t>
   </si>
   <si>
     <t>07-May-25</t>
@@ -1987,50 +1993,155 @@
     <t>KH25-10747</t>
   </si>
   <si>
     <t>O16.3</t>
   </si>
   <si>
     <t>KH25-10798</t>
   </si>
   <si>
     <t>10-Oct-25</t>
   </si>
   <si>
     <t>O26.891</t>
   </si>
   <si>
     <t>KH25-10808</t>
   </si>
   <si>
     <t>KH25-11008</t>
   </si>
   <si>
     <t>KH25-11108</t>
   </si>
   <si>
     <t>01-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11303</t>
+  </si>
+  <si>
+    <t>29-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11304</t>
+  </si>
+  <si>
+    <t>KH25-11460</t>
+  </si>
+  <si>
+    <t>24-Nov-25</t>
+  </si>
+  <si>
+    <t>O09.891</t>
+  </si>
+  <si>
+    <t>KH25-12279</t>
+  </si>
+  <si>
+    <t>02-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12280</t>
+  </si>
+  <si>
+    <t>KH25-13078</t>
+  </si>
+  <si>
+    <t>21 Y</t>
+  </si>
+  <si>
+    <t>07-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13336</t>
+  </si>
+  <si>
+    <t>07-Feb-26</t>
+  </si>
+  <si>
+    <t>Abbott Alinity I analyzer</t>
+  </si>
+  <si>
+    <t>Hepatitis A Antibody IgM (HAV-Ab IgM)</t>
+  </si>
+  <si>
+    <t>KH25-13337</t>
+  </si>
+  <si>
+    <t>KH25-13344</t>
+  </si>
+  <si>
+    <t>54 Y</t>
+  </si>
+  <si>
+    <t>06-Feb-26</t>
+  </si>
+  <si>
+    <t>KH25-14208</t>
+  </si>
+  <si>
+    <t>15-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14299</t>
+  </si>
+  <si>
+    <t>20-Nov-25</t>
+  </si>
+  <si>
+    <t>O09.90</t>
+  </si>
+  <si>
+    <t>Twins, Unknown</t>
+  </si>
+  <si>
+    <t>KH25-14313</t>
+  </si>
+  <si>
+    <t>KH25-14337</t>
+  </si>
+  <si>
+    <t>26-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14339</t>
+  </si>
+  <si>
+    <t>30-Nov-25</t>
+  </si>
+  <si>
+    <t>O26.892</t>
+  </si>
+  <si>
+    <t>KH25-14340</t>
+  </si>
+  <si>
+    <t>KH25-14375</t>
+  </si>
+  <si>
+    <t>04-Dec-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2383,75 +2494,75 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP367"/>
+  <dimension ref="A1:AP384"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="87.122" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
@@ -19802,2609 +19913,2611 @@
       </c>
     </row>
     <row r="305" spans="1:42">
       <c r="A305" s="6" t="s">
         <v>554</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D305" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E305" s="7">
         <v>1.5</v>
       </c>
       <c r="F305" s="6">
         <v>1.0</v>
       </c>
       <c r="G305" s="9">
         <v>200.0</v>
       </c>
       <c r="H305" s="8" t="s">
-        <v>122</v>
+        <v>388</v>
       </c>
       <c r="I305" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J305" s="6" t="s">
-        <v>49</v>
+        <v>297</v>
       </c>
       <c r="K305" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L305" s="6" t="s">
         <v>555</v>
       </c>
       <c r="M305" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N305" s="6">
-        <v>26.29</v>
+        <v>25.57</v>
       </c>
       <c r="O305" s="6"/>
-      <c r="P305" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P305" s="6"/>
       <c r="Q305" s="6" t="s">
-        <v>478</v>
+        <v>338</v>
       </c>
       <c r="R305" s="6">
         <v>45469786</v>
       </c>
       <c r="S305" s="6" t="s">
         <v>326</v>
       </c>
       <c r="T305" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="306" spans="1:42">
       <c r="A306" s="6" t="s">
         <v>556</v>
       </c>
       <c r="B306" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C306" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D306" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E306" s="7">
         <v>1.5</v>
       </c>
       <c r="F306" s="6">
         <v>1.0</v>
       </c>
       <c r="G306" s="9">
         <v>200.0</v>
       </c>
       <c r="H306" s="8" t="s">
-        <v>557</v>
+        <v>122</v>
       </c>
       <c r="I306" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J306" s="6" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="K306" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="M306" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N306" s="6">
-        <v>19.0</v>
+        <v>26.29</v>
       </c>
       <c r="O306" s="6"/>
       <c r="P306" s="6" t="s">
         <v>324</v>
       </c>
       <c r="Q306" s="6" t="s">
         <v>478</v>
       </c>
       <c r="R306" s="6">
         <v>45469786</v>
       </c>
       <c r="S306" s="6" t="s">
-        <v>287</v>
+        <v>326</v>
       </c>
       <c r="T306" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="307" spans="1:42">
       <c r="A307" s="6" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="B307" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D307" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E307" s="7">
         <v>1.5</v>
       </c>
       <c r="F307" s="6">
         <v>1.0</v>
       </c>
       <c r="G307" s="9">
         <v>200.0</v>
       </c>
       <c r="H307" s="8" t="s">
-        <v>531</v>
+        <v>559</v>
       </c>
       <c r="I307" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J307" s="6" t="s">
-        <v>297</v>
+        <v>108</v>
       </c>
       <c r="K307" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L307" s="6" t="s">
         <v>560</v>
       </c>
       <c r="M307" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N307" s="6">
-        <v>24.86</v>
+        <v>19.0</v>
       </c>
       <c r="O307" s="6"/>
       <c r="P307" s="6" t="s">
         <v>324</v>
       </c>
       <c r="Q307" s="6" t="s">
-        <v>381</v>
+        <v>478</v>
       </c>
       <c r="R307" s="6">
         <v>45469786</v>
       </c>
       <c r="S307" s="6" t="s">
-        <v>326</v>
+        <v>287</v>
       </c>
       <c r="T307" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="308" spans="1:42">
       <c r="A308" s="6" t="s">
         <v>561</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C308" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D308" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E308" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F308" s="6">
         <v>1.0</v>
       </c>
       <c r="G308" s="9">
         <v>200.0</v>
       </c>
       <c r="H308" s="8" t="s">
-        <v>63</v>
+        <v>531</v>
       </c>
       <c r="I308" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J308" s="6" t="s">
-        <v>108</v>
+        <v>297</v>
       </c>
       <c r="K308" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L308" s="6" t="s">
         <v>562</v>
       </c>
       <c r="M308" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N308" s="6">
-        <v>26.71</v>
+        <v>24.86</v>
       </c>
       <c r="O308" s="6"/>
       <c r="P308" s="6" t="s">
         <v>324</v>
       </c>
       <c r="Q308" s="6" t="s">
-        <v>338</v>
+        <v>381</v>
       </c>
       <c r="R308" s="6">
         <v>45469786</v>
       </c>
       <c r="S308" s="6" t="s">
         <v>326</v>
       </c>
       <c r="T308" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="309" spans="1:42">
       <c r="A309" s="6" t="s">
         <v>563</v>
       </c>
       <c r="B309" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C309" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D309" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E309" s="7">
         <v>2.0</v>
       </c>
       <c r="F309" s="6">
         <v>1.0</v>
       </c>
       <c r="G309" s="9">
         <v>200.0</v>
       </c>
       <c r="H309" s="8" t="s">
-        <v>442</v>
+        <v>63</v>
       </c>
       <c r="I309" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J309" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K309" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L309" s="6" t="s">
         <v>564</v>
       </c>
       <c r="M309" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N309" s="6">
-        <v>17.71</v>
+        <v>26.71</v>
       </c>
       <c r="O309" s="6"/>
-      <c r="P309" s="6"/>
+      <c r="P309" s="6" t="s">
+        <v>324</v>
+      </c>
       <c r="Q309" s="6" t="s">
         <v>338</v>
       </c>
       <c r="R309" s="6">
         <v>45469786</v>
       </c>
       <c r="S309" s="6" t="s">
         <v>326</v>
       </c>
       <c r="T309" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="310" spans="1:42">
       <c r="A310" s="6" t="s">
         <v>565</v>
       </c>
       <c r="B310" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C310" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D310" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E310" s="7">
-        <v>1.75</v>
+        <v>2.0</v>
       </c>
       <c r="F310" s="6">
         <v>1.0</v>
       </c>
       <c r="G310" s="9">
         <v>200.0</v>
       </c>
       <c r="H310" s="8" t="s">
-        <v>176</v>
+        <v>442</v>
       </c>
       <c r="I310" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J310" s="6" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="K310" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="M310" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N310" s="6">
-        <v>16.86</v>
+        <v>17.71</v>
       </c>
       <c r="O310" s="6"/>
       <c r="P310" s="6"/>
       <c r="Q310" s="6" t="s">
-        <v>381</v>
+        <v>338</v>
       </c>
       <c r="R310" s="6">
         <v>45469786</v>
       </c>
       <c r="S310" s="6" t="s">
-        <v>433</v>
+        <v>326</v>
       </c>
       <c r="T310" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="311" spans="1:42">
       <c r="A311" s="6" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C311" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D311" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E311" s="7">
-        <v>2.0</v>
+        <v>1.75</v>
       </c>
       <c r="F311" s="6">
         <v>1.0</v>
       </c>
       <c r="G311" s="9">
         <v>200.0</v>
       </c>
       <c r="H311" s="8" t="s">
-        <v>328</v>
+        <v>176</v>
       </c>
       <c r="I311" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J311" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K311" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="M311" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N311" s="6">
-        <v>23.29</v>
+        <v>16.86</v>
       </c>
       <c r="O311" s="6"/>
-      <c r="P311" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q311" s="6"/>
+      <c r="P311" s="6"/>
+      <c r="Q311" s="6" t="s">
+        <v>381</v>
+      </c>
       <c r="R311" s="6">
         <v>45469786</v>
       </c>
       <c r="S311" s="6" t="s">
-        <v>326</v>
+        <v>433</v>
       </c>
       <c r="T311" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="312" spans="1:42">
       <c r="A312" s="6" t="s">
         <v>568</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D312" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E312" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F312" s="6">
         <v>1.0</v>
       </c>
       <c r="G312" s="9">
         <v>200.0</v>
       </c>
       <c r="H312" s="8" t="s">
-        <v>569</v>
+        <v>328</v>
       </c>
       <c r="I312" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J312" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K312" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="M312" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N312" s="6">
-        <v>25.14</v>
+        <v>23.29</v>
       </c>
       <c r="O312" s="6"/>
       <c r="P312" s="6" t="s">
         <v>324</v>
       </c>
       <c r="Q312" s="6"/>
       <c r="R312" s="6">
         <v>45469786</v>
       </c>
       <c r="S312" s="6" t="s">
-        <v>287</v>
+        <v>326</v>
       </c>
       <c r="T312" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="313" spans="1:42">
       <c r="A313" s="6" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C313" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D313" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E313" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F313" s="6">
         <v>1.0</v>
       </c>
       <c r="G313" s="9">
         <v>200.0</v>
       </c>
       <c r="H313" s="8" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="I313" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J313" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K313" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="M313" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N313" s="6">
-        <v>17.29</v>
+        <v>25.14</v>
       </c>
       <c r="O313" s="6"/>
       <c r="P313" s="6" t="s">
         <v>324</v>
       </c>
       <c r="Q313" s="6"/>
       <c r="R313" s="6">
         <v>45469786</v>
       </c>
       <c r="S313" s="6" t="s">
         <v>287</v>
       </c>
       <c r="T313" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="314" spans="1:42">
       <c r="A314" s="6" t="s">
         <v>573</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C314" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D314" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E314" s="7">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="F314" s="6">
         <v>1.0</v>
       </c>
       <c r="G314" s="9">
         <v>200.0</v>
       </c>
       <c r="H314" s="8" t="s">
-        <v>442</v>
+        <v>574</v>
       </c>
       <c r="I314" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J314" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K314" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="M314" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N314" s="6">
-        <v>18.43</v>
+        <v>17.29</v>
       </c>
       <c r="O314" s="6"/>
-      <c r="P314" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="P314" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q314" s="6"/>
       <c r="R314" s="6">
         <v>45469786</v>
       </c>
       <c r="S314" s="6" t="s">
-        <v>326</v>
+        <v>287</v>
       </c>
       <c r="T314" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:42">
       <c r="A315" s="6" t="s">
         <v>575</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C315" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D315" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E315" s="7">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F315" s="6">
         <v>1.0</v>
       </c>
       <c r="G315" s="9">
         <v>200.0</v>
       </c>
       <c r="H315" s="8" t="s">
-        <v>388</v>
+        <v>442</v>
       </c>
       <c r="I315" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J315" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K315" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L315" s="6" t="s">
         <v>576</v>
       </c>
       <c r="M315" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N315" s="6">
-        <v>19.57</v>
+        <v>18.43</v>
       </c>
       <c r="O315" s="6"/>
       <c r="P315" s="6"/>
       <c r="Q315" s="6" t="s">
         <v>338</v>
       </c>
       <c r="R315" s="6">
         <v>45469786</v>
       </c>
       <c r="S315" s="6" t="s">
-        <v>577</v>
+        <v>326</v>
       </c>
       <c r="T315" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="316" spans="1:42">
       <c r="A316" s="6" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B316" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C316" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D316" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E316" s="7">
         <v>2.0</v>
       </c>
       <c r="F316" s="6">
         <v>1.0</v>
       </c>
       <c r="G316" s="9">
         <v>200.0</v>
       </c>
       <c r="H316" s="8" t="s">
-        <v>63</v>
+        <v>388</v>
       </c>
       <c r="I316" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J316" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K316" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="M316" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N316" s="6">
-        <v>27.86</v>
+        <v>19.57</v>
       </c>
       <c r="O316" s="6"/>
       <c r="P316" s="6"/>
       <c r="Q316" s="6" t="s">
-        <v>478</v>
+        <v>338</v>
       </c>
       <c r="R316" s="6">
         <v>45469786</v>
       </c>
       <c r="S316" s="6" t="s">
-        <v>326</v>
+        <v>579</v>
       </c>
       <c r="T316" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="317" spans="1:42">
       <c r="A317" s="6" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C317" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E317" s="7">
         <v>2.0</v>
       </c>
       <c r="F317" s="6">
         <v>1.0</v>
       </c>
       <c r="G317" s="9">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="H317" s="8" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="I317" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J317" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K317" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="M317" s="6" t="s">
-        <v>242</v>
+        <v>285</v>
       </c>
       <c r="N317" s="6">
-        <v>27.0</v>
-[...7 lines deleted...]
-      <c r="Q317" s="6"/>
+        <v>27.86</v>
+      </c>
+      <c r="O317" s="6"/>
+      <c r="P317" s="6"/>
+      <c r="Q317" s="6" t="s">
+        <v>478</v>
+      </c>
       <c r="R317" s="6">
         <v>45469786</v>
       </c>
-      <c r="S317" s="6"/>
+      <c r="S317" s="6" t="s">
+        <v>326</v>
+      </c>
       <c r="T317" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="318" spans="1:42">
       <c r="A318" s="6" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D318" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E318" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F318" s="6">
         <v>1.0</v>
       </c>
       <c r="G318" s="9">
         <v>150.0</v>
       </c>
       <c r="H318" s="8" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="I318" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J318" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K318" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="M318" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N318" s="6">
-        <v>210.0</v>
+        <v>27.0</v>
       </c>
       <c r="O318" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P318" s="6" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="Q318" s="6"/>
       <c r="R318" s="6">
         <v>45469786</v>
       </c>
       <c r="S318" s="6"/>
       <c r="T318" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="319" spans="1:42">
       <c r="A319" s="6" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C319" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D319" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E319" s="7">
-        <v>3.0</v>
+        <v>1.25</v>
       </c>
       <c r="F319" s="6">
         <v>1.0</v>
       </c>
       <c r="G319" s="9">
         <v>150.0</v>
       </c>
       <c r="H319" s="8" t="s">
-        <v>531</v>
+        <v>112</v>
       </c>
       <c r="I319" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J319" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K319" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="M319" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N319" s="6">
-        <v>628.0</v>
+        <v>210.0</v>
       </c>
       <c r="O319" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P319" s="6" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="Q319" s="6"/>
       <c r="R319" s="6">
         <v>45469786</v>
       </c>
       <c r="S319" s="6"/>
       <c r="T319" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="320" spans="1:42">
       <c r="A320" s="6" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B320" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C320" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D320" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E320" s="7">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F320" s="6">
         <v>1.0</v>
       </c>
       <c r="G320" s="9">
         <v>150.0</v>
       </c>
       <c r="H320" s="8" t="s">
-        <v>143</v>
+        <v>531</v>
       </c>
       <c r="I320" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J320" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K320" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="M320" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N320" s="6">
-        <v>20861.0</v>
+        <v>628.0</v>
       </c>
       <c r="O320" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P320" s="6" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="Q320" s="6"/>
       <c r="R320" s="6">
         <v>45469786</v>
       </c>
       <c r="S320" s="6"/>
       <c r="T320" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="321" spans="1:42">
       <c r="A321" s="6" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C321" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D321" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E321" s="7">
         <v>2.0</v>
       </c>
       <c r="F321" s="6">
         <v>1.0</v>
       </c>
       <c r="G321" s="9">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
       <c r="H321" s="8" t="s">
-        <v>440</v>
+        <v>143</v>
       </c>
       <c r="I321" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J321" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K321" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>248</v>
+        <v>582</v>
       </c>
       <c r="M321" s="6" t="s">
-        <v>285</v>
+        <v>242</v>
       </c>
       <c r="N321" s="6">
-        <v>27.14</v>
-[...5 lines deleted...]
-      </c>
+        <v>20861.0</v>
+      </c>
+      <c r="O321" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="P321" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="Q321" s="6"/>
       <c r="R321" s="6">
         <v>45469786</v>
       </c>
-      <c r="S321" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S321" s="6"/>
       <c r="T321" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="322" spans="1:42">
       <c r="A322" s="6" t="s">
         <v>587</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C322" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D322" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E322" s="7">
         <v>2.0</v>
       </c>
       <c r="F322" s="6">
         <v>1.0</v>
       </c>
       <c r="G322" s="9">
         <v>200.0</v>
       </c>
       <c r="H322" s="8" t="s">
-        <v>379</v>
+        <v>440</v>
       </c>
       <c r="I322" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J322" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K322" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L322" s="6" t="s">
         <v>248</v>
       </c>
       <c r="M322" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N322" s="6">
-        <v>13.0</v>
+        <v>27.14</v>
       </c>
       <c r="O322" s="6"/>
       <c r="P322" s="6"/>
       <c r="Q322" s="6" t="s">
-        <v>338</v>
+        <v>588</v>
       </c>
       <c r="R322" s="6">
         <v>45469786</v>
       </c>
       <c r="S322" s="6" t="s">
-        <v>433</v>
+        <v>287</v>
       </c>
       <c r="T322" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="323" spans="1:42">
       <c r="A323" s="6" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C323" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D323" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E323" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F323" s="6">
         <v>1.0</v>
       </c>
       <c r="G323" s="9">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="H323" s="8" t="s">
-        <v>51</v>
+        <v>379</v>
       </c>
       <c r="I323" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J323" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K323" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>589</v>
+        <v>248</v>
       </c>
       <c r="M323" s="6" t="s">
-        <v>242</v>
+        <v>285</v>
       </c>
       <c r="N323" s="6">
-        <v>6349.0</v>
-[...7 lines deleted...]
-      <c r="Q323" s="6"/>
+        <v>13.0</v>
+      </c>
+      <c r="O323" s="6"/>
+      <c r="P323" s="6"/>
+      <c r="Q323" s="6" t="s">
+        <v>338</v>
+      </c>
       <c r="R323" s="6">
         <v>45469786</v>
       </c>
-      <c r="S323" s="6"/>
+      <c r="S323" s="6" t="s">
+        <v>433</v>
+      </c>
       <c r="T323" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="324" spans="1:42">
       <c r="A324" s="6" t="s">
         <v>590</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C324" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D324" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E324" s="7">
         <v>1.5</v>
       </c>
       <c r="F324" s="6">
         <v>1.0</v>
       </c>
       <c r="G324" s="9">
         <v>150.0</v>
       </c>
       <c r="H324" s="8" t="s">
-        <v>446</v>
+        <v>51</v>
       </c>
       <c r="I324" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J324" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K324" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L324" s="6" t="s">
         <v>591</v>
       </c>
       <c r="M324" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N324" s="6">
-        <v>6623.0</v>
+        <v>6349.0</v>
       </c>
       <c r="O324" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P324" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q324" s="6"/>
       <c r="R324" s="6">
         <v>45469786</v>
       </c>
       <c r="S324" s="6"/>
       <c r="T324" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:42">
       <c r="A325" s="6" t="s">
         <v>592</v>
       </c>
       <c r="B325" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C325" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D325" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E325" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F325" s="6">
         <v>1.0</v>
       </c>
       <c r="G325" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H325" s="8" t="s">
-        <v>42</v>
+        <v>446</v>
       </c>
       <c r="I325" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J325" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K325" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="M325" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N325" s="6">
-        <v>17603.0</v>
+        <v>6623.0</v>
       </c>
       <c r="O325" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P325" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q325" s="6"/>
       <c r="R325" s="6">
         <v>45469786</v>
       </c>
       <c r="S325" s="6"/>
       <c r="T325" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="326" spans="1:42">
       <c r="A326" s="6" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C326" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D326" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E326" s="7">
         <v>2.0</v>
       </c>
       <c r="F326" s="6">
         <v>1.0</v>
       </c>
       <c r="G326" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H326" s="8" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="I326" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J326" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K326" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="M326" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N326" s="6">
-        <v>6674.0</v>
+        <v>17603.0</v>
       </c>
       <c r="O326" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P326" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q326" s="6"/>
       <c r="R326" s="6">
         <v>45469786</v>
       </c>
       <c r="S326" s="6"/>
       <c r="T326" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="327" spans="1:42">
       <c r="A327" s="6" t="s">
         <v>595</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C327" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D327" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E327" s="7">
         <v>2.0</v>
       </c>
       <c r="F327" s="6">
         <v>1.0</v>
       </c>
       <c r="G327" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H327" s="8" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="I327" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J327" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K327" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M327" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N327" s="6">
-        <v>11332.0</v>
+        <v>6674.0</v>
       </c>
       <c r="O327" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P327" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q327" s="6"/>
       <c r="R327" s="6">
         <v>45469786</v>
       </c>
       <c r="S327" s="6"/>
       <c r="T327" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:42">
       <c r="A328" s="6" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C328" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D328" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E328" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F328" s="6">
         <v>1.0</v>
       </c>
       <c r="G328" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H328" s="8" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="I328" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J328" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K328" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M328" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N328" s="6">
-        <v>5624.0</v>
+        <v>11332.0</v>
       </c>
       <c r="O328" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P328" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q328" s="6"/>
       <c r="R328" s="6">
         <v>45469786</v>
       </c>
       <c r="S328" s="6"/>
       <c r="T328" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="329" spans="1:42">
       <c r="A329" s="6" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C329" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D329" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E329" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F329" s="6">
         <v>1.0</v>
       </c>
       <c r="G329" s="9">
         <v>150.0</v>
       </c>
       <c r="H329" s="8" t="s">
         <v>42</v>
       </c>
       <c r="I329" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J329" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K329" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="M329" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N329" s="6">
-        <v>6519.0</v>
+        <v>5624.0</v>
       </c>
       <c r="O329" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P329" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q329" s="6"/>
       <c r="R329" s="6">
         <v>45469786</v>
       </c>
       <c r="S329" s="6"/>
       <c r="T329" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="330" spans="1:42">
       <c r="A330" s="6" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C330" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D330" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E330" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F330" s="6">
         <v>1.0</v>
       </c>
       <c r="G330" s="9">
         <v>150.0</v>
       </c>
       <c r="H330" s="8" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="I330" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J330" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K330" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="M330" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N330" s="6">
-        <v>6802.0</v>
+        <v>6519.0</v>
       </c>
       <c r="O330" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P330" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q330" s="6"/>
       <c r="R330" s="6">
         <v>45469786</v>
       </c>
       <c r="S330" s="6"/>
       <c r="T330" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="331" spans="1:42">
       <c r="A331" s="6" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C331" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D331" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E331" s="7">
         <v>2.0</v>
       </c>
       <c r="F331" s="6">
         <v>1.0</v>
       </c>
       <c r="G331" s="9">
         <v>150.0</v>
       </c>
       <c r="H331" s="8" t="s">
-        <v>168</v>
+        <v>71</v>
       </c>
       <c r="I331" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J331" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K331" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="M331" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N331" s="6">
-        <v>5718.0</v>
+        <v>6802.0</v>
       </c>
       <c r="O331" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P331" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q331" s="6"/>
       <c r="R331" s="6">
         <v>45469786</v>
       </c>
       <c r="S331" s="6"/>
       <c r="T331" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="332" spans="1:42">
       <c r="A332" s="6" t="s">
         <v>601</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C332" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D332" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E332" s="7">
         <v>2.0</v>
       </c>
       <c r="F332" s="6">
         <v>1.0</v>
       </c>
       <c r="G332" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H332" s="8" t="s">
-        <v>59</v>
+        <v>168</v>
       </c>
       <c r="I332" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J332" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K332" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="M332" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N332" s="6">
-        <v>14508.0</v>
+        <v>5718.0</v>
       </c>
       <c r="O332" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P332" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q332" s="6"/>
       <c r="R332" s="6">
         <v>45469786</v>
       </c>
       <c r="S332" s="6"/>
       <c r="T332" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="333" spans="1:42">
       <c r="A333" s="6" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C333" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D333" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E333" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F333" s="6">
         <v>1.0</v>
       </c>
       <c r="G333" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H333" s="8" t="s">
         <v>59</v>
       </c>
       <c r="I333" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J333" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K333" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="M333" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N333" s="6">
-        <v>7014.0</v>
+        <v>14508.0</v>
       </c>
       <c r="O333" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P333" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q333" s="6"/>
       <c r="R333" s="6">
         <v>45469786</v>
       </c>
       <c r="S333" s="6"/>
       <c r="T333" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:42">
       <c r="A334" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C334" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D334" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E334" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F334" s="6">
         <v>1.0</v>
       </c>
       <c r="G334" s="9">
         <v>150.0</v>
       </c>
       <c r="H334" s="8" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="I334" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J334" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K334" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="M334" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N334" s="6">
-        <v>6095.0</v>
+        <v>7014.0</v>
       </c>
       <c r="O334" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P334" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q334" s="6"/>
       <c r="R334" s="6">
         <v>45469786</v>
       </c>
       <c r="S334" s="6"/>
       <c r="T334" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="335" spans="1:42">
       <c r="A335" s="6" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C335" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D335" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E335" s="7">
         <v>2.0</v>
       </c>
       <c r="F335" s="6">
         <v>1.0</v>
       </c>
       <c r="G335" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H335" s="8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="I335" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J335" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K335" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>278</v>
+        <v>593</v>
       </c>
       <c r="M335" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N335" s="6">
-        <v>23309.0</v>
+        <v>6095.0</v>
       </c>
       <c r="O335" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P335" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q335" s="6"/>
       <c r="R335" s="6">
         <v>45469786</v>
       </c>
       <c r="S335" s="6"/>
       <c r="T335" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="336" spans="1:42">
       <c r="A336" s="6" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B336" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C336" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D336" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E336" s="7">
-        <v>1.75</v>
+        <v>2.0</v>
       </c>
       <c r="F336" s="6">
         <v>1.0</v>
       </c>
       <c r="G336" s="9">
         <v>250.0</v>
       </c>
       <c r="H336" s="8" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="I336" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J336" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K336" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>591</v>
+        <v>278</v>
       </c>
       <c r="M336" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N336" s="6">
-        <v>23649.0</v>
+        <v>23309.0</v>
       </c>
       <c r="O336" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P336" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q336" s="6"/>
       <c r="R336" s="6">
         <v>45469786</v>
       </c>
       <c r="S336" s="6"/>
       <c r="T336" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="337" spans="1:42">
       <c r="A337" s="6" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C337" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D337" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E337" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F337" s="6">
         <v>1.0</v>
       </c>
       <c r="G337" s="9">
         <v>250.0</v>
       </c>
       <c r="H337" s="8" t="s">
-        <v>143</v>
+        <v>67</v>
       </c>
       <c r="I337" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J337" s="6" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="K337" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="M337" s="6" t="s">
         <v>242</v>
       </c>
       <c r="N337" s="6">
-        <v>23026.0</v>
+        <v>23649.0</v>
       </c>
       <c r="O337" s="6" t="s">
         <v>228</v>
       </c>
       <c r="P337" s="6" t="s">
         <v>229</v>
       </c>
       <c r="Q337" s="6"/>
       <c r="R337" s="6">
         <v>45469786</v>
       </c>
       <c r="S337" s="6"/>
       <c r="T337" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="338" spans="1:42">
       <c r="A338" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B338" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C338" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D338" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E338" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F338" s="6">
         <v>1.0</v>
       </c>
       <c r="G338" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H338" s="8" t="s">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="I338" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J338" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K338" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>280</v>
+        <v>593</v>
       </c>
       <c r="M338" s="6" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="N338" s="6">
-        <v>46.0</v>
+        <v>23026.0</v>
       </c>
       <c r="O338" s="6" t="s">
-        <v>255</v>
+        <v>228</v>
       </c>
       <c r="P338" s="6" t="s">
-        <v>256</v>
+        <v>229</v>
       </c>
       <c r="Q338" s="6"/>
       <c r="R338" s="6">
         <v>45469786</v>
       </c>
       <c r="S338" s="6"/>
       <c r="T338" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="339" spans="1:42">
       <c r="A339" s="6" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B339" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C339" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D339" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E339" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F339" s="6">
         <v>1.0</v>
       </c>
       <c r="G339" s="9">
         <v>150.0</v>
       </c>
       <c r="H339" s="8" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="I339" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J339" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K339" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L339" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M339" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N339" s="6">
-        <v>44.0</v>
+        <v>46.0</v>
       </c>
       <c r="O339" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P339" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q339" s="6"/>
       <c r="R339" s="6">
         <v>45469786</v>
       </c>
       <c r="S339" s="6"/>
       <c r="T339" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="340" spans="1:42">
       <c r="A340" s="6" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B340" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C340" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D340" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E340" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F340" s="6">
         <v>1.0</v>
       </c>
       <c r="G340" s="9">
         <v>150.0</v>
       </c>
       <c r="H340" s="8" t="s">
-        <v>53</v>
+        <v>122</v>
       </c>
       <c r="I340" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J340" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K340" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L340" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M340" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N340" s="6">
-        <v>71.0</v>
+        <v>44.0</v>
       </c>
       <c r="O340" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P340" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q340" s="6"/>
       <c r="R340" s="6">
         <v>45469786</v>
       </c>
       <c r="S340" s="6"/>
       <c r="T340" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="341" spans="1:42">
       <c r="A341" s="6" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B341" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C341" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D341" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E341" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F341" s="6">
         <v>1.0</v>
       </c>
       <c r="G341" s="9">
         <v>150.0</v>
       </c>
       <c r="H341" s="8" t="s">
-        <v>442</v>
+        <v>53</v>
       </c>
       <c r="I341" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J341" s="6" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="K341" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L341" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M341" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N341" s="6">
         <v>71.0</v>
       </c>
       <c r="O341" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P341" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q341" s="6"/>
       <c r="R341" s="6">
         <v>45469786</v>
       </c>
       <c r="S341" s="6"/>
       <c r="T341" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="342" spans="1:42">
       <c r="A342" s="6" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B342" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C342" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D342" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E342" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F342" s="6">
         <v>1.0</v>
       </c>
       <c r="G342" s="9">
         <v>150.0</v>
       </c>
       <c r="H342" s="8" t="s">
-        <v>150</v>
+        <v>442</v>
       </c>
       <c r="I342" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J342" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K342" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L342" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M342" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N342" s="6">
-        <v>146.0</v>
+        <v>71.0</v>
       </c>
       <c r="O342" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P342" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q342" s="6"/>
       <c r="R342" s="6">
         <v>45469786</v>
       </c>
       <c r="S342" s="6"/>
       <c r="T342" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="343" spans="1:42">
       <c r="A343" s="6" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C343" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E343" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F343" s="6">
         <v>1.0</v>
       </c>
       <c r="G343" s="9">
         <v>150.0</v>
       </c>
       <c r="H343" s="8" t="s">
-        <v>86</v>
+        <v>150</v>
       </c>
       <c r="I343" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J343" s="6" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="K343" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L343" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M343" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N343" s="6">
-        <v>145.0</v>
+        <v>146.0</v>
       </c>
       <c r="O343" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P343" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q343" s="6"/>
       <c r="R343" s="6">
         <v>45469786</v>
       </c>
       <c r="S343" s="6"/>
       <c r="T343" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="344" spans="1:42">
       <c r="A344" s="6" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C344" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E344" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F344" s="6">
         <v>1.0</v>
       </c>
       <c r="G344" s="9">
         <v>150.0</v>
       </c>
       <c r="H344" s="8" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="I344" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J344" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K344" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L344" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M344" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N344" s="6">
-        <v>141.0</v>
+        <v>145.0</v>
       </c>
       <c r="O344" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P344" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q344" s="6"/>
       <c r="R344" s="6">
         <v>45469786</v>
       </c>
       <c r="S344" s="6"/>
       <c r="T344" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="345" spans="1:42">
       <c r="A345" s="6" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C345" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E345" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F345" s="6">
         <v>1.0</v>
       </c>
       <c r="G345" s="9">
         <v>150.0</v>
       </c>
       <c r="H345" s="8" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="I345" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J345" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K345" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L345" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M345" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N345" s="6">
-        <v>993.0</v>
+        <v>141.0</v>
       </c>
       <c r="O345" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P345" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q345" s="6"/>
       <c r="R345" s="6">
         <v>45469786</v>
       </c>
       <c r="S345" s="6"/>
       <c r="T345" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="346" spans="1:42">
       <c r="A346" s="6" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D346" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E346" s="7">
         <v>2.0</v>
       </c>
       <c r="F346" s="6">
         <v>1.0</v>
       </c>
       <c r="G346" s="9">
         <v>150.0</v>
       </c>
       <c r="H346" s="8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="I346" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J346" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K346" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L346" s="6" t="s">
         <v>280</v>
       </c>
       <c r="M346" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N346" s="6">
-        <v>2349.0</v>
+        <v>993.0</v>
       </c>
       <c r="O346" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P346" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q346" s="6"/>
       <c r="R346" s="6">
         <v>45469786</v>
       </c>
       <c r="S346" s="6"/>
       <c r="T346" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:42">
       <c r="A347" s="6" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C347" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D347" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E347" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F347" s="6">
         <v>1.0</v>
       </c>
       <c r="G347" s="9">
         <v>150.0</v>
       </c>
       <c r="H347" s="8" t="s">
-        <v>388</v>
+        <v>59</v>
       </c>
       <c r="I347" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J347" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K347" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>617</v>
+        <v>280</v>
       </c>
       <c r="M347" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N347" s="6">
-        <v>862.0</v>
+        <v>2349.0</v>
       </c>
       <c r="O347" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P347" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q347" s="6"/>
       <c r="R347" s="6">
         <v>45469786</v>
       </c>
       <c r="S347" s="6"/>
       <c r="T347" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:42">
       <c r="A348" s="6" t="s">
         <v>618</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C348" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E348" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F348" s="6">
         <v>1.0</v>
       </c>
       <c r="G348" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H348" s="8" t="s">
-        <v>118</v>
+        <v>388</v>
       </c>
       <c r="I348" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J348" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K348" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L348" s="6" t="s">
         <v>619</v>
       </c>
       <c r="M348" s="6" t="s">
-        <v>549</v>
-[...8 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="N348" s="6">
+        <v>862.0</v>
+      </c>
+      <c r="O348" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="P348" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="Q348" s="6"/>
       <c r="R348" s="6">
         <v>45469786</v>
       </c>
       <c r="S348" s="6"/>
       <c r="T348" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="349" spans="1:42">
       <c r="A349" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C349" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D349" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E349" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F349" s="6">
         <v>1.0</v>
       </c>
       <c r="G349" s="9">
         <v>250.0</v>
       </c>
       <c r="H349" s="8" t="s">
-        <v>73</v>
+        <v>118</v>
       </c>
       <c r="I349" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J349" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K349" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L349" s="6" t="s">
         <v>621</v>
       </c>
       <c r="M349" s="6" t="s">
         <v>549</v>
       </c>
       <c r="N349" s="6" t="s">
         <v>550</v>
       </c>
       <c r="O349" s="6"/>
       <c r="P349" s="6"/>
       <c r="Q349" s="6" t="s">
         <v>551</v>
       </c>
       <c r="R349" s="6">
@@ -22413,1072 +22526,2048 @@
       <c r="S349" s="6"/>
       <c r="T349" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="350" spans="1:42">
       <c r="A350" s="6" t="s">
         <v>622</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C350" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D350" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E350" s="7">
         <v>2.0</v>
       </c>
       <c r="F350" s="6">
         <v>1.0</v>
       </c>
       <c r="G350" s="9">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="H350" s="8" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I350" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J350" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K350" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L350" s="6" t="s">
         <v>623</v>
       </c>
       <c r="M350" s="6" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>24.29</v>
+        <v>549</v>
+      </c>
+      <c r="N350" s="6" t="s">
+        <v>550</v>
       </c>
       <c r="O350" s="6"/>
       <c r="P350" s="6"/>
       <c r="Q350" s="6" t="s">
-        <v>478</v>
+        <v>551</v>
       </c>
       <c r="R350" s="6">
         <v>45469786</v>
       </c>
-      <c r="S350" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S350" s="6"/>
       <c r="T350" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="351" spans="1:42">
       <c r="A351" s="6" t="s">
         <v>624</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C351" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D351" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E351" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F351" s="6">
         <v>1.0</v>
       </c>
       <c r="G351" s="9">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
       <c r="H351" s="8" t="s">
-        <v>625</v>
+        <v>63</v>
       </c>
       <c r="I351" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J351" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K351" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="M351" s="6" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>285</v>
+      </c>
+      <c r="N351" s="6">
+        <v>24.29</v>
       </c>
       <c r="O351" s="6"/>
       <c r="P351" s="6"/>
       <c r="Q351" s="6" t="s">
-        <v>551</v>
+        <v>478</v>
       </c>
       <c r="R351" s="6">
         <v>45469786</v>
       </c>
-      <c r="S351" s="6"/>
+      <c r="S351" s="6" t="s">
+        <v>326</v>
+      </c>
       <c r="T351" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="352" spans="1:42">
       <c r="A352" s="6" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C352" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D352" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E352" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F352" s="6">
         <v>1.0</v>
       </c>
       <c r="G352" s="9">
         <v>250.0</v>
       </c>
       <c r="H352" s="8" t="s">
-        <v>53</v>
+        <v>627</v>
       </c>
       <c r="I352" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J352" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K352" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="M352" s="6" t="s">
         <v>549</v>
       </c>
       <c r="N352" s="6" t="s">
         <v>550</v>
       </c>
       <c r="O352" s="6"/>
       <c r="P352" s="6"/>
       <c r="Q352" s="6" t="s">
         <v>551</v>
       </c>
       <c r="R352" s="6">
         <v>45469786</v>
       </c>
       <c r="S352" s="6"/>
       <c r="T352" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="353" spans="1:42">
       <c r="A353" s="6" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D353" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E353" s="7">
         <v>2.0</v>
       </c>
       <c r="F353" s="6">
         <v>1.0</v>
       </c>
       <c r="G353" s="9">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="H353" s="8" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="I353" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J353" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K353" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="M353" s="6" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>27.43</v>
+        <v>549</v>
+      </c>
+      <c r="N353" s="6" t="s">
+        <v>550</v>
       </c>
       <c r="O353" s="6"/>
       <c r="P353" s="6"/>
       <c r="Q353" s="6" t="s">
-        <v>478</v>
+        <v>551</v>
       </c>
       <c r="R353" s="6">
         <v>45469786</v>
       </c>
-      <c r="S353" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S353" s="6"/>
       <c r="T353" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:42">
       <c r="A354" s="6" t="s">
         <v>630</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C354" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D354" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E354" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F354" s="6">
         <v>1.0</v>
       </c>
       <c r="G354" s="9">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="H354" s="8" t="s">
-        <v>509</v>
+        <v>63</v>
       </c>
       <c r="I354" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J354" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K354" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L354" s="6" t="s">
         <v>631</v>
       </c>
       <c r="M354" s="6" t="s">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="N354" s="6">
-        <v>904.0</v>
-[...7 lines deleted...]
-      <c r="Q354" s="6"/>
+        <v>27.43</v>
+      </c>
+      <c r="O354" s="6"/>
+      <c r="P354" s="6"/>
+      <c r="Q354" s="6" t="s">
+        <v>478</v>
+      </c>
       <c r="R354" s="6">
         <v>45469786</v>
       </c>
-      <c r="S354" s="6"/>
+      <c r="S354" s="6" t="s">
+        <v>287</v>
+      </c>
       <c r="T354" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="355" spans="1:42">
       <c r="A355" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C355" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E355" s="7">
         <v>1.5</v>
       </c>
       <c r="F355" s="6">
         <v>1.0</v>
       </c>
       <c r="G355" s="9">
         <v>150.0</v>
       </c>
       <c r="H355" s="8" t="s">
-        <v>388</v>
+        <v>509</v>
       </c>
       <c r="I355" s="6" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J355" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K355" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="M355" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N355" s="6">
-        <v>836.0</v>
+        <v>904.0</v>
       </c>
       <c r="O355" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P355" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q355" s="6"/>
       <c r="R355" s="6">
         <v>45469786</v>
       </c>
       <c r="S355" s="6"/>
       <c r="T355" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="356" spans="1:42">
       <c r="A356" s="6" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C356" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E356" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F356" s="6">
         <v>1.0</v>
       </c>
       <c r="G356" s="9">
         <v>150.0</v>
       </c>
       <c r="H356" s="8" t="s">
-        <v>634</v>
+        <v>388</v>
       </c>
       <c r="I356" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J356" s="6" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="K356" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="M356" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N356" s="6">
-        <v>1093.0</v>
+        <v>836.0</v>
       </c>
       <c r="O356" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P356" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q356" s="6"/>
       <c r="R356" s="6">
         <v>45469786</v>
       </c>
       <c r="S356" s="6"/>
       <c r="T356" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="357" spans="1:42">
       <c r="A357" s="6" t="s">
         <v>635</v>
       </c>
       <c r="B357" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C357" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D357" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E357" s="7">
         <v>1.25</v>
       </c>
       <c r="F357" s="6">
         <v>1.0</v>
       </c>
       <c r="G357" s="9">
         <v>150.0</v>
       </c>
       <c r="H357" s="8" t="s">
-        <v>143</v>
+        <v>636</v>
       </c>
       <c r="I357" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J357" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K357" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="M357" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N357" s="6">
-        <v>1262.0</v>
+        <v>1093.0</v>
       </c>
       <c r="O357" s="6" t="s">
         <v>255</v>
       </c>
       <c r="P357" s="6" t="s">
         <v>256</v>
       </c>
       <c r="Q357" s="6"/>
       <c r="R357" s="6">
         <v>45469786</v>
       </c>
       <c r="S357" s="6"/>
       <c r="T357" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="358" spans="1:42">
       <c r="A358" s="6" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C358" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E358" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F358" s="6">
         <v>1.0</v>
       </c>
       <c r="G358" s="9">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
       <c r="H358" s="8" t="s">
-        <v>388</v>
+        <v>143</v>
       </c>
       <c r="I358" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J358" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K358" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="M358" s="6" t="s">
-        <v>285</v>
+        <v>254</v>
       </c>
       <c r="N358" s="6">
-        <v>30.71</v>
-[...5 lines deleted...]
-      </c>
+        <v>1262.0</v>
+      </c>
+      <c r="O358" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="P358" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="Q358" s="6"/>
       <c r="R358" s="6">
         <v>45469786</v>
       </c>
-      <c r="S358" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S358" s="6"/>
       <c r="T358" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="359" spans="1:42">
       <c r="A359" s="6" t="s">
         <v>638</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C359" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E359" s="7">
         <v>1.5</v>
       </c>
       <c r="F359" s="6">
         <v>1.0</v>
       </c>
       <c r="G359" s="9">
         <v>200.0</v>
       </c>
       <c r="H359" s="8" t="s">
-        <v>176</v>
+        <v>388</v>
       </c>
       <c r="I359" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J359" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K359" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L359" s="6" t="s">
         <v>639</v>
       </c>
       <c r="M359" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N359" s="6">
-        <v>35.71</v>
+        <v>30.71</v>
       </c>
       <c r="O359" s="6"/>
       <c r="P359" s="6"/>
       <c r="Q359" s="6" t="s">
-        <v>543</v>
+        <v>383</v>
       </c>
       <c r="R359" s="6">
         <v>45469786</v>
       </c>
       <c r="S359" s="6" t="s">
-        <v>287</v>
+        <v>326</v>
       </c>
       <c r="T359" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="360" spans="1:42">
       <c r="A360" s="6" t="s">
         <v>640</v>
       </c>
       <c r="B360" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C360" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D360" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E360" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F360" s="6">
         <v>1.0</v>
       </c>
       <c r="G360" s="9">
         <v>200.0</v>
       </c>
       <c r="H360" s="8" t="s">
-        <v>440</v>
+        <v>176</v>
       </c>
       <c r="I360" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J360" s="6" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="K360" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L360" s="6" t="s">
         <v>641</v>
       </c>
       <c r="M360" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N360" s="6">
-        <v>39.86</v>
+        <v>35.71</v>
       </c>
       <c r="O360" s="6"/>
       <c r="P360" s="6"/>
       <c r="Q360" s="6" t="s">
-        <v>642</v>
+        <v>543</v>
       </c>
       <c r="R360" s="6">
         <v>45469786</v>
       </c>
       <c r="S360" s="6" t="s">
         <v>287</v>
       </c>
       <c r="T360" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="361" spans="1:42">
       <c r="A361" s="6" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="B361" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C361" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D361" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E361" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F361" s="6">
         <v>1.0</v>
       </c>
       <c r="G361" s="9">
         <v>200.0</v>
       </c>
       <c r="H361" s="8" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="I361" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J361" s="6" t="s">
         <v>108</v>
       </c>
       <c r="K361" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="M361" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N361" s="6">
-        <v>29.0</v>
+        <v>39.86</v>
       </c>
       <c r="O361" s="6"/>
       <c r="P361" s="6"/>
       <c r="Q361" s="6" t="s">
         <v>644</v>
       </c>
       <c r="R361" s="6">
         <v>45469786</v>
       </c>
       <c r="S361" s="6" t="s">
         <v>287</v>
       </c>
       <c r="T361" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="362" spans="1:42">
       <c r="A362" s="6" t="s">
         <v>645</v>
       </c>
       <c r="B362" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C362" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D362" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E362" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F362" s="6">
         <v>1.0</v>
       </c>
       <c r="G362" s="9">
         <v>200.0</v>
       </c>
       <c r="H362" s="8" t="s">
-        <v>569</v>
+        <v>446</v>
       </c>
       <c r="I362" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J362" s="6" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="K362" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="M362" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N362" s="6">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="O362" s="6"/>
       <c r="P362" s="6"/>
       <c r="Q362" s="6" t="s">
-        <v>383</v>
+        <v>646</v>
       </c>
       <c r="R362" s="6">
         <v>45469786</v>
       </c>
       <c r="S362" s="6" t="s">
-        <v>331</v>
+        <v>287</v>
       </c>
       <c r="T362" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="363" spans="1:42">
       <c r="A363" s="6" t="s">
         <v>647</v>
       </c>
       <c r="B363" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C363" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D363" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E363" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F363" s="6">
         <v>1.0</v>
       </c>
       <c r="G363" s="9">
         <v>200.0</v>
       </c>
       <c r="H363" s="8" t="s">
-        <v>379</v>
+        <v>571</v>
       </c>
       <c r="I363" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J363" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K363" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="M363" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N363" s="6">
-        <v>37.29</v>
+        <v>28.0</v>
       </c>
       <c r="O363" s="6"/>
       <c r="P363" s="6"/>
       <c r="Q363" s="6" t="s">
-        <v>648</v>
+        <v>383</v>
       </c>
       <c r="R363" s="6">
         <v>45469786</v>
       </c>
       <c r="S363" s="6" t="s">
-        <v>287</v>
+        <v>331</v>
       </c>
       <c r="T363" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="364" spans="1:42">
       <c r="A364" s="6" t="s">
         <v>649</v>
       </c>
       <c r="B364" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C364" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D364" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E364" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F364" s="6">
         <v>1.0</v>
       </c>
       <c r="G364" s="9">
         <v>200.0</v>
       </c>
       <c r="H364" s="8" t="s">
-        <v>446</v>
+        <v>379</v>
       </c>
       <c r="I364" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J364" s="6" t="s">
-        <v>297</v>
+        <v>25</v>
       </c>
       <c r="K364" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="M364" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N364" s="6">
-        <v>9.43</v>
+        <v>37.29</v>
       </c>
       <c r="O364" s="6"/>
       <c r="P364" s="6"/>
       <c r="Q364" s="6" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="R364" s="6">
         <v>45469786</v>
       </c>
       <c r="S364" s="6" t="s">
-        <v>331</v>
+        <v>287</v>
       </c>
       <c r="T364" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="365" spans="1:42">
       <c r="A365" s="6" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C365" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D365" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E365" s="7">
         <v>2.0</v>
       </c>
       <c r="F365" s="6">
         <v>1.0</v>
       </c>
       <c r="G365" s="9">
         <v>200.0</v>
       </c>
       <c r="H365" s="8" t="s">
-        <v>328</v>
+        <v>446</v>
       </c>
       <c r="I365" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J365" s="6" t="s">
-        <v>25</v>
+        <v>297</v>
       </c>
       <c r="K365" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="M365" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N365" s="6">
-        <v>24.0</v>
+        <v>9.43</v>
       </c>
       <c r="O365" s="6"/>
       <c r="P365" s="6"/>
       <c r="Q365" s="6" t="s">
-        <v>586</v>
+        <v>653</v>
       </c>
       <c r="R365" s="6">
         <v>45469786</v>
       </c>
       <c r="S365" s="6" t="s">
         <v>331</v>
       </c>
       <c r="T365" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="366" spans="1:42">
       <c r="A366" s="6" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C366" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E366" s="7">
         <v>2.0</v>
       </c>
       <c r="F366" s="6">
         <v>1.0</v>
       </c>
       <c r="G366" s="9">
         <v>200.0</v>
       </c>
       <c r="H366" s="8" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="I366" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J366" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="K366" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>538</v>
+        <v>652</v>
       </c>
       <c r="M366" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N366" s="6">
-        <v>26.71</v>
+        <v>24.0</v>
       </c>
       <c r="O366" s="6"/>
       <c r="P366" s="6"/>
       <c r="Q366" s="6" t="s">
-        <v>478</v>
+        <v>588</v>
       </c>
       <c r="R366" s="6">
         <v>45469786</v>
       </c>
       <c r="S366" s="6" t="s">
-        <v>287</v>
+        <v>331</v>
       </c>
       <c r="T366" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="367" spans="1:42">
       <c r="A367" s="6" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B367" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C367" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E367" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F367" s="6">
         <v>1.0</v>
       </c>
       <c r="G367" s="9">
         <v>200.0</v>
       </c>
       <c r="H367" s="8" t="s">
-        <v>388</v>
+        <v>352</v>
       </c>
       <c r="I367" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J367" s="6" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K367" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>655</v>
+        <v>538</v>
       </c>
       <c r="M367" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N367" s="6">
-        <v>36.0</v>
+        <v>26.71</v>
       </c>
       <c r="O367" s="6"/>
       <c r="P367" s="6"/>
       <c r="Q367" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="R367" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S367" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="T367" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="368" spans="1:42">
+      <c r="A368" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="B368" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C368" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E368" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F368" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G368" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H368" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="I368" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J368" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K368" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L368" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="M368" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N368" s="6">
+        <v>36.0</v>
+      </c>
+      <c r="O368" s="6"/>
+      <c r="P368" s="6"/>
+      <c r="Q368" s="6" t="s">
         <v>383</v>
       </c>
-      <c r="R367" s="6">
-[...2 lines deleted...]
-      <c r="S367" s="6" t="s">
+      <c r="R368" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S368" s="6" t="s">
         <v>331</v>
       </c>
-      <c r="T367" t="s">
+      <c r="T368" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="369" spans="1:42">
+      <c r="A369" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="B369" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E369" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F369" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G369" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H369" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="I369" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J369" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K369" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L369" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="M369" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N369" s="6">
+        <v>19.29</v>
+      </c>
+      <c r="O369" s="6"/>
+      <c r="P369" s="6"/>
+      <c r="Q369" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R369" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S369" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="T369" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="370" spans="1:42">
+      <c r="A370" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="B370" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E370" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F370" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G370" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H370" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="I370" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J370" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="K370" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L370" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="M370" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N370" s="6">
+        <v>27.71</v>
+      </c>
+      <c r="O370" s="6"/>
+      <c r="P370" s="6"/>
+      <c r="Q370" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R370" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S370" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="T370" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="371" spans="1:42">
+      <c r="A371" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="B371" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C371" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E371" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F371" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G371" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H371" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="I371" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J371" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K371" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L371" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="M371" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N371" s="6">
+        <v>9.29</v>
+      </c>
+      <c r="O371" s="6"/>
+      <c r="P371" s="6"/>
+      <c r="Q371" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="R371" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S371" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="T371" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="372" spans="1:42">
+      <c r="A372" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="B372" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C372" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E372" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F372" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G372" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H372" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="I372" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J372" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K372" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L372" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="M372" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N372" s="6">
+        <v>16.0</v>
+      </c>
+      <c r="O372" s="6"/>
+      <c r="P372" s="6"/>
+      <c r="Q372" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R372" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S372" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="T372" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="373" spans="1:42">
+      <c r="A373" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="B373" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C373" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E373" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F373" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G373" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H373" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="I373" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J373" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K373" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L373" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="M373" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N373" s="6">
+        <v>25.71</v>
+      </c>
+      <c r="O373" s="6"/>
+      <c r="P373" s="6"/>
+      <c r="Q373" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R373" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S373" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="T373" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="374" spans="1:42">
+      <c r="A374" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="B374" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C374" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D374" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E374" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F374" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G374" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H374" s="8" t="s">
+        <v>668</v>
+      </c>
+      <c r="I374" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J374" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K374" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L374" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="M374" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N374" s="6">
+        <v>22.71</v>
+      </c>
+      <c r="O374" s="6"/>
+      <c r="P374" s="6"/>
+      <c r="Q374" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="R374" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S374" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="T374" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="375" spans="1:42">
+      <c r="A375" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="B375" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E375" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F375" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G375" s="9">
+        <v>500.0</v>
+      </c>
+      <c r="H375" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="I375" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J375" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K375" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L375" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="M375" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="N375" s="6">
+        <v>1.77</v>
+      </c>
+      <c r="O375" s="6"/>
+      <c r="P375" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="Q375" s="6"/>
+      <c r="R375" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S375" s="6"/>
+      <c r="T375" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="376" spans="1:42">
+      <c r="A376" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="B376" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E376" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F376" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G376" s="9">
+        <v>500.0</v>
+      </c>
+      <c r="H376" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="I376" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J376" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K376" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L376" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="M376" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="N376" s="6">
+        <v>1.77</v>
+      </c>
+      <c r="O376" s="6"/>
+      <c r="P376" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="Q376" s="6"/>
+      <c r="R376" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S376" s="6"/>
+      <c r="T376" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="377" spans="1:42">
+      <c r="A377" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="B377" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C377" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E377" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F377" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G377" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H377" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="I377" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J377" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K377" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L377" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="M377" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="N377" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="O377" s="6"/>
+      <c r="P377" s="6"/>
+      <c r="Q377" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="R377" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S377" s="6"/>
+      <c r="T377" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="378" spans="1:42">
+      <c r="A378" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="B378" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C378" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E378" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F378" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G378" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H378" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="I378" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J378" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K378" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L378" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="M378" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N378" s="6">
+        <v>21.71</v>
+      </c>
+      <c r="O378" s="6"/>
+      <c r="P378" s="6"/>
+      <c r="Q378" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R378" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S378" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="T378" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="379" spans="1:42">
+      <c r="A379" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E379" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F379" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G379" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H379" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="I379" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J379" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K379" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L379" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="M379" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N379" s="6">
+        <v>23.14</v>
+      </c>
+      <c r="O379" s="6"/>
+      <c r="P379" s="6"/>
+      <c r="Q379" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="R379" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S379" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="T379" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="380" spans="1:42">
+      <c r="A380" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E380" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F380" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G380" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H380" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="I380" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J380" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K380" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L380" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="M380" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N380" s="6">
+        <v>22.43</v>
+      </c>
+      <c r="O380" s="6"/>
+      <c r="P380" s="6"/>
+      <c r="Q380" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R380" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S380" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="T380" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="381" spans="1:42">
+      <c r="A381" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="B381" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C381" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D381" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E381" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F381" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G381" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H381" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="I381" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J381" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K381" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L381" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="M381" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N381" s="6">
+        <v>22.0</v>
+      </c>
+      <c r="O381" s="6"/>
+      <c r="P381" s="6"/>
+      <c r="Q381" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="R381" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S381" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="T381" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="382" spans="1:42">
+      <c r="A382" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="B382" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E382" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F382" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G382" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H382" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I382" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J382" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K382" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L382" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="M382" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N382" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O382" s="6"/>
+      <c r="P382" s="6"/>
+      <c r="Q382" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="R382" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S382" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="T382" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="383" spans="1:42">
+      <c r="A383" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="B383" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E383" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F383" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G383" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H383" s="8" t="s">
+        <v>531</v>
+      </c>
+      <c r="I383" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J383" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K383" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L383" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="M383" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="N383" s="6">
+        <v>20.0</v>
+      </c>
+      <c r="O383" s="6"/>
+      <c r="P383" s="6"/>
+      <c r="Q383" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="R383" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S383" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="T383" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="384" spans="1:42">
+      <c r="A384" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="B384" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C384" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E384" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F384" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G384" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H384" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="I384" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J384" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K384" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L384" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="M384" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="N384" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="O384" s="6"/>
+      <c r="P384" s="6"/>
+      <c r="Q384" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="R384" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S384" s="6"/>
+      <c r="T384" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:S367"/>
+  <autoFilter ref="A2:S384"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>