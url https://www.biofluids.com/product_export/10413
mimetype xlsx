--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$62</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -427,56 +427,50 @@
     <t>71 Y</t>
   </si>
   <si>
     <t>BF19865208</t>
   </si>
   <si>
     <t>15 M</t>
   </si>
   <si>
     <t>BF19865258</t>
   </si>
   <si>
     <t>57 Y</t>
   </si>
   <si>
     <t>Hispanic</t>
   </si>
   <si>
     <t>04-Mar-25</t>
   </si>
   <si>
     <t>BF19865259</t>
   </si>
   <si>
     <t>White</t>
-  </si>
-[...4 lines deleted...]
-    <t>46 Y</t>
   </si>
   <si>
     <t>BF19865307</t>
   </si>
   <si>
     <t>62 Y</t>
   </si>
   <si>
     <t>08-Mar-25</t>
   </si>
   <si>
     <t>Entamoeba histolytica</t>
   </si>
   <si>
     <t>ASTROVIRUS</t>
   </si>
   <si>
     <t>BF19865319</t>
   </si>
   <si>
     <t>24 Y</t>
   </si>
   <si>
     <t>Black</t>
   </si>
@@ -1000,51 +994,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP63"/>
+  <dimension ref="A1:AP62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
@@ -3588,1159 +3582,1100 @@
       </c>
       <c r="Q44" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R44" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S44" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:42">
       <c r="A45" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F45" s="6">
         <v>1.0</v>
       </c>
       <c r="G45" s="9">
         <v>450.0</v>
       </c>
       <c r="H45" s="8" t="s">
         <v>137</v>
       </c>
       <c r="I45" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J45" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O45" s="6" t="s">
-        <v>20</v>
+        <v>139</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q45" s="6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="R45" s="6" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="S45" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:42">
       <c r="A46" s="6" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="7">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
       <c r="F46" s="6">
         <v>1.0</v>
       </c>
       <c r="G46" s="9">
         <v>450.0</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="I46" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O46" s="6" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q46" s="6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="R46" s="6" t="s">
-        <v>142</v>
+        <v>32</v>
       </c>
       <c r="S46" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="7">
-        <v>25.0</v>
+        <v>10.0</v>
       </c>
       <c r="F47" s="6">
         <v>1.0</v>
       </c>
       <c r="G47" s="9">
         <v>450.0</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S47" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="7">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
         <v>450.0</v>
       </c>
       <c r="H48" s="8" t="s">
         <v>148</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J48" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q48" s="6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="R48" s="6" t="s">
-        <v>32</v>
+        <v>150</v>
       </c>
       <c r="S48" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="7">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
       <c r="F49" s="6">
         <v>1.0</v>
       </c>
       <c r="G49" s="9">
         <v>450.0</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>150</v>
+        <v>35</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J49" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q49" s="6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="R49" s="6" t="s">
         <v>152</v>
       </c>
       <c r="S49" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E50" s="7">
-        <v>14.0</v>
+        <v>10.0</v>
       </c>
       <c r="F50" s="6">
         <v>1.0</v>
       </c>
       <c r="G50" s="9">
         <v>450.0</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>35</v>
+        <v>154</v>
       </c>
       <c r="I50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q50" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R50" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="S50" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:42">
       <c r="A51" s="6" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F51" s="6">
         <v>1.0</v>
       </c>
       <c r="G51" s="9">
         <v>450.0</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E52" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
         <v>450.0</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>160</v>
+        <v>89</v>
       </c>
       <c r="I52" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J52" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R52" s="6" t="s">
         <v>161</v>
       </c>
       <c r="S52" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E53" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>450.0</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>89</v>
+        <v>163</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J53" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O53" s="6" t="s">
-        <v>20</v>
+        <v>139</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q53" s="6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="R53" s="6" t="s">
-        <v>163</v>
+        <v>140</v>
       </c>
       <c r="S53" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E54" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F54" s="6">
         <v>1.0</v>
       </c>
       <c r="G54" s="9">
         <v>450.0</v>
       </c>
       <c r="H54" s="8" t="s">
         <v>165</v>
       </c>
       <c r="I54" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J54" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O54" s="6" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q54" s="6" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="R54" s="6" t="s">
-        <v>142</v>
+        <v>32</v>
       </c>
       <c r="S54" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E55" s="7">
-        <v>20.0</v>
+        <v>23.0</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>450.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>167</v>
+        <v>81</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E56" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F56" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G56" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H56" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="B56" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I56" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="6" t="s">
-        <v>20</v>
+        <v>171</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q56" s="6" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="R56" s="6" t="s">
-        <v>32</v>
+        <v>172</v>
       </c>
       <c r="S56" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E57" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>450.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>171</v>
+        <v>81</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>172</v>
+        <v>143</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O57" s="6" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q57" s="6" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="R57" s="6" t="s">
-        <v>174</v>
+        <v>140</v>
       </c>
       <c r="S57" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
         <v>175</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E58" s="7">
         <v>20.0</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>450.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>145</v>
+        <v>25</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q58" s="6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="R58" s="6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E59" s="7">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="F59" s="6">
         <v>1.0</v>
       </c>
       <c r="G59" s="9">
         <v>450.0</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>178</v>
+        <v>99</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O59" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q59" s="6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="R59" s="6" t="s">
-        <v>142</v>
+        <v>182</v>
       </c>
       <c r="S59" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E60" s="7">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="F60" s="6">
         <v>1.0</v>
       </c>
       <c r="G60" s="9">
         <v>450.0</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>99</v>
+        <v>184</v>
       </c>
       <c r="I60" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O60" s="6" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q60" s="6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="R60" s="6" t="s">
-        <v>184</v>
+        <v>140</v>
       </c>
       <c r="S60" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E61" s="7">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
         <v>450.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>187</v>
+        <v>117</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="6" t="s">
-        <v>188</v>
+        <v>20</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q61" s="6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="R61" s="6" t="s">
-        <v>142</v>
+        <v>32</v>
       </c>
       <c r="S61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="7">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>450.0</v>
       </c>
       <c r="H62" s="8" t="s">
         <v>190</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>117</v>
+        <v>191</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6" t="s">
-        <v>20</v>
+        <v>192</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q62" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R62" s="6" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="S62" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="63" spans="1:42">
-[...57 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:R63"/>
+  <autoFilter ref="A2:R62"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>