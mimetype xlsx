--- v1 (2025-12-14)
+++ v2 (2026-02-06)
@@ -588,60 +588,60 @@
   <si>
     <t>Shiga toxin-producing E. coli (STEC)</t>
   </si>
   <si>
     <t>ADENOVIRUS, ASTROVIRUS, CDIFF</t>
   </si>
   <si>
     <t>BF19866620</t>
   </si>
   <si>
     <t>22 M</t>
   </si>
   <si>
     <t>06-Apr-25</t>
   </si>
   <si>
     <t>Giardia Lamblia</t>
   </si>
   <si>
     <t>BF19866926</t>
   </si>
   <si>
     <t>7 M</t>
   </si>
   <si>
-    <t>BF19868358</t>
-[...8 lines deleted...]
-    <t>Cyclospora</t>
+    <t>BF19869718</t>
+  </si>
+  <si>
+    <t>04-Dec-25</t>
+  </si>
+  <si>
+    <t>Vibrio</t>
+  </si>
+  <si>
+    <t>VIBRIO CHOLERA, ASTROVIRUS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -4585,90 +4585,90 @@
       </c>
       <c r="Q61" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R61" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="7">
-        <v>15.0</v>
+        <v>26.0</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>450.0</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>190</v>
+        <v>51</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O62" s="6" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q62" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R62" s="6" t="s">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="S62" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:R62"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>