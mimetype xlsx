--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$129</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -330,74 +330,101 @@
   <si>
     <t>23 Y</t>
   </si>
   <si>
     <t>BF19864719</t>
   </si>
   <si>
     <t>30 Y</t>
   </si>
   <si>
     <t>ASTROVIRUS, ETEC</t>
   </si>
   <si>
     <t>BF19864720</t>
   </si>
   <si>
     <t>25 Y</t>
   </si>
   <si>
     <t>BF19864721</t>
   </si>
   <si>
     <t>26 Y</t>
   </si>
   <si>
+    <t>BF19864875</t>
+  </si>
+  <si>
+    <t>94 Y</t>
+  </si>
+  <si>
+    <t>21-Feb-25</t>
+  </si>
+  <si>
+    <t>GIARDIA LAMBLIA</t>
+  </si>
+  <si>
     <t>BF19864899</t>
   </si>
   <si>
     <t>50 Y</t>
   </si>
   <si>
     <t>26-Feb-25</t>
   </si>
   <si>
     <t>BF19864900</t>
   </si>
   <si>
     <t>56 Y</t>
   </si>
   <si>
     <t>BF19864901</t>
   </si>
   <si>
     <t>BF19864902</t>
   </si>
   <si>
     <t>C.DIFF</t>
   </si>
   <si>
+    <t>BF19864903</t>
+  </si>
+  <si>
+    <t>48 Y</t>
+  </si>
+  <si>
+    <t>16-Feb-25</t>
+  </si>
+  <si>
+    <t>Giardia Lamblia</t>
+  </si>
+  <si>
+    <t>EAEC,EIEC</t>
+  </si>
+  <si>
     <t>BF19864919</t>
   </si>
   <si>
     <t>28 Y</t>
   </si>
   <si>
     <t>28-Feb-25</t>
   </si>
   <si>
     <t>BF19864928</t>
   </si>
   <si>
     <t>65 Y</t>
   </si>
   <si>
     <t>EAEC,CAMPY</t>
   </si>
   <si>
     <t>BF19864933</t>
   </si>
   <si>
     <t>BF19864934</t>
   </si>
   <si>
     <t>BF19864935</t>
@@ -528,225 +555,306 @@
   <si>
     <t>BF19865101</t>
   </si>
   <si>
     <t>BF19865102</t>
   </si>
   <si>
     <t>BF19865211</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
     <t>Plesiomonas shigelloides</t>
   </si>
   <si>
     <t>EAEC, EIEC, NOROVIRUS</t>
   </si>
   <si>
     <t>BF19865215</t>
   </si>
   <si>
     <t>9 M</t>
   </si>
   <si>
+    <t>BF19865318</t>
+  </si>
+  <si>
+    <t>4 Y</t>
+  </si>
+  <si>
+    <t>Hispanic</t>
+  </si>
+  <si>
+    <t>05-Mar-25</t>
+  </si>
+  <si>
+    <t>Cryptosporidium</t>
+  </si>
+  <si>
+    <t>CAMPYLOBACTER SP.,EAEC,ETEC</t>
+  </si>
+  <si>
     <t>BF19865327</t>
   </si>
   <si>
     <t>2 Y</t>
   </si>
   <si>
-    <t>05-Mar-25</t>
-[...1 lines deleted...]
-  <si>
     <t>EAEC, NOROVIRUS</t>
   </si>
   <si>
     <t>BF19865331</t>
   </si>
   <si>
-    <t>4 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>White</t>
   </si>
   <si>
     <t>06-Mar-25</t>
   </si>
   <si>
     <t>Sapovirus</t>
   </si>
   <si>
+    <t>BF19865342</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>09-Mar-25</t>
+  </si>
+  <si>
+    <t>EAEC, ETEC, EPEC</t>
+  </si>
+  <si>
     <t>BF19865347</t>
   </si>
   <si>
     <t>10-Mar-25</t>
   </si>
   <si>
     <t>Enterotoxigenic E. coli (ETEC)</t>
   </si>
   <si>
     <t>BF19865376</t>
   </si>
   <si>
     <t>11-Mar-25</t>
   </si>
   <si>
     <t>BF19865394</t>
   </si>
   <si>
-    <t>Black</t>
-[...1 lines deleted...]
-  <si>
     <t>12-Mar-25</t>
   </si>
   <si>
     <t>BF19865395</t>
   </si>
   <si>
     <t>49 Y</t>
   </si>
   <si>
     <t>BF19865398</t>
   </si>
   <si>
     <t>5 M</t>
   </si>
   <si>
     <t>EAEC, EPEC, ETEC, ASTROVIRUS, NOROVIRUS</t>
   </si>
   <si>
     <t>BF19865490</t>
   </si>
   <si>
     <t>87 Y</t>
   </si>
   <si>
     <t>15-Apr-25</t>
   </si>
   <si>
     <t>CAMPY,EAEC,EPEC</t>
   </si>
   <si>
+    <t>BF19865520</t>
+  </si>
+  <si>
+    <t>14 Y</t>
+  </si>
+  <si>
+    <t>10-Apr-25</t>
+  </si>
+  <si>
+    <t>EPEC, EAEC</t>
+  </si>
+  <si>
+    <t>BF19865523</t>
+  </si>
+  <si>
+    <t>72 Y</t>
+  </si>
+  <si>
+    <t>13-Apr-25</t>
+  </si>
+  <si>
+    <t>Entamoeba histolytica</t>
+  </si>
+  <si>
     <t>BF19865527</t>
   </si>
   <si>
-    <t>10-Apr-25</t>
+    <t>BF19865574</t>
+  </si>
+  <si>
+    <t>22-Apr-25</t>
+  </si>
+  <si>
+    <t>Cyclospora</t>
+  </si>
+  <si>
+    <t>EAEC, EPEC, ETEC</t>
   </si>
   <si>
     <t>BF19865673</t>
   </si>
   <si>
     <t>29-Apr-25</t>
   </si>
   <si>
     <t>Cardinal</t>
   </si>
   <si>
     <t>EAEC,EPEC,CAMPY</t>
   </si>
   <si>
     <t>BF19865686</t>
   </si>
   <si>
     <t>01-May-25</t>
   </si>
   <si>
     <t>Norovirus,eaec,epec,etec</t>
   </si>
   <si>
+    <t>BF19865687</t>
+  </si>
+  <si>
+    <t>EAEC,EPEC,NOROVIRUS</t>
+  </si>
+  <si>
     <t>BF19865691</t>
   </si>
   <si>
     <t>64 Y</t>
   </si>
   <si>
-    <t>Hispanic</t>
-[...1 lines deleted...]
-  <si>
     <t>BF19865758</t>
   </si>
   <si>
     <t>06-May-25</t>
   </si>
   <si>
     <t>EAEC,ETEC</t>
   </si>
   <si>
+    <t>BF19865774</t>
+  </si>
+  <si>
+    <t>08-May-25</t>
+  </si>
+  <si>
+    <t>EAEC,ETEC,EC.0157,STEC</t>
+  </si>
+  <si>
     <t>BF19866399</t>
   </si>
   <si>
     <t>11 M</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>18-Mar-25</t>
   </si>
   <si>
     <t>BF19866401</t>
   </si>
   <si>
     <t>40 Y</t>
   </si>
   <si>
-    <t>EAEC, ETEC, EPEC</t>
-[...1 lines deleted...]
-  <si>
     <t>BF19866409</t>
   </si>
   <si>
     <t>20-Mar-25</t>
   </si>
   <si>
     <t>CDIFF, EAEC</t>
   </si>
   <si>
     <t>BF19866412</t>
   </si>
   <si>
     <t>22-Mar-25</t>
   </si>
   <si>
+    <t>BF19866455</t>
+  </si>
+  <si>
+    <t>23-Mar-25</t>
+  </si>
+  <si>
+    <t>EAEC, EPEC, ROTAVIRUS</t>
+  </si>
+  <si>
     <t>BF19866458</t>
   </si>
   <si>
     <t>68 Y</t>
   </si>
   <si>
     <t>25-Mar-25</t>
   </si>
   <si>
     <t>BF19866460</t>
   </si>
   <si>
-    <t>23-Mar-25</t>
-[...1 lines deleted...]
-  <si>
     <t>EAEC, STEC</t>
+  </si>
+  <si>
+    <t>BF19866498</t>
+  </si>
+  <si>
+    <t>01-Apr-25</t>
+  </si>
+  <si>
+    <t>EAEC, EIEC, CAMPYLOBACTER SP.</t>
+  </si>
+  <si>
+    <t>BF19866517</t>
   </si>
   <si>
     <t>BF19866617</t>
   </si>
   <si>
     <t>12 M</t>
   </si>
   <si>
     <t>06-Apr-25</t>
   </si>
   <si>
     <t>Salmonella</t>
   </si>
   <si>
     <t>CDIFF,EAEC,EPEC</t>
   </si>
   <si>
     <t>BF19866626</t>
   </si>
   <si>
     <t>07-Apr-25</t>
   </si>
   <si>
     <t>BF19866628</t>
   </si>
@@ -799,123 +907,213 @@
   <si>
     <t>BF19866948</t>
   </si>
   <si>
     <t>77 Y</t>
   </si>
   <si>
     <t>ETEC</t>
   </si>
   <si>
     <t>BF19866949</t>
   </si>
   <si>
     <t>67 Y</t>
   </si>
   <si>
     <t>BF19866950</t>
   </si>
   <si>
     <t>BF19866951</t>
   </si>
   <si>
     <t>80 Y</t>
   </si>
   <si>
+    <t>BF19868063</t>
+  </si>
+  <si>
+    <t>06-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868217</t>
+  </si>
+  <si>
+    <t>15-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868244</t>
+  </si>
+  <si>
+    <t>17-Jul-25</t>
+  </si>
+  <si>
+    <t>SALS,EAEC,EPEC</t>
+  </si>
+  <si>
+    <t>BF19868247</t>
+  </si>
+  <si>
+    <t>19-Jul-25</t>
+  </si>
+  <si>
+    <t>EAEC,EPEC</t>
+  </si>
+  <si>
+    <t>BF19868250</t>
+  </si>
+  <si>
+    <t>EAEC, EIEC, GIARDIA</t>
+  </si>
+  <si>
+    <t>BF19868346</t>
+  </si>
+  <si>
+    <t>54 Y</t>
+  </si>
+  <si>
+    <t>02-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868357</t>
+  </si>
+  <si>
+    <t>29 Y</t>
+  </si>
+  <si>
+    <t>BF19868378</t>
+  </si>
+  <si>
+    <t>27-Jun-25</t>
+  </si>
+  <si>
     <t>BF19868379</t>
   </si>
   <si>
     <t>26-Jun-25</t>
   </si>
   <si>
     <t>SALMONELLA, EAEC, ETEC, STEC</t>
   </si>
   <si>
     <t>BF19868609</t>
   </si>
   <si>
     <t>78 Y</t>
   </si>
   <si>
     <t>09-Aug-25</t>
   </si>
   <si>
     <t>EIEC, EPEC, ETEC, EAEC</t>
   </si>
   <si>
     <t>BF19868714</t>
   </si>
   <si>
     <t>28-Aug-25</t>
   </si>
   <si>
+    <t>BF19869812</t>
+  </si>
+  <si>
+    <t>32 Y</t>
+  </si>
+  <si>
+    <t>21-Oct-25</t>
+  </si>
+  <si>
+    <t>Vibrio</t>
+  </si>
+  <si>
+    <t>VIBCHO,EAEC,ETEC,EPEC</t>
+  </si>
+  <si>
+    <t>BF19870010</t>
+  </si>
+  <si>
+    <t>14-Nov-25</t>
+  </si>
+  <si>
+    <t>ETEC,EAEC,NOROVIRUS</t>
+  </si>
+  <si>
+    <t>BF19870101</t>
+  </si>
+  <si>
+    <t>18-Aug-25</t>
+  </si>
+  <si>
+    <t>EAEC, CAMPYLOBACTER SP.</t>
+  </si>
+  <si>
     <t>BF19870385</t>
   </si>
   <si>
     <t>12 Y</t>
   </si>
   <si>
     <t>25-Apr-25</t>
   </si>
   <si>
     <t>BF19870390</t>
   </si>
   <si>
     <t>51 Y</t>
   </si>
   <si>
     <t>BF19870392</t>
   </si>
   <si>
     <t>24-Apr-25</t>
   </si>
   <si>
     <t>EPEC,EAEC</t>
   </si>
   <si>
     <t>BF19870398</t>
   </si>
   <si>
     <t>33 Y</t>
   </si>
   <si>
-    <t>22-Apr-25</t>
-[...1 lines deleted...]
-  <si>
     <t>BF19870407</t>
   </si>
   <si>
     <t>24 Y</t>
   </si>
   <si>
     <t>02-May-25</t>
   </si>
   <si>
+    <t>BF19870486</t>
+  </si>
+  <si>
+    <t>13-May-25</t>
+  </si>
+  <si>
     <t>BF19870489</t>
-  </si>
-[...1 lines deleted...]
-    <t>13-May-25</t>
   </si>
   <si>
     <t>BF19870495</t>
   </si>
   <si>
     <t>59 Y</t>
   </si>
   <si>
     <t>14-May-25</t>
   </si>
   <si>
     <t>BF19870496</t>
   </si>
   <si>
     <t>55 Y</t>
   </si>
   <si>
     <t>BF19870517</t>
   </si>
   <si>
     <t>16-May-25</t>
   </si>
   <si>
     <t>BF19870562</t>
   </si>
@@ -1313,69 +1511,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP105"/>
+  <dimension ref="A1:AP129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
@@ -2957,4581 +3155,5997 @@
       </c>
       <c r="Q28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S28" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="7">
-        <v>20.0</v>
+        <v>22.0</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>450.0</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>105</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="S29" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>450.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R30" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S30" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>450.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>51</v>
+        <v>111</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="S31" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>450.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>71</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="S32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="7">
         <v>20.0</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>450.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>112</v>
+        <v>76</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J33" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O33" s="6" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q33" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="S33" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>450.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O34" s="6" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q34" s="6" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="R34" s="6" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="S34" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>450.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="S35" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:42">
       <c r="A36" s="6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E36" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F36" s="6">
         <v>1.0</v>
       </c>
       <c r="G36" s="9">
         <v>450.0</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="I36" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="6" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R36" s="6" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="S36" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:42">
       <c r="A37" s="6" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="7">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="F37" s="6">
         <v>1.0</v>
       </c>
       <c r="G37" s="9">
         <v>450.0</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R37" s="6" t="s">
-        <v>59</v>
+        <v>114</v>
       </c>
       <c r="S37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:42">
       <c r="A38" s="6" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F38" s="6">
         <v>1.0</v>
       </c>
       <c r="G38" s="9">
         <v>450.0</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R38" s="6" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="S38" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:42">
       <c r="A39" s="6" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="7">
-        <v>15.0</v>
+        <v>30.0</v>
       </c>
       <c r="F39" s="6">
         <v>1.0</v>
       </c>
       <c r="G39" s="9">
         <v>450.0</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S39" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:42">
       <c r="A40" s="6" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E40" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F40" s="6">
         <v>1.0</v>
       </c>
       <c r="G40" s="9">
         <v>450.0</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J40" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q40" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R40" s="6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="S40" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:42">
       <c r="A41" s="6" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E41" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F41" s="6">
         <v>1.0</v>
       </c>
       <c r="G41" s="9">
         <v>450.0</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="I41" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J41" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O41" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q41" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R41" s="6" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="S41" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:42">
       <c r="A42" s="6" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E42" s="7">
-        <v>25.0</v>
+        <v>10.0</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="9">
         <v>450.0</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="I42" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q42" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R42" s="6" t="s">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="S42" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:42">
       <c r="A43" s="6" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E43" s="7">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="F43" s="6">
         <v>1.0</v>
       </c>
       <c r="G43" s="9">
         <v>450.0</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>59</v>
+        <v>135</v>
       </c>
       <c r="S43" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:42">
       <c r="A44" s="6" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E44" s="7">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
       <c r="F44" s="6">
         <v>1.0</v>
       </c>
       <c r="G44" s="9">
         <v>450.0</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="I44" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J44" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="M44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q44" s="6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="R44" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="S44" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:42">
       <c r="A45" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="7">
         <v>30.0</v>
       </c>
       <c r="F45" s="6">
         <v>1.0</v>
       </c>
       <c r="G45" s="9">
         <v>450.0</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="I45" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q45" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R45" s="6" t="s">
-        <v>138</v>
+        <v>59</v>
       </c>
       <c r="S45" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:42">
       <c r="A46" s="6" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="7">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="F46" s="6">
         <v>1.0</v>
       </c>
       <c r="G46" s="9">
         <v>450.0</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I46" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J46" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O46" s="6" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q46" s="6" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="R46" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="S46" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="7">
-        <v>23.0</v>
+        <v>30.0</v>
       </c>
       <c r="F47" s="6">
         <v>1.0</v>
       </c>
       <c r="G47" s="9">
         <v>450.0</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>93</v>
+        <v>146</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="S47" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="7">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
         <v>450.0</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O48" s="6" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q48" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R48" s="6" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="S48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="7">
-        <v>20.0</v>
+        <v>23.0</v>
       </c>
       <c r="F49" s="6">
         <v>1.0</v>
       </c>
       <c r="G49" s="9">
         <v>450.0</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J49" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q49" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R49" s="6" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="S49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E50" s="7">
         <v>30.0</v>
       </c>
       <c r="F50" s="6">
         <v>1.0</v>
       </c>
       <c r="G50" s="9">
         <v>450.0</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="I50" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O50" s="6" t="s">
-        <v>20</v>
+        <v>155</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q50" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R50" s="6" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="S50" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:42">
       <c r="A51" s="6" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="7">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="F51" s="6">
         <v>1.0</v>
       </c>
       <c r="G51" s="9">
         <v>450.0</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="S51" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E52" s="7">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
         <v>450.0</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="I52" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R52" s="6" t="s">
-        <v>59</v>
+        <v>114</v>
       </c>
       <c r="S52" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E53" s="7">
-        <v>15.0</v>
+        <v>30.0</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>450.0</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="I53" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J53" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q53" s="6" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="R53" s="6" t="s">
-        <v>110</v>
+        <v>162</v>
       </c>
       <c r="S53" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E54" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F54" s="6">
         <v>1.0</v>
       </c>
       <c r="G54" s="9">
         <v>450.0</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="I54" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J54" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q54" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R54" s="6" t="s">
-        <v>160</v>
+        <v>59</v>
       </c>
       <c r="S54" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E55" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>450.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R55" s="6" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="S55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E56" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>450.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>58</v>
+        <v>168</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J56" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q56" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R56" s="6" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="S56" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E57" s="7">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>450.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>54</v>
+        <v>132</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J57" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L57" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="K57" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O57" s="6" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q57" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R57" s="6" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="S57" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E58" s="7">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>450.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>168</v>
+        <v>58</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J58" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L58" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="K58" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q58" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R58" s="6" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="S58" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E59" s="7">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="F59" s="6">
         <v>1.0</v>
       </c>
       <c r="G59" s="9">
         <v>450.0</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>171</v>
+        <v>122</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O59" s="6" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q59" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R59" s="6" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="S59" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E60" s="7">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
       <c r="F60" s="6">
         <v>1.0</v>
       </c>
       <c r="G60" s="9">
         <v>450.0</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="I60" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>176</v>
+        <v>138</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O60" s="6" t="s">
-        <v>177</v>
+        <v>73</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q60" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S60" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
         <v>178</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E61" s="7">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
         <v>450.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>36</v>
+        <v>179</v>
       </c>
       <c r="I61" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q61" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R61" s="6" t="s">
-        <v>33</v>
+        <v>183</v>
       </c>
       <c r="S61" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>450.0</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>107</v>
+        <v>185</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6" t="s">
-        <v>73</v>
+        <v>155</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q62" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R62" s="6" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="S62" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="63" spans="1:42">
       <c r="A63" s="6" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="7">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
       <c r="F63" s="6">
         <v>1.0</v>
       </c>
       <c r="G63" s="9">
         <v>450.0</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>157</v>
+        <v>179</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O63" s="6" t="s">
-        <v>73</v>
+        <v>190</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S63" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:42">
       <c r="A64" s="6" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E64" s="7">
         <v>10.0</v>
       </c>
       <c r="F64" s="6">
         <v>1.0</v>
       </c>
       <c r="G64" s="9">
         <v>450.0</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>187</v>
+        <v>102</v>
       </c>
       <c r="I64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="6" t="s">
-        <v>30</v>
+        <v>182</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q64" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R64" s="6" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="S64" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:42">
       <c r="A65" s="6" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E65" s="7">
-        <v>15.0</v>
+        <v>23.0</v>
       </c>
       <c r="F65" s="6">
         <v>1.0</v>
       </c>
       <c r="G65" s="9">
         <v>450.0</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
       <c r="I65" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O65" s="6" t="s">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="P65" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q65" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R65" s="6" t="s">
-        <v>190</v>
+        <v>33</v>
       </c>
       <c r="S65" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:42">
       <c r="A66" s="6" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E66" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F66" s="6">
         <v>1.0</v>
       </c>
       <c r="G66" s="9">
         <v>450.0</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>192</v>
+        <v>111</v>
       </c>
       <c r="I66" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>164</v>
+        <v>25</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O66" s="6" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="P66" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q66" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R66" s="6" t="s">
-        <v>194</v>
+        <v>33</v>
       </c>
       <c r="S66" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:42">
       <c r="A67" s="6" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E67" s="7">
-        <v>25.0</v>
+        <v>12.0</v>
       </c>
       <c r="F67" s="6">
         <v>1.0</v>
       </c>
       <c r="G67" s="9">
         <v>450.0</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
       <c r="I67" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="M67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>73</v>
       </c>
       <c r="P67" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q67" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R67" s="6" t="s">
-        <v>116</v>
+        <v>33</v>
       </c>
       <c r="S67" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="68" spans="1:42">
       <c r="A68" s="6" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E68" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F68" s="6">
         <v>1.0</v>
       </c>
       <c r="G68" s="9">
         <v>450.0</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>85</v>
+        <v>203</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J68" s="6" t="s">
-        <v>184</v>
+        <v>25</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="M68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O68" s="6" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q68" s="6" t="s">
-        <v>199</v>
+        <v>32</v>
       </c>
       <c r="R68" s="6" t="s">
-        <v>200</v>
+        <v>33</v>
       </c>
       <c r="S68" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="69" spans="1:42">
       <c r="A69" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E69" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F69" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G69" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H69" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L69" s="6" t="s">
         <v>201</v>
       </c>
-      <c r="B69" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M69" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O69" s="6" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="P69" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q69" s="6" t="s">
-        <v>199</v>
+        <v>39</v>
       </c>
       <c r="R69" s="6" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="S69" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:42">
       <c r="A70" s="6" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E70" s="7">
         <v>10.0</v>
       </c>
       <c r="F70" s="6">
         <v>1.0</v>
       </c>
       <c r="G70" s="9">
         <v>450.0</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="I70" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="M70" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O70" s="6" t="s">
-        <v>30</v>
+        <v>197</v>
       </c>
       <c r="P70" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q70" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R70" s="6" t="s">
-        <v>33</v>
+        <v>210</v>
       </c>
       <c r="S70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:42">
       <c r="A71" s="6" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E71" s="7">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="F71" s="6">
         <v>1.0</v>
       </c>
       <c r="G71" s="9">
         <v>450.0</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>87</v>
+        <v>212</v>
       </c>
       <c r="I71" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J71" s="6" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="K71" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="M71" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O71" s="6" t="s">
-        <v>30</v>
+        <v>182</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q71" s="6" t="s">
-        <v>199</v>
+        <v>32</v>
       </c>
       <c r="R71" s="6" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="S71" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:42">
       <c r="A72" s="6" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E72" s="7">
-        <v>22.0</v>
+        <v>12.0</v>
       </c>
       <c r="F72" s="6">
         <v>1.0</v>
       </c>
       <c r="G72" s="9">
         <v>450.0</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="I72" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>212</v>
+        <v>173</v>
       </c>
       <c r="K72" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="M72" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O72" s="6" t="s">
-        <v>146</v>
+        <v>218</v>
       </c>
       <c r="P72" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q72" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R72" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S72" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="73" spans="1:42">
       <c r="A73" s="6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E73" s="7">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
       <c r="F73" s="6">
         <v>1.0</v>
       </c>
       <c r="G73" s="9">
         <v>450.0</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>215</v>
+        <v>36</v>
       </c>
       <c r="I73" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="K73" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>213</v>
       </c>
       <c r="M73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O73" s="6" t="s">
-        <v>146</v>
+        <v>73</v>
       </c>
       <c r="P73" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q73" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R73" s="6" t="s">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="S73" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="74" spans="1:42">
       <c r="A74" s="6" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E74" s="7">
-        <v>30.0</v>
+        <v>23.0</v>
       </c>
       <c r="F74" s="6">
         <v>1.0</v>
       </c>
       <c r="G74" s="9">
         <v>450.0</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>76</v>
+        <v>159</v>
       </c>
       <c r="I74" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="M74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O74" s="6" t="s">
-        <v>180</v>
+        <v>222</v>
       </c>
       <c r="P74" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q74" s="6" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="R74" s="6" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="S74" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:42">
       <c r="A75" s="6" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E75" s="7">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="F75" s="6">
         <v>1.0</v>
       </c>
       <c r="G75" s="9">
         <v>450.0</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>157</v>
+        <v>85</v>
       </c>
       <c r="I75" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="M75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O75" s="6" t="s">
         <v>73</v>
       </c>
       <c r="P75" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q75" s="6" t="s">
-        <v>71</v>
+        <v>226</v>
       </c>
       <c r="R75" s="6" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="S75" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="76" spans="1:42">
       <c r="A76" s="6" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E76" s="7">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="F76" s="6">
         <v>1.0</v>
       </c>
       <c r="G76" s="9">
         <v>450.0</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>223</v>
+        <v>111</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O76" s="6" t="s">
-        <v>73</v>
+        <v>174</v>
       </c>
       <c r="P76" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q76" s="6" t="s">
-        <v>32</v>
+        <v>226</v>
       </c>
       <c r="R76" s="6" t="s">
-        <v>74</v>
+        <v>230</v>
       </c>
       <c r="S76" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="77" spans="1:42">
       <c r="A77" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E77" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F77" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G77" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L77" s="6" t="s">
         <v>225</v>
       </c>
-      <c r="B77" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O77" s="6" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="P77" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q77" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R77" s="6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="S77" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="78" spans="1:42">
       <c r="A78" s="6" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E78" s="7">
         <v>10.0</v>
       </c>
       <c r="F78" s="6">
         <v>1.0</v>
       </c>
       <c r="G78" s="9">
         <v>450.0</v>
       </c>
       <c r="H78" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J78" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L78" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="I78" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O78" s="6" t="s">
-        <v>231</v>
+        <v>30</v>
       </c>
       <c r="P78" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q78" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R78" s="6" t="s">
-        <v>232</v>
+        <v>33</v>
       </c>
       <c r="S78" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="79" spans="1:42">
       <c r="A79" s="6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E79" s="7">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="F79" s="6">
         <v>1.0</v>
       </c>
       <c r="G79" s="9">
         <v>450.0</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="I79" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J79" s="6" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="M79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O79" s="6" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="P79" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q79" s="6" t="s">
-        <v>32</v>
+        <v>226</v>
       </c>
       <c r="R79" s="6" t="s">
-        <v>78</v>
+        <v>237</v>
       </c>
       <c r="S79" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="80" spans="1:42">
       <c r="A80" s="6" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E80" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F80" s="6">
         <v>1.0</v>
       </c>
       <c r="G80" s="9">
         <v>450.0</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J80" s="6" t="s">
-        <v>206</v>
+        <v>25</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="6" t="s">
-        <v>165</v>
+        <v>218</v>
       </c>
       <c r="P80" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q80" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R80" s="6" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="S80" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="81" spans="1:42">
       <c r="A81" s="6" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E81" s="7">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
       <c r="F81" s="6">
         <v>1.0</v>
       </c>
       <c r="G81" s="9">
         <v>450.0</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="I81" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J81" s="6" t="s">
-        <v>206</v>
+        <v>243</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="M81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O81" s="6" t="s">
-        <v>30</v>
+        <v>155</v>
       </c>
       <c r="P81" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q81" s="6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="R81" s="6" t="s">
-        <v>240</v>
+        <v>33</v>
       </c>
       <c r="S81" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="82" spans="1:42">
       <c r="A82" s="6" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E82" s="7">
-        <v>30.0</v>
+        <v>23.0</v>
       </c>
       <c r="F82" s="6">
         <v>1.0</v>
       </c>
       <c r="G82" s="9">
         <v>450.0</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>97</v>
+        <v>246</v>
       </c>
       <c r="I82" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J82" s="6" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="6" t="s">
-        <v>20</v>
+        <v>155</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q82" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R82" s="6" t="s">
-        <v>59</v>
+        <v>194</v>
       </c>
       <c r="S82" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:42">
       <c r="A83" s="6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E83" s="7">
-        <v>23.0</v>
+        <v>30.0</v>
       </c>
       <c r="F83" s="6">
         <v>1.0</v>
       </c>
       <c r="G83" s="9">
         <v>450.0</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="I83" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J83" s="6" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O83" s="6" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="P83" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q83" s="6" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="R83" s="6" t="s">
-        <v>59</v>
+        <v>249</v>
       </c>
       <c r="S83" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:42">
       <c r="A84" s="6" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E84" s="7">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="F84" s="6">
         <v>1.0</v>
       </c>
       <c r="G84" s="9">
         <v>450.0</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>245</v>
+        <v>166</v>
       </c>
       <c r="I84" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J84" s="6" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="M84" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O84" s="6" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="P84" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q84" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R84" s="6" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="S84" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:42">
       <c r="A85" s="6" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E85" s="7">
-        <v>16.0</v>
+        <v>27.0</v>
       </c>
       <c r="F85" s="6">
         <v>1.0</v>
       </c>
       <c r="G85" s="9">
         <v>450.0</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>247</v>
+        <v>159</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J85" s="6" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O85" s="6" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="P85" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q85" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R85" s="6" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="S85" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:42">
       <c r="A86" s="6" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E86" s="7">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
       <c r="F86" s="6">
         <v>1.0</v>
       </c>
       <c r="G86" s="9">
         <v>450.0</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="I86" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J86" s="6" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>151</v>
+        <v>257</v>
       </c>
       <c r="M86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O86" s="6" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="P86" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q86" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R86" s="6" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="S86" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:42">
       <c r="A87" s="6" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E87" s="7">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
       <c r="F87" s="6">
         <v>1.0</v>
       </c>
       <c r="G87" s="9">
         <v>450.0</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>252</v>
+        <v>56</v>
       </c>
       <c r="I87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J87" s="6" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>151</v>
+        <v>253</v>
       </c>
       <c r="M87" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O87" s="6" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="P87" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q87" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R87" s="6" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="S87" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:42">
       <c r="A88" s="6" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E88" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F88" s="6">
         <v>1.0</v>
       </c>
       <c r="G88" s="9">
         <v>450.0</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>255</v>
+        <v>102</v>
       </c>
       <c r="I88" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>151</v>
+        <v>261</v>
       </c>
       <c r="M88" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O88" s="6" t="s">
-        <v>20</v>
+        <v>118</v>
       </c>
       <c r="P88" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q88" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R88" s="6" t="s">
-        <v>66</v>
+        <v>262</v>
       </c>
       <c r="S88" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:42">
       <c r="A89" s="6" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E89" s="7">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="F89" s="6">
         <v>1.0</v>
       </c>
       <c r="G89" s="9">
         <v>450.0</v>
       </c>
       <c r="H89" s="8" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="I89" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J89" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>151</v>
+        <v>261</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O89" s="6" t="s">
-        <v>20</v>
+        <v>118</v>
       </c>
       <c r="P89" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q89" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R89" s="6" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="S89" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:42">
       <c r="A90" s="6" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E90" s="7">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="F90" s="6">
         <v>1.0</v>
       </c>
       <c r="G90" s="9">
         <v>450.0</v>
       </c>
       <c r="H90" s="8" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="I90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J90" s="6" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>151</v>
+        <v>266</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O90" s="6" t="s">
-        <v>20</v>
+        <v>267</v>
       </c>
       <c r="P90" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q90" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R90" s="6" t="s">
-        <v>59</v>
+        <v>268</v>
       </c>
       <c r="S90" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:42">
       <c r="A91" s="6" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E91" s="7">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="F91" s="6">
         <v>1.0</v>
       </c>
       <c r="G91" s="9">
         <v>450.0</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="I91" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J91" s="6" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="M91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="6" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="P91" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q91" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R91" s="6" t="s">
-        <v>261</v>
+        <v>78</v>
       </c>
       <c r="S91" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:42">
       <c r="A92" s="6" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E92" s="7">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
       <c r="F92" s="6">
         <v>1.0</v>
       </c>
       <c r="G92" s="9">
         <v>450.0</v>
       </c>
       <c r="H92" s="8" t="s">
-        <v>263</v>
+        <v>166</v>
       </c>
       <c r="I92" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J92" s="6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="K92" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="M92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O92" s="6" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="P92" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q92" s="6" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="R92" s="6" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="S92" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:42">
       <c r="A93" s="6" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E93" s="7">
-        <v>23.0</v>
+        <v>30.0</v>
       </c>
       <c r="F93" s="6">
         <v>1.0</v>
       </c>
       <c r="G93" s="9">
         <v>450.0</v>
       </c>
       <c r="H93" s="8" t="s">
-        <v>87</v>
+        <v>274</v>
       </c>
       <c r="I93" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J93" s="6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O93" s="6" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q93" s="6" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="R93" s="6" t="s">
-        <v>219</v>
+        <v>276</v>
       </c>
       <c r="S93" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:42">
       <c r="A94" s="6" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E94" s="7">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="F94" s="6">
         <v>1.0</v>
       </c>
       <c r="G94" s="9">
         <v>450.0</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>269</v>
+        <v>97</v>
       </c>
       <c r="I94" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O94" s="6" t="s">
-        <v>231</v>
+        <v>20</v>
       </c>
       <c r="P94" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q94" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R94" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="S94" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="95" spans="1:42">
       <c r="A95" s="6" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E95" s="7">
-        <v>15.0</v>
+        <v>23.0</v>
       </c>
       <c r="F95" s="6">
         <v>1.0</v>
       </c>
       <c r="G95" s="9">
         <v>450.0</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>272</v>
+        <v>95</v>
       </c>
       <c r="I95" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J95" s="6" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O95" s="6" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="P95" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q95" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R95" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="S95" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:42">
       <c r="A96" s="6" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E96" s="7">
-        <v>10.0</v>
+        <v>27.0</v>
       </c>
       <c r="F96" s="6">
         <v>1.0</v>
       </c>
       <c r="G96" s="9">
         <v>450.0</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>87</v>
+        <v>281</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O96" s="6" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="P96" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q96" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R96" s="6" t="s">
-        <v>275</v>
+        <v>59</v>
       </c>
       <c r="S96" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:42">
       <c r="A97" s="6" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E97" s="7">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
       <c r="F97" s="6">
         <v>1.0</v>
       </c>
       <c r="G97" s="9">
         <v>450.0</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="I97" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J97" s="6" t="s">
-        <v>184</v>
+        <v>25</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>278</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O97" s="6" t="s">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="P97" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q97" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R97" s="6" t="s">
-        <v>74</v>
+        <v>284</v>
       </c>
       <c r="S97" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="98" spans="1:42">
       <c r="A98" s="6" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E98" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F98" s="6">
         <v>1.0</v>
       </c>
       <c r="G98" s="9">
         <v>450.0</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="I98" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>281</v>
+        <v>160</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O98" s="6" t="s">
-        <v>231</v>
+        <v>20</v>
       </c>
       <c r="P98" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q98" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R98" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="S98" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="99" spans="1:42">
       <c r="A99" s="6" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E99" s="7">
         <v>30.0</v>
       </c>
       <c r="F99" s="6">
         <v>1.0</v>
       </c>
       <c r="G99" s="9">
         <v>450.0</v>
       </c>
       <c r="H99" s="8" t="s">
-        <v>134</v>
+        <v>288</v>
       </c>
       <c r="I99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J99" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>283</v>
+        <v>160</v>
       </c>
       <c r="M99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O99" s="6" t="s">
-        <v>231</v>
+        <v>20</v>
       </c>
       <c r="P99" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q99" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R99" s="6" t="s">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="S99" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:42">
       <c r="A100" s="6" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E100" s="7">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="F100" s="6">
         <v>1.0</v>
       </c>
       <c r="G100" s="9">
         <v>450.0</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="I100" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J100" s="6" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>286</v>
+        <v>160</v>
       </c>
       <c r="M100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O100" s="6" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="P100" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q100" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R100" s="6" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="S100" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="101" spans="1:42">
       <c r="A101" s="6" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E101" s="7">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="F101" s="6">
         <v>1.0</v>
       </c>
       <c r="G101" s="9">
         <v>450.0</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>288</v>
+        <v>159</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J101" s="6" t="s">
-        <v>164</v>
+        <v>25</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>286</v>
+        <v>160</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O101" s="6" t="s">
-        <v>231</v>
+        <v>20</v>
       </c>
       <c r="P101" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q101" s="6" t="s">
-        <v>199</v>
+        <v>32</v>
       </c>
       <c r="R101" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="S101" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:42">
       <c r="A102" s="6" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E102" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F102" s="6">
         <v>1.0</v>
       </c>
       <c r="G102" s="9">
         <v>450.0</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>120</v>
+        <v>294</v>
       </c>
       <c r="I102" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>290</v>
+        <v>160</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="P102" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q102" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R102" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="S102" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="103" spans="1:42">
       <c r="A103" s="6" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E103" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F103" s="6">
         <v>1.0</v>
       </c>
       <c r="G103" s="9">
         <v>450.0</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>292</v>
+        <v>95</v>
       </c>
       <c r="I103" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O103" s="6" t="s">
-        <v>30</v>
+        <v>182</v>
       </c>
       <c r="P103" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q103" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R103" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S103" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="104" spans="1:42">
       <c r="A104" s="6" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E104" s="7">
-        <v>25.0</v>
+        <v>12.0</v>
       </c>
       <c r="F104" s="6">
         <v>1.0</v>
       </c>
       <c r="G104" s="9">
         <v>450.0</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>150</v>
+        <v>36</v>
       </c>
       <c r="I104" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J104" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O104" s="6" t="s">
-        <v>73</v>
+        <v>222</v>
       </c>
       <c r="P104" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q104" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R104" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S104" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="105" spans="1:42">
       <c r="A105" s="6" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E105" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F105" s="6">
         <v>1.0</v>
       </c>
       <c r="G105" s="9">
         <v>450.0</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="I105" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O105" s="6" t="s">
-        <v>165</v>
+        <v>222</v>
       </c>
       <c r="P105" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q105" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R105" s="6" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="S105" t="s">
         <v>34</v>
       </c>
     </row>
+    <row r="106" spans="1:42">
+      <c r="A106" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E106" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F106" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G106" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H106" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="I106" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J106" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K106" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L106" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="M106" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N106" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O106" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="P106" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q106" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R106" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="S106" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="107" spans="1:42">
+      <c r="A107" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E107" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="F107" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G107" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H107" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="I107" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J107" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K107" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="M107" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N107" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O107" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="P107" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q107" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R107" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="S107" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="108" spans="1:42">
+      <c r="A108" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E108" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F108" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G108" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H108" s="8" t="s">
+        <v>308</v>
+      </c>
+      <c r="I108" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J108" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K108" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="M108" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N108" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O108" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="P108" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q108" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R108" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S108" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="109" spans="1:42">
+      <c r="A109" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E109" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F109" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G109" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H109" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="I109" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J109" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K109" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="M109" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N109" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O109" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="P109" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q109" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R109" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S109" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="110" spans="1:42">
+      <c r="A110" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E110" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F110" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G110" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H110" s="8" t="s">
+        <v>281</v>
+      </c>
+      <c r="I110" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J110" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="K110" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L110" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="M110" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N110" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O110" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="P110" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q110" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R110" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S110" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="111" spans="1:42">
+      <c r="A111" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E111" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F111" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G111" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H111" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="I111" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J111" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="K111" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L111" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="M111" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N111" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O111" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="P111" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q111" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R111" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="S111" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="112" spans="1:42">
+      <c r="A112" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E112" s="7">
+        <v>28.0</v>
+      </c>
+      <c r="F112" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G112" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H112" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="I112" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J112" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K112" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L112" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="M112" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N112" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O112" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="P112" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q112" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R112" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="S112" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="113" spans="1:42">
+      <c r="A113" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E113" s="7">
+        <v>23.0</v>
+      </c>
+      <c r="F113" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G113" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H113" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I113" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J113" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K113" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="M113" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N113" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O113" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="P113" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q113" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R113" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="S113" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="114" spans="1:42">
+      <c r="A114" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E114" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F114" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G114" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H114" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="I114" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J114" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="M114" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N114" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O114" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="P114" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q114" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R114" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="S114" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="115" spans="1:42">
+      <c r="A115" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E115" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F115" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G115" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H115" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="I115" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J115" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K115" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="M115" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N115" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O115" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="P115" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q115" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R115" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="S115" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="116" spans="1:42">
+      <c r="A116" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E116" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="F116" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G116" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H116" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="I116" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J116" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="M116" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N116" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O116" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="P116" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q116" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R116" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="S116" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="117" spans="1:42">
+      <c r="A117" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E117" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F117" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G117" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H117" s="8" t="s">
+        <v>335</v>
+      </c>
+      <c r="I117" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J117" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K117" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="M117" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N117" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O117" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="P117" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q117" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R117" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S117" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="118" spans="1:42">
+      <c r="A118" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E118" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F118" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G118" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H118" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="I118" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J118" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K118" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="M118" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N118" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O118" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="P118" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q118" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R118" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S118" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="119" spans="1:42">
+      <c r="A119" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E119" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F119" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G119" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H119" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I119" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J119" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K119" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="M119" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N119" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O119" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="P119" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q119" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R119" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="S119" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="120" spans="1:42">
+      <c r="A120" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E120" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="F120" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G120" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H120" s="8" t="s">
+        <v>343</v>
+      </c>
+      <c r="I120" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J120" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="K120" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="M120" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N120" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O120" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="P120" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q120" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R120" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="S120" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="121" spans="1:42">
+      <c r="A121" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E121" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F121" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G121" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H121" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J121" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="M121" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N121" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O121" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="P121" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q121" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="R121" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S121" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="122" spans="1:42">
+      <c r="A122" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E122" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F122" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G122" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H122" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="I122" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J122" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K122" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="M122" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N122" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O122" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="P122" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q122" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R122" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S122" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="123" spans="1:42">
+      <c r="A123" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E123" s="7">
+        <v>30.0</v>
+      </c>
+      <c r="F123" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G123" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H123" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="I123" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J123" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K123" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="M123" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N123" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O123" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="P123" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q123" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R123" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="S123" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="124" spans="1:42">
+      <c r="A124" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E124" s="7">
+        <v>30.0</v>
+      </c>
+      <c r="F124" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G124" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H124" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="I124" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J124" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K124" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="M124" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N124" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O124" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="P124" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q124" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R124" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S124" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="125" spans="1:42">
+      <c r="A125" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E125" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="F125" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G125" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H125" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J125" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K125" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="M125" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N125" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O125" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="P125" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q125" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="R125" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S125" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="126" spans="1:42">
+      <c r="A126" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E126" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F126" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G126" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H126" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="I126" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J126" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K126" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="M126" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N126" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O126" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="P126" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q126" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R126" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S126" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="127" spans="1:42">
+      <c r="A127" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E127" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F127" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G127" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H127" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J127" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K127" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="M127" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N127" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O127" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="P127" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q127" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R127" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S127" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="128" spans="1:42">
+      <c r="A128" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E128" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="F128" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G128" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H128" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="I128" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J128" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K128" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="M128" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N128" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O128" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="P128" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q128" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="R128" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="S128" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="129" spans="1:42">
+      <c r="A129" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E129" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F129" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G129" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H129" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I129" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J129" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K129" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="M129" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N129" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O129" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="P129" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q129" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R129" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="S129" t="s">
+        <v>34</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R105"/>
+  <autoFilter ref="A2:R129"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>