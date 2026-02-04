--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$129</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$125</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -681,62 +681,50 @@
   <si>
     <t>14 Y</t>
   </si>
   <si>
     <t>10-Apr-25</t>
   </si>
   <si>
     <t>EPEC, EAEC</t>
   </si>
   <si>
     <t>BF19865523</t>
   </si>
   <si>
     <t>72 Y</t>
   </si>
   <si>
     <t>13-Apr-25</t>
   </si>
   <si>
     <t>Entamoeba histolytica</t>
   </si>
   <si>
     <t>BF19865527</t>
   </si>
   <si>
-    <t>BF19865574</t>
-[...10 lines deleted...]
-  <si>
     <t>BF19865673</t>
   </si>
   <si>
     <t>29-Apr-25</t>
   </si>
   <si>
     <t>Cardinal</t>
   </si>
   <si>
     <t>EAEC,EPEC,CAMPY</t>
   </si>
   <si>
     <t>BF19865686</t>
   </si>
   <si>
     <t>01-May-25</t>
   </si>
   <si>
     <t>Norovirus,eaec,epec,etec</t>
   </si>
   <si>
     <t>BF19865687</t>
   </si>
   <si>
     <t>EAEC,EPEC,NOROVIRUS</t>
@@ -913,126 +901,111 @@
   <si>
     <t>ETEC</t>
   </si>
   <si>
     <t>BF19866949</t>
   </si>
   <si>
     <t>67 Y</t>
   </si>
   <si>
     <t>BF19866950</t>
   </si>
   <si>
     <t>BF19866951</t>
   </si>
   <si>
     <t>80 Y</t>
   </si>
   <si>
     <t>BF19868063</t>
   </si>
   <si>
     <t>06-Jul-25</t>
   </si>
   <si>
-    <t>BF19868217</t>
-[...14 lines deleted...]
-    <t>BF19868247</t>
+    <t>BF19868250</t>
   </si>
   <si>
     <t>19-Jul-25</t>
   </si>
   <si>
+    <t>EAEC, EIEC, GIARDIA</t>
+  </si>
+  <si>
+    <t>BF19868346</t>
+  </si>
+  <si>
+    <t>54 Y</t>
+  </si>
+  <si>
+    <t>02-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868379</t>
+  </si>
+  <si>
+    <t>26-Jun-25</t>
+  </si>
+  <si>
+    <t>SALMONELLA, EAEC, ETEC, STEC</t>
+  </si>
+  <si>
+    <t>BF19868609</t>
+  </si>
+  <si>
+    <t>78 Y</t>
+  </si>
+  <si>
+    <t>09-Aug-25</t>
+  </si>
+  <si>
+    <t>EIEC, EPEC, ETEC, EAEC</t>
+  </si>
+  <si>
+    <t>BF19868714</t>
+  </si>
+  <si>
+    <t>28-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19869674</t>
+  </si>
+  <si>
+    <t>10 Y</t>
+  </si>
+  <si>
+    <t>08-Jan-26</t>
+  </si>
+  <si>
     <t>EAEC,EPEC</t>
   </si>
   <si>
-    <t>BF19868250</t>
-[...50 lines deleted...]
-    <t>28-Aug-25</t>
+    <t>BF19869751</t>
+  </si>
+  <si>
+    <t>14-Dec-25</t>
   </si>
   <si>
     <t>BF19869812</t>
   </si>
   <si>
     <t>32 Y</t>
   </si>
   <si>
     <t>21-Oct-25</t>
   </si>
   <si>
     <t>Vibrio</t>
   </si>
   <si>
     <t>VIBCHO,EAEC,ETEC,EPEC</t>
   </si>
   <si>
     <t>BF19870010</t>
   </si>
   <si>
     <t>14-Nov-25</t>
   </si>
   <si>
     <t>ETEC,EAEC,NOROVIRUS</t>
   </si>
@@ -1052,50 +1025,53 @@
     <t>12 Y</t>
   </si>
   <si>
     <t>25-Apr-25</t>
   </si>
   <si>
     <t>BF19870390</t>
   </si>
   <si>
     <t>51 Y</t>
   </si>
   <si>
     <t>BF19870392</t>
   </si>
   <si>
     <t>24-Apr-25</t>
   </si>
   <si>
     <t>EPEC,EAEC</t>
   </si>
   <si>
     <t>BF19870398</t>
   </si>
   <si>
     <t>33 Y</t>
+  </si>
+  <si>
+    <t>22-Apr-25</t>
   </si>
   <si>
     <t>BF19870407</t>
   </si>
   <si>
     <t>24 Y</t>
   </si>
   <si>
     <t>02-May-25</t>
   </si>
   <si>
     <t>BF19870486</t>
   </si>
   <si>
     <t>13-May-25</t>
   </si>
   <si>
     <t>BF19870489</t>
   </si>
   <si>
     <t>BF19870495</t>
   </si>
   <si>
     <t>59 Y</t>
   </si>
@@ -1511,51 +1487,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP129"/>
+  <dimension ref="A1:AP125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
@@ -5810,3342 +5786,3106 @@
       </c>
       <c r="Q73" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R73" s="6" t="s">
         <v>125</v>
       </c>
       <c r="S73" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="74" spans="1:42">
       <c r="A74" s="6" t="s">
         <v>220</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E74" s="7">
-        <v>23.0</v>
+        <v>15.0</v>
       </c>
       <c r="F74" s="6">
         <v>1.0</v>
       </c>
       <c r="G74" s="9">
         <v>450.0</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>159</v>
+        <v>85</v>
       </c>
       <c r="I74" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>221</v>
       </c>
       <c r="M74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O74" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="P74" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q74" s="6" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="R74" s="6" t="s">
         <v>223</v>
       </c>
       <c r="S74" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:42">
       <c r="A75" s="6" t="s">
         <v>224</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E75" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F75" s="6">
         <v>1.0</v>
       </c>
       <c r="G75" s="9">
         <v>450.0</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="I75" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>225</v>
       </c>
       <c r="M75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O75" s="6" t="s">
-        <v>73</v>
+        <v>174</v>
       </c>
       <c r="P75" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q75" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="R75" s="6" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="S75" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="76" spans="1:42">
       <c r="A76" s="6" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E76" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F76" s="6">
         <v>1.0</v>
       </c>
       <c r="G76" s="9">
         <v>450.0</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J76" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O76" s="6" t="s">
-        <v>174</v>
+        <v>218</v>
       </c>
       <c r="P76" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q76" s="6" t="s">
-        <v>226</v>
+        <v>32</v>
       </c>
       <c r="R76" s="6" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="S76" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="77" spans="1:42">
       <c r="A77" s="6" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E77" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F77" s="6">
         <v>1.0</v>
       </c>
       <c r="G77" s="9">
         <v>450.0</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>85</v>
+        <v>230</v>
       </c>
       <c r="I77" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>225</v>
       </c>
       <c r="M77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O77" s="6" t="s">
-        <v>218</v>
+        <v>30</v>
       </c>
       <c r="P77" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q77" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R77" s="6" t="s">
-        <v>232</v>
+        <v>33</v>
       </c>
       <c r="S77" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="78" spans="1:42">
       <c r="A78" s="6" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E78" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F78" s="6">
         <v>1.0</v>
       </c>
       <c r="G78" s="9">
         <v>450.0</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>234</v>
+        <v>87</v>
       </c>
       <c r="I78" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J78" s="6" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="M78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O78" s="6" t="s">
         <v>30</v>
       </c>
       <c r="P78" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q78" s="6" t="s">
-        <v>32</v>
+        <v>222</v>
       </c>
       <c r="R78" s="6" t="s">
-        <v>33</v>
+        <v>233</v>
       </c>
       <c r="S78" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="79" spans="1:42">
       <c r="A79" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E79" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G79" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L79" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="B79" s="6" t="s">
-[...29 lines deleted...]
-      <c r="L79" s="6" t="s">
+      <c r="M79" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O79" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="P79" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q79" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R79" s="6" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>237</v>
       </c>
       <c r="S79" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="80" spans="1:42">
       <c r="A80" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E80" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="F80" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G80" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H80" s="8" t="s">
         <v>238</v>
-      </c>
-[...19 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J80" s="6" t="s">
-        <v>25</v>
+        <v>239</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="6" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="P80" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q80" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R80" s="6" t="s">
-        <v>240</v>
+        <v>33</v>
       </c>
       <c r="S80" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="81" spans="1:42">
       <c r="A81" s="6" t="s">
         <v>241</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E81" s="7">
-        <v>22.0</v>
+        <v>23.0</v>
       </c>
       <c r="F81" s="6">
         <v>1.0</v>
       </c>
       <c r="G81" s="9">
         <v>450.0</v>
       </c>
       <c r="H81" s="8" t="s">
         <v>242</v>
       </c>
       <c r="I81" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J81" s="6" t="s">
-        <v>243</v>
+        <v>188</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="M81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O81" s="6" t="s">
         <v>155</v>
       </c>
       <c r="P81" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q81" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R81" s="6" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="S81" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="82" spans="1:42">
       <c r="A82" s="6" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E82" s="7">
-        <v>23.0</v>
+        <v>30.0</v>
       </c>
       <c r="F82" s="6">
         <v>1.0</v>
       </c>
       <c r="G82" s="9">
         <v>450.0</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>246</v>
+        <v>76</v>
       </c>
       <c r="I82" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J82" s="6" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>244</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="6" t="s">
-        <v>155</v>
+        <v>197</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q82" s="6" t="s">
         <v>71</v>
       </c>
       <c r="R82" s="6" t="s">
-        <v>194</v>
+        <v>245</v>
       </c>
       <c r="S82" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:42">
       <c r="A83" s="6" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E83" s="7">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="F83" s="6">
         <v>1.0</v>
       </c>
       <c r="G83" s="9">
         <v>450.0</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>76</v>
+        <v>166</v>
       </c>
       <c r="I83" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J83" s="6" t="s">
         <v>180</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O83" s="6" t="s">
-        <v>197</v>
+        <v>73</v>
       </c>
       <c r="P83" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q83" s="6" t="s">
         <v>71</v>
       </c>
       <c r="R83" s="6" t="s">
-        <v>249</v>
+        <v>33</v>
       </c>
       <c r="S83" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:42">
       <c r="A84" s="6" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E84" s="7">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
       <c r="F84" s="6">
         <v>1.0</v>
       </c>
       <c r="G84" s="9">
         <v>450.0</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="I84" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J84" s="6" t="s">
         <v>180</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="M84" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O84" s="6" t="s">
-        <v>73</v>
+        <v>118</v>
       </c>
       <c r="P84" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q84" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R84" s="6" t="s">
-        <v>33</v>
+        <v>250</v>
       </c>
       <c r="S84" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:42">
       <c r="A85" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E85" s="7">
+        <v>17.0</v>
+      </c>
+      <c r="F85" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G85" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H85" s="8" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J85" s="6" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>253</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O85" s="6" t="s">
-        <v>118</v>
+        <v>73</v>
       </c>
       <c r="P85" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q85" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R85" s="6" t="s">
-        <v>254</v>
+        <v>74</v>
       </c>
       <c r="S85" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:42">
       <c r="A86" s="6" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E86" s="7">
-        <v>17.0</v>
+        <v>22.0</v>
       </c>
       <c r="F86" s="6">
         <v>1.0</v>
       </c>
       <c r="G86" s="9">
         <v>450.0</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>256</v>
+        <v>56</v>
       </c>
       <c r="I86" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J86" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="M86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O86" s="6" t="s">
-        <v>73</v>
+        <v>197</v>
       </c>
       <c r="P86" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q86" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R86" s="6" t="s">
-        <v>74</v>
+        <v>255</v>
       </c>
       <c r="S86" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:42">
       <c r="A87" s="6" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E87" s="7">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
       <c r="F87" s="6">
         <v>1.0</v>
       </c>
       <c r="G87" s="9">
         <v>450.0</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>56</v>
+        <v>102</v>
       </c>
       <c r="I87" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J87" s="6" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M87" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O87" s="6" t="s">
-        <v>197</v>
+        <v>118</v>
       </c>
       <c r="P87" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q87" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R87" s="6" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="S87" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:42">
       <c r="A88" s="6" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E88" s="7">
-        <v>20.0</v>
+        <v>22.0</v>
       </c>
       <c r="F88" s="6">
         <v>1.0</v>
       </c>
       <c r="G88" s="9">
         <v>450.0</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="I88" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="M88" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O88" s="6" t="s">
         <v>118</v>
       </c>
       <c r="P88" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q88" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R88" s="6" t="s">
-        <v>262</v>
+        <v>33</v>
       </c>
       <c r="S88" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:42">
       <c r="A89" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E89" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F89" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G89" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H89" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="M89" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N89" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O89" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="B89" s="6" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P89" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q89" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R89" s="6" t="s">
-        <v>33</v>
+        <v>264</v>
       </c>
       <c r="S89" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:42">
       <c r="A90" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E90" s="7">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="F90" s="6">
         <v>1.0</v>
       </c>
       <c r="G90" s="9">
         <v>450.0</v>
       </c>
       <c r="H90" s="8" t="s">
-        <v>265</v>
+        <v>64</v>
       </c>
       <c r="I90" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J90" s="6" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>266</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O90" s="6" t="s">
-        <v>267</v>
+        <v>174</v>
       </c>
       <c r="P90" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q90" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R90" s="6" t="s">
-        <v>268</v>
+        <v>78</v>
       </c>
       <c r="S90" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:42">
       <c r="A91" s="6" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E91" s="7">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="F91" s="6">
         <v>1.0</v>
       </c>
       <c r="G91" s="9">
         <v>450.0</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>64</v>
+        <v>166</v>
       </c>
       <c r="I91" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J91" s="6" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="M91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="6" t="s">
         <v>174</v>
       </c>
       <c r="P91" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q91" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R91" s="6" t="s">
-        <v>78</v>
+        <v>268</v>
       </c>
       <c r="S91" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:42">
       <c r="A92" s="6" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E92" s="7">
-        <v>20.0</v>
+        <v>30.0</v>
       </c>
       <c r="F92" s="6">
         <v>1.0</v>
       </c>
       <c r="G92" s="9">
         <v>450.0</v>
       </c>
       <c r="H92" s="8" t="s">
-        <v>166</v>
+        <v>270</v>
       </c>
       <c r="I92" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J92" s="6" t="s">
         <v>180</v>
       </c>
       <c r="K92" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O92" s="6" t="s">
-        <v>174</v>
+        <v>30</v>
       </c>
       <c r="P92" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q92" s="6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="R92" s="6" t="s">
         <v>272</v>
       </c>
       <c r="S92" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:42">
       <c r="A93" s="6" t="s">
         <v>273</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E93" s="7">
         <v>30.0</v>
       </c>
       <c r="F93" s="6">
         <v>1.0</v>
       </c>
       <c r="G93" s="9">
         <v>450.0</v>
       </c>
       <c r="H93" s="8" t="s">
-        <v>274</v>
+        <v>97</v>
       </c>
       <c r="I93" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J93" s="6" t="s">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O93" s="6" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q93" s="6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="R93" s="6" t="s">
-        <v>276</v>
+        <v>59</v>
       </c>
       <c r="S93" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:42">
       <c r="A94" s="6" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E94" s="7">
-        <v>30.0</v>
+        <v>23.0</v>
       </c>
       <c r="F94" s="6">
         <v>1.0</v>
       </c>
       <c r="G94" s="9">
         <v>450.0</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I94" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J94" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P94" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q94" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R94" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S94" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="95" spans="1:42">
       <c r="A95" s="6" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E95" s="7">
-        <v>23.0</v>
+        <v>27.0</v>
       </c>
       <c r="F95" s="6">
         <v>1.0</v>
       </c>
       <c r="G95" s="9">
         <v>450.0</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>95</v>
+        <v>277</v>
       </c>
       <c r="I95" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J95" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P95" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q95" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R95" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S95" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:42">
       <c r="A96" s="6" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E96" s="7">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
       <c r="F96" s="6">
         <v>1.0</v>
       </c>
       <c r="G96" s="9">
         <v>450.0</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O96" s="6" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="P96" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q96" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R96" s="6" t="s">
-        <v>59</v>
+        <v>280</v>
       </c>
       <c r="S96" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:42">
       <c r="A97" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E97" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F97" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G97" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H97" s="8" t="s">
         <v>282</v>
       </c>
-      <c r="B97" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I97" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J97" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>278</v>
+        <v>160</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O97" s="6" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="P97" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q97" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="R97" s="6" t="s">
-        <v>284</v>
+        <v>59</v>
       </c>
       <c r="S97" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="98" spans="1:42">
       <c r="A98" s="6" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E98" s="7">
-        <v>15.0</v>
+        <v>30.0</v>
       </c>
       <c r="F98" s="6">
         <v>1.0</v>
       </c>
       <c r="G98" s="9">
         <v>450.0</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="I98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P98" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q98" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R98" s="6" t="s">
-        <v>59</v>
+        <v>285</v>
       </c>
       <c r="S98" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="99" spans="1:42">
       <c r="A99" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E99" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F99" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G99" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H99" s="8" t="s">
         <v>287</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J99" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O99" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P99" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q99" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R99" s="6" t="s">
-        <v>289</v>
+        <v>66</v>
       </c>
       <c r="S99" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:42">
       <c r="A100" s="6" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E100" s="7">
         <v>15.0</v>
       </c>
       <c r="F100" s="6">
         <v>1.0</v>
       </c>
       <c r="G100" s="9">
         <v>450.0</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>291</v>
+        <v>159</v>
       </c>
       <c r="I100" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J100" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P100" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q100" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R100" s="6" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="S100" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="101" spans="1:42">
       <c r="A101" s="6" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E101" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F101" s="6">
         <v>1.0</v>
       </c>
       <c r="G101" s="9">
         <v>450.0</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>159</v>
+        <v>290</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J101" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P101" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q101" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R101" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S101" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:42">
       <c r="A102" s="6" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E102" s="7">
         <v>20.0</v>
       </c>
       <c r="F102" s="6">
         <v>1.0</v>
       </c>
       <c r="G102" s="9">
         <v>450.0</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>294</v>
+        <v>95</v>
       </c>
       <c r="I102" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>160</v>
+        <v>292</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
       <c r="P102" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q102" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R102" s="6" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="S102" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="103" spans="1:42">
       <c r="A103" s="6" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E103" s="7">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="F103" s="6">
         <v>1.0</v>
       </c>
       <c r="G103" s="9">
         <v>450.0</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="I103" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O103" s="6" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="P103" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q103" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R103" s="6" t="s">
-        <v>33</v>
+        <v>295</v>
       </c>
       <c r="S103" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="104" spans="1:42">
       <c r="A104" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E104" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F104" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G104" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H104" s="8" t="s">
         <v>297</v>
       </c>
-      <c r="B104" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I104" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J104" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>298</v>
       </c>
       <c r="M104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O104" s="6" t="s">
-        <v>222</v>
+        <v>182</v>
       </c>
       <c r="P104" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q104" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R104" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S104" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="105" spans="1:42">
       <c r="A105" s="6" t="s">
         <v>299</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E105" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F105" s="6">
         <v>1.0</v>
       </c>
       <c r="G105" s="9">
         <v>450.0</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="I105" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>300</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O105" s="6" t="s">
-        <v>222</v>
+        <v>174</v>
       </c>
       <c r="P105" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q105" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R105" s="6" t="s">
         <v>301</v>
       </c>
       <c r="S105" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="106" spans="1:42">
       <c r="A106" s="6" t="s">
         <v>302</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E106" s="7">
-        <v>15.0</v>
+        <v>28.0</v>
       </c>
       <c r="F106" s="6">
         <v>1.0</v>
       </c>
       <c r="G106" s="9">
         <v>450.0</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="I106" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J106" s="6" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O106" s="6" t="s">
-        <v>222</v>
+        <v>174</v>
       </c>
       <c r="P106" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q106" s="6" t="s">
         <v>71</v>
       </c>
       <c r="R106" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="S106" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="107" spans="1:42">
       <c r="A107" s="6" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E107" s="7">
-        <v>5.0</v>
+        <v>23.0</v>
       </c>
       <c r="F107" s="6">
         <v>1.0</v>
       </c>
       <c r="G107" s="9">
         <v>450.0</v>
       </c>
       <c r="H107" s="8" t="s">
-        <v>132</v>
+        <v>87</v>
       </c>
       <c r="I107" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J107" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="M107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O107" s="6" t="s">
-        <v>218</v>
+        <v>174</v>
       </c>
       <c r="P107" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q107" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R107" s="6" t="s">
-        <v>306</v>
+        <v>245</v>
       </c>
       <c r="S107" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:42">
       <c r="A108" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E108" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F108" s="6">
         <v>1.0</v>
       </c>
       <c r="G108" s="9">
         <v>450.0</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I108" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J108" s="6" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O108" s="6" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="P108" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q108" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R108" s="6" t="s">
-        <v>33</v>
+        <v>311</v>
       </c>
       <c r="S108" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="109" spans="1:42">
       <c r="A109" s="6" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E109" s="7">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="F109" s="6">
         <v>1.0</v>
       </c>
       <c r="G109" s="9">
         <v>450.0</v>
       </c>
       <c r="H109" s="8" t="s">
-        <v>311</v>
+        <v>97</v>
       </c>
       <c r="I109" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J109" s="6" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
       <c r="M109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O109" s="6" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="P109" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q109" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R109" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S109" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:42">
       <c r="A110" s="6" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E110" s="7">
         <v>15.0</v>
       </c>
       <c r="F110" s="6">
         <v>1.0</v>
       </c>
       <c r="G110" s="9">
         <v>450.0</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>281</v>
+        <v>315</v>
       </c>
       <c r="I110" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J110" s="6" t="s">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="M110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="6" t="s">
-        <v>222</v>
+        <v>317</v>
       </c>
       <c r="P110" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q110" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R110" s="6" t="s">
-        <v>33</v>
+        <v>318</v>
       </c>
       <c r="S110" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:42">
       <c r="A111" s="6" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E111" s="7">
         <v>10.0</v>
       </c>
       <c r="F111" s="6">
         <v>1.0</v>
       </c>
       <c r="G111" s="9">
         <v>450.0</v>
       </c>
       <c r="H111" s="8" t="s">
-        <v>108</v>
+        <v>185</v>
       </c>
       <c r="I111" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J111" s="6" t="s">
-        <v>243</v>
+        <v>25</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="M111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O111" s="6" t="s">
-        <v>174</v>
+        <v>317</v>
       </c>
       <c r="P111" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q111" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R111" s="6" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="S111" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="112" spans="1:42">
       <c r="A112" s="6" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E112" s="7">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
       <c r="F112" s="6">
         <v>1.0</v>
       </c>
       <c r="G112" s="9">
         <v>450.0</v>
       </c>
       <c r="H112" s="8" t="s">
-        <v>318</v>
+        <v>143</v>
       </c>
       <c r="I112" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J112" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="M112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O112" s="6" t="s">
-        <v>174</v>
+        <v>218</v>
       </c>
       <c r="P112" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q112" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R112" s="6" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="S112" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="113" spans="1:42">
       <c r="A113" s="6" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E113" s="7">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
       <c r="F113" s="6">
         <v>1.0</v>
       </c>
       <c r="G113" s="9">
         <v>450.0</v>
       </c>
       <c r="H113" s="8" t="s">
-        <v>87</v>
+        <v>326</v>
       </c>
       <c r="I113" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J113" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="M113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O113" s="6" t="s">
-        <v>174</v>
+        <v>263</v>
       </c>
       <c r="P113" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q113" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R113" s="6" t="s">
-        <v>249</v>
+        <v>33</v>
       </c>
       <c r="S113" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="114" spans="1:42">
       <c r="A114" s="6" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E114" s="7">
         <v>15.0</v>
       </c>
       <c r="F114" s="6">
         <v>1.0</v>
       </c>
       <c r="G114" s="9">
         <v>450.0</v>
       </c>
       <c r="H114" s="8" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="I114" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J114" s="6" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O114" s="6" t="s">
-        <v>326</v>
+        <v>73</v>
       </c>
       <c r="P114" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q114" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R114" s="6" t="s">
-        <v>327</v>
+        <v>33</v>
       </c>
       <c r="S114" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="115" spans="1:42">
       <c r="A115" s="6" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E115" s="7">
         <v>10.0</v>
       </c>
       <c r="F115" s="6">
         <v>1.0</v>
       </c>
       <c r="G115" s="9">
         <v>450.0</v>
       </c>
       <c r="H115" s="8" t="s">
-        <v>185</v>
+        <v>87</v>
       </c>
       <c r="I115" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J115" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O115" s="6" t="s">
-        <v>326</v>
+        <v>73</v>
       </c>
       <c r="P115" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q115" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R115" s="6" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="S115" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:42">
       <c r="A116" s="6" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E116" s="7">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
       <c r="F116" s="6">
         <v>1.0</v>
       </c>
       <c r="G116" s="9">
         <v>450.0</v>
       </c>
       <c r="H116" s="8" t="s">
-        <v>143</v>
+        <v>334</v>
       </c>
       <c r="I116" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J116" s="6" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="M116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O116" s="6" t="s">
-        <v>218</v>
+        <v>263</v>
       </c>
       <c r="P116" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q116" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R116" s="6" t="s">
-        <v>333</v>
+        <v>74</v>
       </c>
       <c r="S116" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:42">
       <c r="A117" s="6" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E117" s="7">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="F117" s="6">
         <v>1.0</v>
       </c>
       <c r="G117" s="9">
         <v>450.0</v>
       </c>
       <c r="H117" s="8" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="I117" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J117" s="6" t="s">
-        <v>188</v>
+        <v>25</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M117" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O117" s="6" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="P117" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q117" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R117" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S117" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="118" spans="1:42">
       <c r="A118" s="6" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E118" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F118" s="6">
         <v>1.0</v>
       </c>
       <c r="G118" s="9">
         <v>450.0</v>
       </c>
       <c r="H118" s="8" t="s">
-        <v>338</v>
+        <v>102</v>
       </c>
       <c r="I118" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J118" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K118" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="M118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O118" s="6" t="s">
-        <v>73</v>
+        <v>218</v>
       </c>
       <c r="P118" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q118" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R118" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S118" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="119" spans="1:42">
       <c r="A119" s="6" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E119" s="7">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="F119" s="6">
         <v>1.0</v>
       </c>
       <c r="G119" s="9">
         <v>450.0</v>
       </c>
       <c r="H119" s="8" t="s">
-        <v>87</v>
+        <v>143</v>
       </c>
       <c r="I119" s="6" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J119" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K119" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>340</v>
       </c>
       <c r="M119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O119" s="6" t="s">
-        <v>73</v>
+        <v>263</v>
       </c>
       <c r="P119" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q119" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="R119" s="6" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="S119" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:42">
       <c r="A120" s="6" t="s">
         <v>342</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E120" s="7">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="F120" s="6">
         <v>1.0</v>
       </c>
       <c r="G120" s="9">
         <v>450.0</v>
       </c>
       <c r="H120" s="8" t="s">
         <v>343</v>
       </c>
       <c r="I120" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J120" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>221</v>
+        <v>344</v>
       </c>
       <c r="M120" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O120" s="6" t="s">
-        <v>267</v>
+        <v>73</v>
       </c>
       <c r="P120" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q120" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R120" s="6" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="S120" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="121" spans="1:42">
       <c r="A121" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E121" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="F121" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G121" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H121" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J121" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L121" s="6" t="s">
         <v>344</v>
       </c>
-      <c r="B121" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M121" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O121" s="6" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="P121" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q121" s="6" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="R121" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S121" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="122" spans="1:42">
       <c r="A122" s="6" t="s">
         <v>347</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E122" s="7">
         <v>10.0</v>
       </c>
       <c r="F122" s="6">
         <v>1.0</v>
       </c>
       <c r="G122" s="9">
         <v>450.0</v>
       </c>
       <c r="H122" s="8" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="I122" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J122" s="6" t="s">
         <v>188</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L122" s="6" t="s">
         <v>348</v>
       </c>
       <c r="M122" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O122" s="6" t="s">
-        <v>218</v>
+        <v>30</v>
       </c>
       <c r="P122" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q122" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R122" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S122" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:42">
       <c r="A123" s="6" t="s">
         <v>349</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E123" s="7">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="F123" s="6">
         <v>1.0</v>
       </c>
       <c r="G123" s="9">
         <v>450.0</v>
       </c>
       <c r="H123" s="8" t="s">
-        <v>143</v>
+        <v>350</v>
       </c>
       <c r="I123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J123" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="M123" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O123" s="6" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="P123" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q123" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R123" s="6" t="s">
-        <v>341</v>
+        <v>33</v>
       </c>
       <c r="S123" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="124" spans="1:42">
       <c r="A124" s="6" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E124" s="7">
-        <v>30.0</v>
+        <v>25.0</v>
       </c>
       <c r="F124" s="6">
         <v>1.0</v>
       </c>
       <c r="G124" s="9">
         <v>450.0</v>
       </c>
       <c r="H124" s="8" t="s">
-        <v>351</v>
+        <v>159</v>
       </c>
       <c r="I124" s="6" t="s">
         <v>45</v>
       </c>
       <c r="J124" s="6" t="s">
-        <v>188</v>
+        <v>25</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O124" s="6" t="s">
         <v>73</v>
       </c>
       <c r="P124" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q124" s="6" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="R124" s="6" t="s">
         <v>33</v>
       </c>
       <c r="S124" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:42">
       <c r="A125" s="6" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E125" s="7">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="F125" s="6">
         <v>1.0</v>
       </c>
       <c r="G125" s="9">
         <v>450.0</v>
       </c>
       <c r="H125" s="8" t="s">
-        <v>354</v>
+        <v>36</v>
       </c>
       <c r="I125" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J125" s="6" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="M125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O125" s="6" t="s">
-        <v>267</v>
+        <v>174</v>
       </c>
       <c r="P125" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q125" s="6" t="s">
-        <v>226</v>
+        <v>32</v>
       </c>
       <c r="R125" s="6" t="s">
-        <v>33</v>
+        <v>356</v>
       </c>
       <c r="S125" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="126" spans="1:42">
-[...234 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:R129"/>
+  <autoFilter ref="A2:R125"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>