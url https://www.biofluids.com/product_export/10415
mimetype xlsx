--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -633,51 +633,51 @@
   <si>
     <t>25-Apr-25</t>
   </si>
   <si>
     <t>BF19870391</t>
   </si>
   <si>
     <t>63 Y</t>
   </si>
   <si>
     <t>BF19870392</t>
   </si>
   <si>
     <t>34 Y</t>
   </si>
   <si>
     <t>24-Apr-25</t>
   </si>
   <si>
     <t>EPEC,EAEC</t>
   </si>
   <si>
     <t>BF19870409</t>
   </si>
   <si>
-    <t xml:space="preserve"> M</t>
+    <t>3 M</t>
   </si>
   <si>
     <t>01-May-25</t>
   </si>
   <si>
     <t>BF19870410</t>
   </si>
   <si>
     <t>23 Y</t>
   </si>
   <si>
     <t>GIARDIA</t>
   </si>
   <si>
     <t>BF19870495</t>
   </si>
   <si>
     <t>59 Y</t>
   </si>
   <si>
     <t>14-May-25</t>
   </si>
   <si>
     <t>BF19870514</t>
   </si>