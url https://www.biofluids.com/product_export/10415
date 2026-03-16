--- v1 (2025-11-26)
+++ v2 (2026-03-16)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$69</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -105,51 +105,51 @@
   <si>
     <t>Enteroinvasive E. coli (EIEC)</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Cary Blair Stool</t>
   </si>
   <si>
     <t>32 Y</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>U/A</t>
   </si>
   <si>
     <t>&lt;-70C</t>
   </si>
   <si>
     <t>14-Feb-25</t>
   </si>
   <si>
-    <t>BioFire Gastroinestinal PCR Panel</t>
+    <t>BioFire Gastrointestinal PCR Panel</t>
   </si>
   <si>
     <t>Positive</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t>Fisher</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>BF19864565</t>
   </si>
   <si>
     <t>20 Y</t>
   </si>
   <si>
     <t>19-Feb-25</t>
   </si>
@@ -552,99 +552,96 @@
   <si>
     <t>BF19866697</t>
   </si>
   <si>
     <t>22 M</t>
   </si>
   <si>
     <t>BF19866698</t>
   </si>
   <si>
     <t>BF19866705</t>
   </si>
   <si>
     <t>Enteropathogenic E. coli (EPEC)</t>
   </si>
   <si>
     <t>BF19866934</t>
   </si>
   <si>
     <t>33 Y</t>
   </si>
   <si>
     <t>24-Feb-25</t>
   </si>
   <si>
-    <t>BF19867968</t>
-[...7 lines deleted...]
-  <si>
     <t>BF19868250</t>
   </si>
   <si>
     <t>39 Y</t>
   </si>
   <si>
     <t>19-Jul-25</t>
   </si>
   <si>
     <t>EAEC, EIEC, GIARDIA</t>
   </si>
   <si>
     <t>BF19868609</t>
   </si>
   <si>
     <t>78 Y</t>
   </si>
   <si>
     <t>09-Aug-25</t>
   </si>
   <si>
     <t>EIEC, EPEC, ETEC, EAEC</t>
   </si>
   <si>
     <t>BF19868689</t>
   </si>
   <si>
     <t>21-Aug-25</t>
   </si>
   <si>
     <t>BF19868739</t>
   </si>
   <si>
     <t>74 Y</t>
   </si>
   <si>
     <t>16-Aug-25</t>
   </si>
   <si>
     <t>CAMPYLOBACTER SP., CDIFF, EIEC</t>
+  </si>
+  <si>
+    <t>BF19869478</t>
+  </si>
+  <si>
+    <t>13-Jan-26</t>
   </si>
   <si>
     <t>BF19870390</t>
   </si>
   <si>
     <t>51 Y</t>
   </si>
   <si>
     <t>25-Apr-25</t>
   </si>
   <si>
     <t>BF19870391</t>
   </si>
   <si>
     <t>63 Y</t>
   </si>
   <si>
     <t>BF19870392</t>
   </si>
   <si>
     <t>34 Y</t>
   </si>
   <si>
     <t>24-Apr-25</t>
   </si>
@@ -1126,51 +1123,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AP69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
-    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
+    <col min="13" max="13" width="41.133" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
@@ -4106,1075 +4103,1075 @@
       </c>
       <c r="Q51" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
         <v>177</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E52" s="7">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
         <v>450.0</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>114</v>
+        <v>178</v>
       </c>
       <c r="I52" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O52" s="6" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R52" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="S52" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E53" s="7">
-        <v>5.0</v>
+        <v>28.0</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>450.0</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J53" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O53" s="6" t="s">
-        <v>154</v>
+        <v>81</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q53" s="6" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="R53" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="S53" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E54" s="7">
-        <v>28.0</v>
+        <v>15.0</v>
       </c>
       <c r="F54" s="6">
         <v>1.0</v>
       </c>
       <c r="G54" s="9">
         <v>450.0</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>185</v>
+        <v>87</v>
       </c>
       <c r="I54" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J54" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>186</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O54" s="6" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q54" s="6" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="R54" s="6" t="s">
-        <v>187</v>
+        <v>38</v>
       </c>
       <c r="S54" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E55" s="7">
         <v>15.0</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>450.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>87</v>
+        <v>188</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>189</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="6" t="s">
-        <v>154</v>
+        <v>81</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R55" s="6" t="s">
-        <v>38</v>
+        <v>190</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E56" s="7">
         <v>15.0</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>450.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>191</v>
+        <v>62</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="6" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q56" s="6" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="R56" s="6" t="s">
-        <v>193</v>
+        <v>82</v>
       </c>
       <c r="S56" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E57" s="7">
         <v>15.0</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>450.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q57" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R57" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S57" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E58" s="7">
         <v>15.0</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>450.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="I58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J58" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q58" s="6" t="s">
         <v>42</v>
       </c>
       <c r="R58" s="6" t="s">
         <v>106</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E59" s="7">
         <v>10.0</v>
       </c>
       <c r="F59" s="6">
         <v>1.0</v>
       </c>
       <c r="G59" s="9">
         <v>450.0</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>42</v>
       </c>
       <c r="R59" s="6" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="S59" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E60" s="7">
         <v>20.0</v>
       </c>
       <c r="F60" s="6">
         <v>1.0</v>
       </c>
       <c r="G60" s="9">
         <v>450.0</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J60" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q60" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R60" s="6" t="s">
         <v>124</v>
       </c>
       <c r="S60" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E61" s="7">
         <v>25.0</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
         <v>450.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="I61" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J61" s="6" t="s">
         <v>105</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q61" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R61" s="6" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="S61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="7">
         <v>30.0</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>450.0</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J62" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q62" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R62" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S62" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:42">
       <c r="A63" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="7">
         <v>10.0</v>
       </c>
       <c r="F63" s="6">
         <v>1.0</v>
       </c>
       <c r="G63" s="9">
         <v>450.0</v>
       </c>
       <c r="H63" s="8" t="s">
         <v>165</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="6" t="s">
         <v>94</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="64" spans="1:42">
       <c r="A64" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E64" s="7">
         <v>28.0</v>
       </c>
       <c r="F64" s="6">
         <v>1.0</v>
       </c>
       <c r="G64" s="9">
         <v>450.0</v>
       </c>
       <c r="H64" s="8" t="s">
         <v>87</v>
       </c>
       <c r="I64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J64" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q64" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R64" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="S64" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:42">
       <c r="A65" s="6" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E65" s="7">
         <v>20.0</v>
       </c>
       <c r="F65" s="6">
         <v>1.0</v>
       </c>
       <c r="G65" s="9">
         <v>450.0</v>
       </c>
       <c r="H65" s="8" t="s">
         <v>97</v>
       </c>
       <c r="I65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J65" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O65" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P65" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q65" s="6" t="s">
         <v>42</v>
       </c>
       <c r="R65" s="6" t="s">
         <v>106</v>
       </c>
       <c r="S65" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:42">
       <c r="A66" s="6" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E66" s="7">
         <v>25.0</v>
       </c>
       <c r="F66" s="6">
         <v>1.0</v>
       </c>
       <c r="G66" s="9">
         <v>450.0</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="I66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J66" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P66" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q66" s="6" t="s">
         <v>42</v>
       </c>
       <c r="R66" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S66" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:42">
       <c r="A67" s="6" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E67" s="7">
         <v>18.0</v>
       </c>
       <c r="F67" s="6">
         <v>1.0</v>
       </c>
       <c r="G67" s="9">
         <v>450.0</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="I67" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J67" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="M67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P67" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q67" s="6" t="s">
         <v>42</v>
       </c>
       <c r="R67" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S67" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="68" spans="1:42">
       <c r="A68" s="6" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E68" s="7">
         <v>25.0</v>
       </c>
       <c r="F68" s="6">
         <v>1.0</v>
       </c>
       <c r="G68" s="9">
         <v>450.0</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="I68" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J68" s="6" t="s">
         <v>105</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="M68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q68" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R68" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="S68" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:42">
       <c r="A69" s="6" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E69" s="7">
         <v>17.0</v>
       </c>
       <c r="F69" s="6">
         <v>1.0</v>
       </c>
       <c r="G69" s="9">
         <v>450.0</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="I69" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J69" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="M69" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P69" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q69" s="6" t="s">
         <v>120</v>
       </c>
       <c r="R69" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S69" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:R69"/>