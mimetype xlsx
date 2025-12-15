--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$S$43</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$S$48</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -273,231 +273,255 @@
   <si>
     <t xml:space="preserve">Body Fluid Examination Cytocentrifuge and Macroscopic/Microscopic Manual Read	</t>
   </si>
   <si>
     <t>KH24-04428</t>
   </si>
   <si>
     <t>KH24-04535</t>
   </si>
   <si>
     <t>28-Sep-23</t>
   </si>
   <si>
     <t>G91.2</t>
   </si>
   <si>
     <t>KH24-04540</t>
   </si>
   <si>
     <t>01-Nov-23</t>
   </si>
   <si>
     <t>Hydrocephalus with Operating Shunt</t>
   </si>
   <si>
+    <t>KH24-04541</t>
+  </si>
+  <si>
+    <t>CSF Differential Cytocentrifuge and Microscopic Manual Read</t>
+  </si>
+  <si>
+    <t>Segmented Neutrophils, CSF</t>
+  </si>
+  <si>
     <t>KH24-04625</t>
   </si>
   <si>
     <t>20-Nov-23</t>
   </si>
   <si>
+    <t>KH24-04628</t>
+  </si>
+  <si>
+    <t>15-Nov-23</t>
+  </si>
+  <si>
+    <t>Monocyte, CSF</t>
+  </si>
+  <si>
     <t>KH24-05157</t>
   </si>
   <si>
     <t>87 Y</t>
   </si>
   <si>
     <t>06-Feb-24</t>
   </si>
   <si>
-    <t>KH24-05166</t>
-[...4 lines deleted...]
-  <si>
     <t>KH24-05595</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>KH24-05597</t>
   </si>
   <si>
     <t>05-Oct-23</t>
   </si>
   <si>
-    <t>KH24-05612</t>
+    <t>KH24-05931</t>
+  </si>
+  <si>
+    <t>17 Y</t>
+  </si>
+  <si>
+    <t>09-Sep-23</t>
+  </si>
+  <si>
+    <t>hydrocephalus</t>
+  </si>
+  <si>
+    <t>KH24-06993</t>
+  </si>
+  <si>
+    <t>51 Y</t>
+  </si>
+  <si>
+    <t>22-Feb-24</t>
+  </si>
+  <si>
+    <t>KH24-11576</t>
+  </si>
+  <si>
+    <t>11 Y</t>
+  </si>
+  <si>
+    <t>04-Jul-24</t>
+  </si>
+  <si>
+    <t>KH24-11585</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>KH24-12661</t>
   </si>
   <si>
     <t>37 Y</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
-[...47 lines deleted...]
-    <t>KH24-12661</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>15-Jul-24</t>
   </si>
   <si>
     <t>KH24-12663</t>
   </si>
   <si>
     <t>60 Y</t>
   </si>
   <si>
     <t>16-Jul-24</t>
   </si>
   <si>
+    <t>KH24-12680</t>
+  </si>
+  <si>
+    <t>KH24-12894</t>
+  </si>
+  <si>
+    <t>30-Jun-24</t>
+  </si>
+  <si>
     <t>KH24-12895</t>
   </si>
   <si>
     <t>27-Jul-24</t>
   </si>
   <si>
+    <t>KH24-12897</t>
+  </si>
+  <si>
+    <t>KH24-12898</t>
+  </si>
+  <si>
+    <t>17-Jul-24</t>
+  </si>
+  <si>
+    <t>KH24-12899</t>
+  </si>
+  <si>
+    <t>18-Jul-24</t>
+  </si>
+  <si>
+    <t>KH24-12900</t>
+  </si>
+  <si>
+    <t>19-Jul-24</t>
+  </si>
+  <si>
     <t>KH24-12901</t>
   </si>
   <si>
     <t>25-Jul-24</t>
   </si>
   <si>
     <t>KH24-12903</t>
   </si>
   <si>
     <t>28-Jul-24</t>
   </si>
   <si>
     <t>KH24-12904</t>
   </si>
   <si>
+    <t>KH24-12905</t>
+  </si>
+  <si>
+    <t>23-Jul-24</t>
+  </si>
+  <si>
     <t>KH24-12906</t>
   </si>
   <si>
     <t>09-Jul-24</t>
   </si>
   <si>
-    <t>KH24-13250</t>
-[...2 lines deleted...]
-    <t>24 Y</t>
+    <t>KH25-00581</t>
+  </si>
+  <si>
+    <t>29-Jul-24</t>
+  </si>
+  <si>
+    <t>Obstructive hydrocephalus</t>
+  </si>
+  <si>
+    <t>KH25-00588</t>
+  </si>
+  <si>
+    <t>11-Aug-24</t>
+  </si>
+  <si>
+    <t>KH25-00589</t>
   </si>
   <si>
     <t>14-Aug-24</t>
   </si>
   <si>
-    <t>KH25-00581</t>
-[...16 lines deleted...]
-  <si>
     <t>KH25-00592</t>
   </si>
   <si>
     <t>18-Sep-24</t>
   </si>
   <si>
     <t>KH25-02060</t>
   </si>
   <si>
     <t>26-Sep-24</t>
   </si>
   <si>
     <t>KH25-02061</t>
   </si>
   <si>
     <t>9 Y</t>
   </si>
   <si>
     <t>05-Oct-24</t>
-  </si>
-[...4 lines deleted...]
-    <t>30-Sep-24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -850,75 +874,75 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP43"/>
+  <dimension ref="A1:AP48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="93.12" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="41.133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
@@ -1905,387 +1929,381 @@
       <c r="Q18" s="6"/>
       <c r="R18" s="6">
         <v>45469786</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>400.0</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L19" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="M19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" s="6">
-        <v>31.0</v>
+        <v>13.0</v>
       </c>
       <c r="O19" s="6"/>
       <c r="P19" s="6" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="Q19" s="6"/>
       <c r="R19" s="6">
         <v>45469786</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="T19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="7">
         <v>1.25</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>400.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>88</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="N20" s="6">
-        <v>44.0</v>
+        <v>31.0</v>
       </c>
       <c r="O20" s="6"/>
       <c r="P20" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Q20" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q20" s="6"/>
       <c r="R20" s="6">
         <v>45469786</v>
       </c>
-      <c r="S20" s="6"/>
+      <c r="S20" s="6" t="s">
+        <v>31</v>
+      </c>
       <c r="T20" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>400.0</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="N21" s="6">
-        <v>58.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>47.0</v>
+      </c>
+      <c r="O21" s="6"/>
       <c r="P21" s="6" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="Q21" s="6"/>
       <c r="R21" s="6">
         <v>45469786</v>
       </c>
-      <c r="S21" s="6"/>
+      <c r="S21" s="6" t="s">
+        <v>31</v>
+      </c>
       <c r="T21" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:42">
       <c r="A22" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F22" s="6">
         <v>1.0</v>
       </c>
       <c r="G22" s="9">
         <v>400.0</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="N22" s="6">
-        <v>16.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>44.0</v>
+      </c>
+      <c r="O22" s="6"/>
       <c r="P22" s="6" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="Q22" s="6" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="R22" s="6">
         <v>45469786</v>
       </c>
-      <c r="S22" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S22" s="6"/>
       <c r="T22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:42">
       <c r="A23" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>
       </c>
       <c r="G23" s="9">
         <v>400.0</v>
       </c>
       <c r="H23" s="8" t="s">
         <v>50</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N23" s="6">
-        <v>48.0</v>
+        <v>16.0</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="R23" s="6">
         <v>45469786</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T23" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:42">
       <c r="A24" s="6" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="7">
         <v>1.25</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>400.0</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N24" s="6">
-        <v>93.0</v>
+        <v>48.0</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q24" s="6" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="R24" s="6">
         <v>45469786</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
         <v>99</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="7">
@@ -2327,92 +2345,92 @@
       <c r="Q25" s="6"/>
       <c r="R25" s="6">
         <v>45469786</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>102</v>
       </c>
       <c r="T25" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E26" s="7">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>400.0</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I26" s="6" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>105</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="N26" s="6">
-        <v>14.0</v>
+        <v>100.0</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="Q26" s="6"/>
       <c r="R26" s="6">
         <v>45469786</v>
       </c>
-      <c r="S26" s="6"/>
+      <c r="S26" s="6" t="s">
+        <v>31</v>
+      </c>
       <c r="T26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="7">
         <v>1.5</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>400.0</v>
@@ -2456,119 +2474,119 @@
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="7">
         <v>1.5</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>400.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N28" s="6">
         <v>15.0</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q28" s="6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="R28" s="6">
         <v>45469786</v>
       </c>
       <c r="S28" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T28" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="7">
         <v>1.0</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>400.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>114</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N29" s="6">
         <v>36.0</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R29" s="6">
         <v>45469786</v>
       </c>
@@ -2629,818 +2647,1120 @@
       <c r="Q30" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R30" s="6">
         <v>45469786</v>
       </c>
       <c r="S30" s="6"/>
       <c r="T30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E31" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>400.0</v>
       </c>
       <c r="H31" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N31" s="6">
-        <v>29.0</v>
+        <v>21.0</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Q31" s="6"/>
+      <c r="Q31" s="6" t="s">
+        <v>110</v>
+      </c>
       <c r="R31" s="6">
         <v>45469786</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T31" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>400.0</v>
       </c>
       <c r="H32" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N32" s="6">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q32" s="6"/>
       <c r="R32" s="6">
         <v>45469786</v>
       </c>
       <c r="S32" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E33" s="7">
         <v>1.5</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>400.0</v>
       </c>
       <c r="H33" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J33" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N33" s="6">
-        <v>20.0</v>
+        <v>29.0</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q33" s="6"/>
       <c r="R33" s="6">
         <v>45469786</v>
       </c>
       <c r="S33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T33" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E34" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>400.0</v>
       </c>
       <c r="H34" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N34" s="6">
-        <v>20.0</v>
+        <v>21.0</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q34" s="6"/>
       <c r="R34" s="6">
         <v>45469786</v>
       </c>
       <c r="S34" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T34" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E35" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>400.0</v>
       </c>
       <c r="H35" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N35" s="6">
-        <v>19.0</v>
+        <v>21.0</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q35" s="6"/>
       <c r="R35" s="6">
         <v>45469786</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T35" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:42">
       <c r="A36" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E36" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F36" s="6">
         <v>1.0</v>
       </c>
       <c r="G36" s="9">
         <v>400.0</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N36" s="6">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
       <c r="O36" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Q36" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q36" s="6"/>
       <c r="R36" s="6">
         <v>45469786</v>
       </c>
-      <c r="S36" s="6"/>
+      <c r="S36" s="6" t="s">
+        <v>31</v>
+      </c>
       <c r="T36" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:42">
       <c r="A37" s="6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E37" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F37" s="6">
         <v>1.0</v>
       </c>
       <c r="G37" s="9">
         <v>400.0</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N37" s="6">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q37" s="6"/>
       <c r="R37" s="6">
         <v>45469786</v>
       </c>
       <c r="S37" s="6" t="s">
-        <v>132</v>
+        <v>31</v>
       </c>
       <c r="T37" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:42">
       <c r="A38" s="6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E38" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F38" s="6">
         <v>1.0</v>
       </c>
       <c r="G38" s="9">
         <v>400.0</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N38" s="6">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q38" s="6"/>
       <c r="R38" s="6">
         <v>45469786</v>
       </c>
       <c r="S38" s="6" t="s">
-        <v>132</v>
+        <v>31</v>
       </c>
       <c r="T38" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:42">
       <c r="A39" s="6" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E39" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F39" s="6">
         <v>1.0</v>
       </c>
       <c r="G39" s="9">
         <v>400.0</v>
       </c>
       <c r="H39" s="8" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N39" s="6">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q39" s="6"/>
       <c r="R39" s="6">
         <v>45469786</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>132</v>
+        <v>31</v>
       </c>
       <c r="T39" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:42">
       <c r="A40" s="6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E40" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F40" s="6">
         <v>1.0</v>
       </c>
       <c r="G40" s="9">
         <v>400.0</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="J40" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N40" s="6">
-        <v>31.0</v>
+        <v>20.0</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q40" s="6"/>
       <c r="R40" s="6">
         <v>45469786</v>
       </c>
       <c r="S40" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T40" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:42">
       <c r="A41" s="6" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E41" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F41" s="6">
         <v>1.0</v>
       </c>
       <c r="G41" s="9">
         <v>400.0</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="I41" s="6" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="J41" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N41" s="6">
-        <v>33.0</v>
+        <v>14.0</v>
       </c>
       <c r="O41" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q41" s="6"/>
       <c r="R41" s="6">
         <v>45469786</v>
       </c>
       <c r="S41" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T41" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:42">
       <c r="A42" s="6" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E42" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="9">
         <v>400.0</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>141</v>
+        <v>107</v>
       </c>
       <c r="I42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J42" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N42" s="6">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
       <c r="O42" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q42" s="6"/>
       <c r="R42" s="6">
         <v>45469786</v>
       </c>
       <c r="S42" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T42" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:42">
       <c r="A43" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E43" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F43" s="6">
         <v>1.0</v>
       </c>
       <c r="G43" s="9">
         <v>400.0</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N43" s="6">
-        <v>31.0</v>
+        <v>2.0</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q43" s="6"/>
       <c r="R43" s="6">
         <v>45469786</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="T43" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="44" spans="1:42">
+      <c r="A44" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E44" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F44" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G44" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="M44" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N44" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="O44" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P44" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q44" s="6"/>
+      <c r="R44" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S44" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="T44" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="45" spans="1:42">
+      <c r="A45" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E45" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F45" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G45" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N45" s="6">
+        <v>17.0</v>
+      </c>
+      <c r="O45" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P45" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q45" s="6"/>
+      <c r="R45" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S45" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="T45" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="46" spans="1:42">
+      <c r="A46" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E46" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F46" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G46" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="J46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N46" s="6">
+        <v>31.0</v>
+      </c>
+      <c r="O46" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P46" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q46" s="6"/>
+      <c r="R46" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S46" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="T46" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="47" spans="1:42">
+      <c r="A47" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E47" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F47" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G47" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N47" s="6">
+        <v>33.0</v>
+      </c>
+      <c r="O47" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P47" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q47" s="6"/>
+      <c r="R47" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S47" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="T47" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="48" spans="1:42">
+      <c r="A48" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E48" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F48" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G48" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="M48" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N48" s="6">
+        <v>18.0</v>
+      </c>
+      <c r="O48" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P48" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q48" s="6"/>
+      <c r="R48" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="S48" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="T48" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:S43"/>
+  <autoFilter ref="A2:S48"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>