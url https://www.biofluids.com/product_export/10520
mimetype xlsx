--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$21</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -181,50 +181,182 @@
     <t>62 Y</t>
   </si>
   <si>
     <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>29-Sep-25</t>
   </si>
   <si>
     <t>REMEL</t>
   </si>
   <si>
     <t>EPEC</t>
   </si>
   <si>
     <t>BF19868862</t>
   </si>
   <si>
     <t>55 Y</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>06-Oct-25</t>
+  </si>
+  <si>
+    <t>BF19869679</t>
+  </si>
+  <si>
+    <t>44 Y</t>
+  </si>
+  <si>
+    <t>25-Nov-25</t>
+  </si>
+  <si>
+    <t>VIBRIO CHOLERA</t>
+  </si>
+  <si>
+    <t>BF19869717</t>
+  </si>
+  <si>
+    <t>20 Y</t>
+  </si>
+  <si>
+    <t>04-Dec-25</t>
+  </si>
+  <si>
+    <t>VIBRIO CHOLERA, EPEC</t>
+  </si>
+  <si>
+    <t>BF19869718</t>
+  </si>
+  <si>
+    <t>3 Y</t>
+  </si>
+  <si>
+    <t>VIBRIO CHOLERA, ASTROVIRUS</t>
+  </si>
+  <si>
+    <t>BF19869719</t>
+  </si>
+  <si>
+    <t>22 Y</t>
+  </si>
+  <si>
+    <t>BF19869720</t>
+  </si>
+  <si>
+    <t>21 Y</t>
+  </si>
+  <si>
+    <t>07-Dec-25</t>
+  </si>
+  <si>
+    <t>BF19869752</t>
+  </si>
+  <si>
+    <t>16-Dec-25</t>
+  </si>
+  <si>
+    <t>SALMONELLA, STEC</t>
+  </si>
+  <si>
+    <t>BF19869812</t>
+  </si>
+  <si>
+    <t>32 Y</t>
+  </si>
+  <si>
+    <t>U/A</t>
+  </si>
+  <si>
+    <t>21-Oct-25</t>
+  </si>
+  <si>
+    <t>VIBCHO,EAEC,ETEC,EPEC</t>
+  </si>
+  <si>
+    <t>BF19869813</t>
+  </si>
+  <si>
+    <t>54 Y</t>
+  </si>
+  <si>
+    <t>24-Oct-25</t>
+  </si>
+  <si>
+    <t>BF19869827</t>
+  </si>
+  <si>
+    <t>86 Y</t>
+  </si>
+  <si>
+    <t>02-Nov-25</t>
+  </si>
+  <si>
+    <t>BF19870009</t>
+  </si>
+  <si>
+    <t>12 Y</t>
+  </si>
+  <si>
+    <t>11-Nov-25</t>
+  </si>
+  <si>
+    <t>BF19870010</t>
+  </si>
+  <si>
+    <t>2 Y</t>
+  </si>
+  <si>
+    <t>14-Nov-25</t>
+  </si>
+  <si>
+    <t>ETEC,EAEC,NOROVIRUS</t>
+  </si>
+  <si>
+    <t>BF19870045</t>
+  </si>
+  <si>
+    <t>65 Y</t>
+  </si>
+  <si>
+    <t>18-Nov-25</t>
+  </si>
+  <si>
+    <t>BF19870046</t>
+  </si>
+  <si>
+    <t>85 Y</t>
+  </si>
+  <si>
+    <t>21-Nov-25</t>
+  </si>
+  <si>
+    <t>FISHER</t>
   </si>
   <si>
     <t>BF19870195</t>
   </si>
   <si>
     <t>56 Y</t>
   </si>
   <si>
     <t>31-Aug-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -586,51 +718,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP8"/>
+  <dimension ref="A1:AP21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -991,97 +1123,864 @@
       </c>
       <c r="Q7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="7">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
       <c r="F8" s="6">
         <v>1.0</v>
       </c>
       <c r="G8" s="9">
         <v>450.0</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>55</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
     </row>
+    <row r="9" spans="1:42">
+      <c r="A9" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F9" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G9" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="S9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:42">
+      <c r="A10" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G10" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R10" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="S10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42">
+      <c r="A11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" s="7">
+        <v>23.0</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M11" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S11" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:42">
+      <c r="A12" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F12" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="M12" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N12" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R12" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S12" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42">
+      <c r="A13" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N13" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R13" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="S13" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:42">
+      <c r="A14" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="M14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O14" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q14" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R14" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="S14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42">
+      <c r="A15" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="7">
+        <v>23.0</v>
+      </c>
+      <c r="F15" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q15" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:42">
+      <c r="A16" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F16" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="M16" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O16" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q16" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R16" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="S16" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:42">
+      <c r="A17" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E17" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F17" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O17" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q17" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R17" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="S17" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:42">
+      <c r="A18" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F18" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G18" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="M18" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N18" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q18" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R18" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="S18" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:42">
+      <c r="A19" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E19" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="F19" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G19" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="M19" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N19" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O19" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q19" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R19" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="S19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:42">
+      <c r="A20" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E20" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F20" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G20" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N20" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O20" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q20" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="R20" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S20" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:42">
+      <c r="A21" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="7">
+        <v>30.0</v>
+      </c>
+      <c r="F21" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G21" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q21" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R21" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S21" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R8"/>
+  <autoFilter ref="A2:R21"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>