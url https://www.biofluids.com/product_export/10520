--- v1 (2026-01-10)
+++ v2 (2026-02-27)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$22</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -123,114 +123,126 @@
   <si>
     <t>&lt;-70C</t>
   </si>
   <si>
     <t>25-Aug-25</t>
   </si>
   <si>
     <t>BioFire Gastroinestinal PCR Panel</t>
   </si>
   <si>
     <t>Positive</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t>Fisher</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>BF19868716</t>
-[...2 lines deleted...]
-    <t>53 Y</t>
+    <t>BF19868788</t>
+  </si>
+  <si>
+    <t>68 Y</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Asian</t>
+  </si>
+  <si>
+    <t>19-Sep-25</t>
+  </si>
+  <si>
+    <t>Remel</t>
+  </si>
+  <si>
+    <t>BF19868819</t>
+  </si>
+  <si>
+    <t>62 Y</t>
+  </si>
+  <si>
+    <t>American Indian / Alaskan Native</t>
+  </si>
+  <si>
+    <t>29-Sep-25</t>
+  </si>
+  <si>
+    <t>REMEL</t>
+  </si>
+  <si>
+    <t>EPEC</t>
+  </si>
+  <si>
+    <t>BF19868862</t>
+  </si>
+  <si>
+    <t>55 Y</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>06-Oct-25</t>
+  </si>
+  <si>
+    <t>BF19869476</t>
+  </si>
+  <si>
+    <t>87 Y</t>
+  </si>
+  <si>
+    <t>13-Jan-26</t>
+  </si>
+  <si>
+    <t>BF19869632</t>
+  </si>
+  <si>
+    <t>83 Y</t>
+  </si>
+  <si>
+    <t>08-Jan-26</t>
+  </si>
+  <si>
+    <t>C.DIFF</t>
+  </si>
+  <si>
+    <t>BF19869679</t>
+  </si>
+  <si>
+    <t>44 Y</t>
   </si>
   <si>
     <t>Black</t>
-  </si>
-[...55 lines deleted...]
-    <t>44 Y</t>
   </si>
   <si>
     <t>25-Nov-25</t>
   </si>
   <si>
     <t>VIBRIO CHOLERA</t>
   </si>
   <si>
     <t>BF19869717</t>
   </si>
   <si>
     <t>20 Y</t>
   </si>
   <si>
     <t>04-Dec-25</t>
   </si>
   <si>
     <t>VIBRIO CHOLERA, EPEC</t>
   </si>
   <si>
     <t>BF19869718</t>
   </si>
   <si>
     <t>3 Y</t>
   </si>
@@ -718,77 +730,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP21"/>
+  <dimension ref="A1:AP22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
@@ -887,1100 +899,1159 @@
       </c>
       <c r="Q3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:42">
       <c r="A4" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="7">
-        <v>15.0</v>
+        <v>50.0</v>
       </c>
       <c r="F4" s="6">
         <v>1.0</v>
       </c>
       <c r="G4" s="9">
         <v>450.0</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J4" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N4" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O4" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P4" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q4" s="6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="R4" s="6" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:42">
       <c r="A5" s="6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="7">
-        <v>50.0</v>
+        <v>13.0</v>
       </c>
       <c r="F5" s="6">
         <v>1.0</v>
       </c>
       <c r="G5" s="9">
         <v>450.0</v>
       </c>
       <c r="H5" s="8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J5" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q5" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="R5" s="6" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="7">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
       <c r="F6" s="6">
         <v>1.0</v>
       </c>
       <c r="G6" s="9">
         <v>450.0</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I6" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J6" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" s="6" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:42">
       <c r="A7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="7">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
       <c r="F7" s="6">
         <v>1.0</v>
       </c>
       <c r="G7" s="9">
         <v>450.0</v>
       </c>
       <c r="H7" s="8" t="s">
         <v>51</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="7">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
       <c r="F8" s="6">
         <v>1.0</v>
       </c>
       <c r="G8" s="9">
         <v>450.0</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:42">
       <c r="A9" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="7">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="F9" s="6">
         <v>1.0</v>
       </c>
       <c r="G9" s="9">
         <v>450.0</v>
       </c>
       <c r="H9" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J9" s="6" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:42">
       <c r="A10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="7">
-        <v>26.0</v>
+        <v>15.0</v>
       </c>
       <c r="F10" s="6">
         <v>1.0</v>
       </c>
       <c r="G10" s="9">
         <v>450.0</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J10" s="6" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:42">
       <c r="A11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="7">
-        <v>23.0</v>
+        <v>26.0</v>
       </c>
       <c r="F11" s="6">
         <v>1.0</v>
       </c>
       <c r="G11" s="9">
         <v>450.0</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:42">
       <c r="A12" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="7">
-        <v>20.0</v>
+        <v>23.0</v>
       </c>
       <c r="F12" s="6">
         <v>1.0</v>
       </c>
       <c r="G12" s="9">
         <v>450.0</v>
       </c>
       <c r="H12" s="8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J12" s="6" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q12" s="6" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:42">
       <c r="A13" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="7">
         <v>20.0</v>
       </c>
       <c r="F13" s="6">
         <v>1.0</v>
       </c>
       <c r="G13" s="9">
         <v>450.0</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q13" s="6" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:42">
       <c r="A14" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F14" s="6">
         <v>1.0</v>
       </c>
       <c r="G14" s="9">
         <v>450.0</v>
       </c>
       <c r="H14" s="8" t="s">
-        <v>74</v>
+        <v>47</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q14" s="6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:42">
       <c r="A15" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="7">
-        <v>23.0</v>
+        <v>15.0</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="9">
         <v>450.0</v>
       </c>
       <c r="H15" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J15" s="6" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:42">
       <c r="A16" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="7">
-        <v>10.0</v>
+        <v>23.0</v>
       </c>
       <c r="F16" s="6">
         <v>1.0</v>
       </c>
       <c r="G16" s="9">
         <v>450.0</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="7">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="F17" s="6">
         <v>1.0</v>
       </c>
       <c r="G17" s="9">
         <v>450.0</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="S17" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F18" s="6">
         <v>1.0</v>
       </c>
       <c r="G18" s="9">
         <v>450.0</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
         <v>91</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="7">
-        <v>24.0</v>
+        <v>10.0</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>450.0</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>92</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="S19" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="7">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>450.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I20" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q20" s="6" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="7">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>450.0</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>99</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>100</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q21" s="6" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S21" t="s">
         <v>33</v>
       </c>
     </row>
+    <row r="22" spans="1:42">
+      <c r="A22" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E22" s="7">
+        <v>30.0</v>
+      </c>
+      <c r="F22" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G22" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N22" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q22" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R22" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S22" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R21"/>
+  <autoFilter ref="A2:R22"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>