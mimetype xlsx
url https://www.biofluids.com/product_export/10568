--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -127,62 +127,50 @@
     <t>19-Oct-23</t>
   </si>
   <si>
     <t>CSF Differential Cytocentrifuge and Microscopic Manual Read</t>
   </si>
   <si>
     <t>Segmented Neutrophils, CSF</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>KH24-04433</t>
   </si>
   <si>
     <t>02-Nov-23</t>
   </si>
   <si>
     <t>Abbott Architect Hexokinase, UV</t>
   </si>
   <si>
     <t>mg/dL</t>
   </si>
   <si>
     <t>Glucose, CSF</t>
-  </si>
-[...10 lines deleted...]
-    <t>White</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -535,51 +523,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP5"/>
+  <dimension ref="A1:AP4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="70.697" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
@@ -747,109 +735,52 @@
       <c r="L4" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="N4" s="6">
         <v>62.0</v>
       </c>
       <c r="O4" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q4" s="6">
         <v>45469786</v>
       </c>
       <c r="R4" s="6" t="s">
         <v>20</v>
       </c>
       <c r="S4" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="5" spans="1:42">
-[...55 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:R5"/>
+  <autoFilter ref="A2:R4"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>