--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -450,51 +450,51 @@
   <si>
     <t>BF19865755</t>
   </si>
   <si>
     <t>62 Y</t>
   </si>
   <si>
     <t>BF19865770</t>
   </si>
   <si>
     <t>BF19865771</t>
   </si>
   <si>
     <t>35 Y</t>
   </si>
   <si>
     <t>10-May-25</t>
   </si>
   <si>
     <t>BF19865772</t>
   </si>
   <si>
     <t>9 Y</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>09-May-25</t>
   </si>
   <si>
     <t>BF19866396</t>
   </si>
   <si>
     <t>64 Y</t>
   </si>
   <si>
     <t>BF19866397</t>
   </si>
   <si>
     <t>16-Mar-25</t>
   </si>
   <si>
     <t>BF19866398</t>
   </si>
   <si>
     <t>18-Mar-25</t>
   </si>
   <si>
     <t>CDIFF, NOROVIRUS</t>
   </si>
@@ -1090,51 +1090,51 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AP64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>