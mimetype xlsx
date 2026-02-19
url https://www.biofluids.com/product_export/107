--- v1 (2025-12-14)
+++ v2 (2026-02-19)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$64</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -534,80 +534,80 @@
   <si>
     <t>06-Apr-25</t>
   </si>
   <si>
     <t>CDIFF,EAEC,EPEC</t>
   </si>
   <si>
     <t>BF19866618</t>
   </si>
   <si>
     <t>07-Apr-25</t>
   </si>
   <si>
     <t>BF19868197</t>
   </si>
   <si>
     <t>10 Y</t>
   </si>
   <si>
     <t>15-Jul-25</t>
   </si>
   <si>
     <t>SALMONELA</t>
   </si>
   <si>
-    <t>BF19868244</t>
-[...13 lines deleted...]
-  <si>
     <t>BF19868379</t>
   </si>
   <si>
     <t>26-Jun-25</t>
   </si>
   <si>
     <t>SALMONELLA, EAEC, ETEC, STEC</t>
   </si>
   <si>
     <t>BF19868541</t>
   </si>
   <si>
     <t>22-Jul-25</t>
   </si>
   <si>
+    <t>BF19869752</t>
+  </si>
+  <si>
+    <t>55 Y</t>
+  </si>
+  <si>
+    <t>16-Dec-25</t>
+  </si>
+  <si>
+    <t>Vibrio</t>
+  </si>
+  <si>
+    <t>SALMONELLA, STEC</t>
+  </si>
+  <si>
     <t>BF19870385</t>
   </si>
   <si>
     <t>25-Apr-25</t>
   </si>
   <si>
     <t>EAEC</t>
   </si>
   <si>
     <t>BF19870386</t>
   </si>
   <si>
     <t>26-Apr-25</t>
   </si>
   <si>
     <t>BF19870387</t>
   </si>
   <si>
     <t>74 Y</t>
   </si>
   <si>
     <t>22-Apr-25</t>
   </si>
   <si>
     <t>BF19870398</t>
@@ -649,53 +649,50 @@
     <t>12-May-25</t>
   </si>
   <si>
     <t>BF19870488</t>
   </si>
   <si>
     <t>19 Y</t>
   </si>
   <si>
     <t>13-May-25</t>
   </si>
   <si>
     <t>BF19870489</t>
   </si>
   <si>
     <t>EPEC,EAEC</t>
   </si>
   <si>
     <t>BF19870490</t>
   </si>
   <si>
     <t>3 Y</t>
   </si>
   <si>
     <t>BF19870496</t>
-  </si>
-[...1 lines deleted...]
-    <t>55 Y</t>
   </si>
   <si>
     <t>14-May-25</t>
   </si>
   <si>
     <t>Cardinal</t>
   </si>
   <si>
     <t>BF19870513</t>
   </si>
   <si>
     <t>17-May-25</t>
   </si>
   <si>
     <t>BF19870857</t>
   </si>
   <si>
     <t>38 Y</t>
   </si>
   <si>
     <t>20-May-25</t>
   </si>
   <si>
     <t>SALMONELLA, EAEC, EPEC, ETEC</t>
   </si>
@@ -3778,208 +3775,208 @@
       </c>
       <c r="Q46" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R46" s="6" t="s">
         <v>170</v>
       </c>
       <c r="S46" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
         <v>171</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="7">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="F47" s="6">
         <v>1.0</v>
       </c>
       <c r="G47" s="9">
         <v>450.0</v>
       </c>
       <c r="H47" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="I47" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="S47" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
         <v>450.0</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="I48" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J48" s="6" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>39</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q48" s="6" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="R48" s="6" t="s">
-        <v>178</v>
+        <v>33</v>
       </c>
       <c r="S48" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F49" s="6">
         <v>1.0</v>
       </c>
       <c r="G49" s="9">
         <v>450.0</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>36</v>
+        <v>177</v>
       </c>
       <c r="I49" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="6" t="s">
-        <v>39</v>
+        <v>179</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q49" s="6" t="s">
         <v>50</v>
       </c>
       <c r="R49" s="6" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="S49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
         <v>181</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E50" s="7">
         <v>20.0</v>
       </c>
       <c r="F50" s="6">
         <v>1.0</v>
       </c>
       <c r="G50" s="9">
@@ -4672,199 +4669,199 @@
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
         <v>209</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="7">
         <v>18.0</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>450.0</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>210</v>
+        <v>177</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J62" s="6" t="s">
         <v>86</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q62" s="6" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>212</v>
       </c>
       <c r="R62" s="6" t="s">
         <v>183</v>
       </c>
       <c r="S62" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="63" spans="1:42">
       <c r="A63" s="6" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="7">
         <v>12.0</v>
       </c>
       <c r="F63" s="6">
         <v>1.0</v>
       </c>
       <c r="G63" s="9">
         <v>450.0</v>
       </c>
       <c r="H63" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>44</v>
       </c>
       <c r="S63" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:42">
       <c r="A64" s="6" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E64" s="7">
         <v>20.0</v>
       </c>
       <c r="F64" s="6">
         <v>1.0</v>
       </c>
       <c r="G64" s="9">
         <v>450.0</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="I64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J64" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>39</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q64" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R64" s="6" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="S64" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:R64"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>