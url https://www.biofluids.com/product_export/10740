--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$18</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -255,90 +255,72 @@
   <si>
     <t>Hispanic</t>
   </si>
   <si>
     <t>02-Jul-25</t>
   </si>
   <si>
     <t>BF19868357</t>
   </si>
   <si>
     <t>29 Y</t>
   </si>
   <si>
     <t>06-Jul-25</t>
   </si>
   <si>
     <t>BF19868358</t>
   </si>
   <si>
     <t>39 Y</t>
   </si>
   <si>
     <t>ASTROVIRUS</t>
   </si>
   <si>
-    <t>BF19868359</t>
-[...13 lines deleted...]
-  <si>
     <t>BF19868377</t>
   </si>
   <si>
     <t>23 Y</t>
   </si>
   <si>
     <t>27-Jun-25</t>
   </si>
   <si>
     <t>BF19868378</t>
   </si>
   <si>
     <t>27 Y</t>
   </si>
   <si>
     <t>BF19868539</t>
   </si>
   <si>
     <t>58 Y</t>
   </si>
   <si>
     <t>22-Jul-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>BF19868540</t>
   </si>
   <si>
     <t>BF19870742</t>
   </si>
   <si>
     <t>51 Y</t>
   </si>
   <si>
     <t>09-Jun-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -700,51 +682,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP21"/>
+  <dimension ref="A1:AP18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
@@ -1518,451 +1500,274 @@
       </c>
       <c r="Q14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:42">
       <c r="A15" s="6" t="s">
         <v>78</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="7">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="9">
         <v>450.0</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>79</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:42">
       <c r="A16" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="7">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="F16" s="6">
         <v>1.0</v>
       </c>
       <c r="G16" s="9">
         <v>450.0</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q16" s="6" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
         <v>83</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="7">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
       <c r="F17" s="6">
         <v>1.0</v>
       </c>
       <c r="G17" s="9">
         <v>450.0</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>84</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>85</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q17" s="6" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="S17" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
         <v>86</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F18" s="6">
         <v>1.0</v>
       </c>
       <c r="G18" s="9">
         <v>450.0</v>
       </c>
       <c r="H18" s="8" t="s">
         <v>87</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="N18" s="6" t="s">
-        <v>29</v>
+      <c r="N18" s="6">
+        <v>0.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="19" spans="1:42">
-[...175 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:R21"/>
+  <autoFilter ref="A2:R18"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>