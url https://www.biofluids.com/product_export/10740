--- v1 (2025-11-17)
+++ v2 (2026-03-17)
@@ -10,326 +10,71 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$A$3</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
-    <t>Product ID</t>
-[...16 lines deleted...]
-  <si>
     <t>Price</t>
   </si>
   <si>
-    <t>Age</t>
-[...71 lines deleted...]
-    <t>EAEC, EPEC, ETEC</t>
+    <t>Special Order. Please Inquire.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
-  </si>
-[...163 lines deleted...]
-    <t>09-Jun-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -362,79 +107,69 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF999999"/>
       </left>
       <right style="thin">
         <color rgb="FF999999"/>
       </right>
       <top style="thin">
         <color rgb="FF999999"/>
       </top>
       <bottom style="thin">
         <color rgb="FF999999"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <protection locked="true" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <protection locked="true" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0" applyProtection="true">
       <protection locked="true" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0" applyProtection="true">
-      <protection locked="true" hidden="false"/>
-[...8 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45ae7f32c7e82278bfd95b6bb461b101.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
@@ -682,1092 +417,101 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP18"/>
+  <dimension ref="A1:AP3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
-[...16 lines deleted...]
-    <col min="18" max="18" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="1"/>
+    <col min="2" max="2" width="11.14" customWidth="true" style="1"/>
+    <col min="3" max="3" width="7" customWidth="true" style="1"/>
+    <col min="4" max="4" width="15.29" customWidth="true" style="1"/>
+    <col min="5" max="5" width="9" customWidth="true" style="1"/>
+    <col min="6" max="6" width="9.14" customWidth="true" style="1"/>
+    <col min="7" max="7" width="8" customWidth="true" style="1"/>
+    <col min="8" max="8" width="5" customWidth="true" style="1"/>
+    <col min="9" max="9" width="8.42" customWidth="true" style="1"/>
+    <col min="10" max="10" width="9.14" customWidth="true" style="1"/>
+    <col min="11" max="11" width="13.57" customWidth="true" style="1"/>
+    <col min="12" max="12" width="12.57" customWidth="true" style="1"/>
+    <col min="13" max="13" width="9.86" customWidth="true" style="1"/>
+    <col min="14" max="14" width="24" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="5" t="s">
-[...49 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:42">
       <c r="A3" s="6" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
-      <c r="B3" s="6" t="s">
-[...936 lines deleted...]
-        <v>33</v>
+      <c r="B3" s="1" t="s">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:R18"/>
+  <autoFilter ref="A2:A3"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>