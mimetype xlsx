--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -96,624 +96,624 @@
   <si>
     <t>Test 3</t>
   </si>
   <si>
     <t>Test 3 Result</t>
   </si>
   <si>
     <t>Diagnosis</t>
   </si>
   <si>
     <t>Elastography result</t>
   </si>
   <si>
     <t>HIV-I/II result</t>
   </si>
   <si>
     <t>Hepatitis B result</t>
   </si>
   <si>
     <t>Hepatitis C result</t>
   </si>
   <si>
     <t>CT / MRI results</t>
   </si>
   <si>
-    <t>20-07104-Sr15</t>
+    <t>BF19871218</t>
   </si>
   <si>
     <t>Hepatic Fibrosis</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Serum</t>
   </si>
   <si>
+    <t>75 Y</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>&lt;-70C</t>
+  </si>
+  <si>
+    <t>14-Apr-25</t>
+  </si>
+  <si>
+    <t>BMI</t>
+  </si>
+  <si>
+    <t>Height</t>
+  </si>
+  <si>
+    <t>165 cm</t>
+  </si>
+  <si>
+    <t>Weight</t>
+  </si>
+  <si>
+    <t>68 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic fibrosis : 12-Apr-25</t>
+  </si>
+  <si>
+    <t>Elastometry results: Young's median 5.87 kPa, 1.48 m/s (IQR &lt;30%) corresponding to F0-F1 for METAVIR scale. : 12-Apr-25</t>
+  </si>
+  <si>
+    <t>Negative</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The liver is  slightly enlarged. The oblique vertical dimension of the right lobe of the liver is 126 mm, the thickness of the left lobe is 72 mm. The contours are even, the boundaries are clear, the structure is heterogeneous. Slight steatosis	</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>BF19871219</t>
+  </si>
+  <si>
+    <t>79 Y</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>28-Mar-25</t>
+  </si>
+  <si>
+    <t>178 cm</t>
+  </si>
+  <si>
+    <t>78 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic fibrosis : 27-Mar-25</t>
+  </si>
+  <si>
+    <t>Diffuse liver changes, Young's median is 6.1 KPa, which corresponds to F1 on the METAVIR scale. Slight steatosis. : 27-Mar-25</t>
+  </si>
+  <si>
+    <t>Moderately enlarged liver, oblique vertical dimension of the right lobe of the liver 151 mm, thickness of the left lobe 64 mm.  The contours are even, the boundaries are clear. The structure of the parenchyma is heterogeneous.</t>
+  </si>
+  <si>
+    <t>BF19871222</t>
+  </si>
+  <si>
+    <t>48 Y</t>
+  </si>
+  <si>
+    <t>04-Mar-25</t>
+  </si>
+  <si>
+    <t>176 cm</t>
+  </si>
+  <si>
+    <t>Hepatic fibrosis : 3-Mar-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 10.5 kPa. On the METAVIR  scale - F3. : 3-Mar-25</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>BF19871223</t>
+  </si>
+  <si>
+    <t>55 Y</t>
+  </si>
+  <si>
+    <t>180 cm</t>
+  </si>
+  <si>
+    <t>80 kg.</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 10.8 kPa. On the METAVIR  scale - F3. : 3-Mar-25</t>
+  </si>
+  <si>
+    <t>BF19871224</t>
+  </si>
+  <si>
+    <t>51 Y</t>
+  </si>
+  <si>
+    <t>20-Feb-25</t>
+  </si>
+  <si>
+    <t>160 cm</t>
+  </si>
+  <si>
+    <t>65 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 18-Feb-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 6.2 kPa. On the METAVIR  scale - F1. : 18-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871225</t>
+  </si>
+  <si>
+    <t>38 Y</t>
+  </si>
+  <si>
+    <t>12-Feb-25</t>
+  </si>
+  <si>
+    <t>174 cm</t>
+  </si>
+  <si>
+    <t>70 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2023</t>
+  </si>
+  <si>
+    <t>Oblique vertical dimension of the right lobe 177 mm, left lobe 85 mm. The structure is disturbed, splenomegaly, Young's median 13.25 kPa. Fibrosis F4 (METAVIR scale) : 30-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871226</t>
+  </si>
+  <si>
+    <t>59 Y</t>
+  </si>
+  <si>
+    <t>21-Feb-25</t>
+  </si>
+  <si>
+    <t>168 cm</t>
+  </si>
+  <si>
+    <t>85 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2018</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 14.5 kPa. On the METAVIR  scale - F4. : 21-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871227</t>
+  </si>
+  <si>
+    <t>39 Y</t>
+  </si>
+  <si>
+    <t>14-Feb-25</t>
+  </si>
+  <si>
+    <t>175 cm</t>
+  </si>
+  <si>
+    <t>82 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2019</t>
+  </si>
+  <si>
+    <t>Oblique vertical size of the right lobe of the liver 170 mm, thickness of the left lobe 76 mm. The structure is disturbed. Young's median 8.4 kPa. Liver fibrosis F2 according to the METAVIR scale : 29-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871229</t>
+  </si>
+  <si>
     <t>62 Y</t>
   </si>
   <si>
-    <t>F</t>
-[...5 lines deleted...]
-    <t>&lt;-70C</t>
+    <t>03-Mar-25</t>
+  </si>
+  <si>
+    <t>BF19871233</t>
+  </si>
+  <si>
+    <t>60 Y</t>
+  </si>
+  <si>
+    <t>28-Feb-25</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 7-Feb-25</t>
+  </si>
+  <si>
+    <t>Oblique vertical dimension of the right lobe of the liver 132 mm, thickness of the left lobe 94*49 mm. Youngs median 6.0 kPa. Liver fibrosis F1 according to the METAVIR scale : 7-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871234</t>
+  </si>
+  <si>
+    <t>57 Y</t>
+  </si>
+  <si>
+    <t>105 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 3-Mar-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 9.0 kPa. On the METAVIR  scale - F3. : 3-Mar-25</t>
+  </si>
+  <si>
+    <t>The liver is significantly enlarged. The contours of the liver are even, the boundaries are clear. The structure of the parenchyma is heterogeneous.</t>
+  </si>
+  <si>
+    <t>BF19871236</t>
+  </si>
+  <si>
+    <t>49 Y</t>
+  </si>
+  <si>
+    <t>177 cm</t>
+  </si>
+  <si>
+    <t>67 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2020</t>
+  </si>
+  <si>
+    <t>Oblique vertical size of the right lobe 187 mm, left lobe 88 mm. Young's median 13.3 kPa.  Stage F4 according to the METAVIR scale. Portal cirrhosis. : 26-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871237</t>
+  </si>
+  <si>
+    <t>69 Y</t>
+  </si>
+  <si>
+    <t>99 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 28-Feb-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 8.7 kPa. On the METAVIR  scale - F3. : 28-Feb-25</t>
+  </si>
+  <si>
+    <t>The liver is moderately enlarged. The contours of the liver are even, the boundaries are clear. The structure of the parenchyma is heterogeneous.</t>
+  </si>
+  <si>
+    <t>BF19871238</t>
+  </si>
+  <si>
+    <t>63 Y</t>
+  </si>
+  <si>
+    <t>12-Mar-25</t>
+  </si>
+  <si>
+    <t>185 cm</t>
+  </si>
+  <si>
+    <t>87 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 6-Mar-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 8.7 - 9.2 kPa. On the METAVIR  scale - F3. : 6-Mar-25</t>
+  </si>
+  <si>
+    <t>Liver enlarged. The contours of the liver are even, the boundaries are clear. The structure of the parenchyma is heterogeneous.</t>
+  </si>
+  <si>
+    <t>BF19871239</t>
+  </si>
+  <si>
+    <t>66 Y</t>
+  </si>
+  <si>
+    <t>167 cm</t>
+  </si>
+  <si>
+    <t>73 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2021</t>
+  </si>
+  <si>
+    <t>Oblique vertical size of the right lobe 182 mm, left lobe 75 mm. Young's median 8.6 kPa.  Stage F2 according to the METAVIR scale : 22-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871242</t>
+  </si>
+  <si>
+    <t>64 Y</t>
+  </si>
+  <si>
+    <t>58 kg.</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 12.8 kPa. On the METAVIR  scale - F4. : 3-Mar-25</t>
+  </si>
+  <si>
+    <t>BF19871243</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 15-Feb-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 5.9 kPa. On the METAVIR  scale - F1. : 15-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871249</t>
+  </si>
+  <si>
+    <t>172 cm</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 9.8 kPa. On the METAVIR  scale - F3. : 28-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871250</t>
+  </si>
+  <si>
+    <t>44 Y</t>
+  </si>
+  <si>
+    <t>72 kg.</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2022</t>
+  </si>
+  <si>
+    <t>Oblique vertical dimension of the right lobe 180 mm, left lobe 77 mm. The structure is disturbed. Young's median 8.3 kPa. Fibrosis F2 (METAVIR scale) : 27-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871252</t>
+  </si>
+  <si>
+    <t>77 Y</t>
+  </si>
+  <si>
+    <t>07-Mar-25</t>
+  </si>
+  <si>
+    <t>76 kg.</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 7.6 kPa. On the METAVIR  scale - F2. : 6-Mar-25</t>
+  </si>
+  <si>
+    <t>BF19871253</t>
+  </si>
+  <si>
+    <t>27-Feb-25</t>
+  </si>
+  <si>
+    <t>182 cm</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 11.0 kPa. On the METAVIR  scale - F3. : 27-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871257</t>
+  </si>
+  <si>
+    <t>26-Feb-25</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 26-Feb-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 9.5 kPa. On the METAVIR  scale - F2. : 26-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871258</t>
+  </si>
+  <si>
+    <t>187 cm</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 11.8 kPa. On the METAVIR  scale - F3. : 28-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871260</t>
   </si>
   <si>
     <t>13-Feb-25</t>
   </si>
   <si>
-    <t>BMI</t>
-[...2 lines deleted...]
-    <t>Height</t>
+    <t>171 cm</t>
+  </si>
+  <si>
+    <t>Oblique vertical dimension of the right lobe of the liver 178 mm, thickness of the left lobe 86 mm. Young's median 11.45 kPa. Liver fibrosis F3 according to the METAVIR scale : 31-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871261</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2015</t>
+  </si>
+  <si>
+    <t>Oblique vertical size of the right lobe 166 mm, left lobe 73 mm. Young's median 8.8 kPa.  Stage F2 according to the METAVIR scale. : 29-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871262</t>
+  </si>
+  <si>
+    <t>35 Y</t>
+  </si>
+  <si>
+    <t>83 kg.</t>
+  </si>
+  <si>
+    <t>Oblique vertical dimension of the right lobe of the liver 172 mm, thickness of the left lobe 84 mm. Young's median 10.45 kPa. Fibrosis stage F3 according to the METAVIR scale : 3-Feb-25</t>
+  </si>
+  <si>
+    <t>The liver is moderately enlarged, the shape and structure are disturbed.</t>
+  </si>
+  <si>
+    <t>BF19871267</t>
   </si>
   <si>
     <t>170 cm</t>
   </si>
   <si>
-    <t>Weight</t>
-[...1 lines deleted...]
-  <si>
     <t>75 kg.</t>
   </si>
   <si>
     <t>Hepatic Fibrosis : 12-Feb-25</t>
   </si>
   <si>
     <t>The average value of the elasticity of the parenchyma of the liver is 6.1 kPa. On the METAVIR  scale - F1. : 12-Feb-25</t>
   </si>
   <si>
-    <t>Negative</t>
-[...53 lines deleted...]
-    <t>57 Y</t>
+    <t>BF19871268</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 27-Feb-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 12.8 kPa. On the METAVIR  scale - F4. : 27-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871271</t>
+  </si>
+  <si>
+    <t>50 Y</t>
+  </si>
+  <si>
+    <t>57 kg.</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 13.0 kPa. On the METAVIR  scale - F4. : 28-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871274</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 21-Feb-25</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 12.0 kPa. On the METAVIR  scale - F4. : 21-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871276</t>
+  </si>
+  <si>
+    <t>Oblique vertical dimension of the right lobe of the liver 183 mm, thickness of the left lobe 81 mm. Young's median 9.55 kPa. Liver fibrosis F2 according to the METAVIR scale : 26-Jan-25</t>
+  </si>
+  <si>
+    <t>BF19871277</t>
   </si>
   <si>
     <t>71 kg.</t>
   </si>
   <si>
     <t>Hepatic Fibrosis : 2009</t>
   </si>
   <si>
     <t>Oblique vertical size of the right lobe 179 mm, left lobe 83 mm. Young's median 12.85 kPa.  Stage F4 according to the METAVIR scale. Portal cirrhosis. : 24-Jan-25</t>
   </si>
   <si>
-    <t>20-07115-Sr15</t>
-[...116 lines deleted...]
-    <t>20-07134-Sr15</t>
+    <t>BF19871279</t>
+  </si>
+  <si>
+    <t>162 cm</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 7.5 kPa. On the METAVIR  scale - F2. : 12-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871284</t>
+  </si>
+  <si>
+    <t>68 Y</t>
+  </si>
+  <si>
+    <t>Hepatic Fibrosis : 2017</t>
+  </si>
+  <si>
+    <t>The average value of the elasticity of the parenchyma of the liver is 10.5 kPa. On the METAVIR  scale - F3. : 26-Feb-25</t>
+  </si>
+  <si>
+    <t>BF19871286</t>
   </si>
   <si>
     <t>183 cm</t>
   </si>
   <si>
     <t>98 kg.</t>
   </si>
   <si>
     <t>Hepatic Fibrosis : 15-Jan-25</t>
   </si>
   <si>
     <t>The elasticity of the parenchyma of the liver is 8.0 kPa. On the METAVIR  scale - F2. : 15-Jan-25</t>
   </si>
   <si>
-    <t>20-07136-Sr15</t>
-[...137 lines deleted...]
-    <t>20-07153-Sr15</t>
+    <t>BF19871289</t>
   </si>
   <si>
     <t>76 Y</t>
   </si>
   <si>
-    <t>182 cm</t>
-[...1 lines deleted...]
-  <si>
     <t>Hepatic fibrosis : 4-Mar-25</t>
   </si>
   <si>
     <t>The average value of the elasticity of the parenchyma of the liver is 9.1 kPa. On the METAVIR  scale - F3. : 4-Mar-25</t>
   </si>
   <si>
     <t>Enlarged liver, oblique vertical dimension of the right lobe of the liver 169 mm, thickness of the left lobe 93 mm.  The contours are even, the boundaries are clear. The structure of the parenchyma is heterogeneous due to periportal fibrosis.</t>
   </si>
   <si>
-    <t>20-07157-Sr15</t>
-[...47 lines deleted...]
-    <t>20-07161-Sr15</t>
+    <t>BF19871291</t>
   </si>
   <si>
     <t>64 kg.</t>
   </si>
   <si>
     <t>The average value of the elasticity of the parenchyma of the liver is 9.9 kPa. On the METAVIR  scale - F3. : 4-Mar-25</t>
-  </si>
-[...115 lines deleted...]
-    <t>Moderately enlarged liver, oblique vertical dimension of the right lobe of the liver 151 mm, thickness of the left lobe 64 mm.  The contours are even, the boundaries are clear. The structure of the parenchyma is heterogeneous.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1075,51 +1075,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AP39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="1"/>
+    <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="245.226" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="290.072" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1227,51 +1227,51 @@
       <c r="F3" s="6">
         <v>1.0</v>
       </c>
       <c r="G3" s="9">
         <v>500.0</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>33</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N3" s="6">
-        <v>25.95</v>
+        <v>24.98</v>
       </c>
       <c r="O3" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q3" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R3" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S3" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T3" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U3" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V3" s="6" t="s">
         <v>41</v>
       </c>
@@ -1289,2791 +1289,2791 @@
       <c r="A4" s="6" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="7">
         <v>1.0</v>
       </c>
       <c r="F4" s="6">
         <v>1.0</v>
       </c>
       <c r="G4" s="9">
         <v>500.0</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>45</v>
       </c>
       <c r="I4" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J4" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="6">
-        <v>25.82</v>
+        <v>24.62</v>
       </c>
       <c r="O4" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Q4" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R4" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="S4" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T4" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X4" s="6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="Y4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:42">
       <c r="A5" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="7">
         <v>1.0</v>
       </c>
       <c r="F5" s="6">
         <v>1.0</v>
       </c>
       <c r="G5" s="9">
         <v>500.0</v>
       </c>
       <c r="H5" s="8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N5" s="6">
-        <v>23.12</v>
+        <v>25.18</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P5" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="S5" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T5" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="7">
         <v>1.0</v>
       </c>
       <c r="F6" s="6">
         <v>1.0</v>
       </c>
       <c r="G6" s="9">
         <v>500.0</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I6" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N6" s="6">
-        <v>23.45</v>
+        <v>24.69</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="T6" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:42">
       <c r="A7" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="7">
         <v>1.0</v>
       </c>
       <c r="F7" s="6">
         <v>1.0</v>
       </c>
       <c r="G7" s="9">
         <v>500.0</v>
       </c>
       <c r="H7" s="8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N7" s="6">
-        <v>26.18</v>
+        <v>25.39</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="7">
         <v>1.0</v>
       </c>
       <c r="F8" s="6">
         <v>1.0</v>
       </c>
       <c r="G8" s="9">
         <v>500.0</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N8" s="6">
-        <v>21.39</v>
+        <v>23.12</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="T8" s="6" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:42">
       <c r="A9" s="6" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="7">
         <v>1.0</v>
       </c>
       <c r="F9" s="6">
         <v>1.0</v>
       </c>
       <c r="G9" s="9">
         <v>500.0</v>
       </c>
       <c r="H9" s="8" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="M9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N9" s="6">
-        <v>24.11</v>
+        <v>30.12</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="T9" s="6" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X9" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y9" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:42">
       <c r="A10" s="6" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="7">
         <v>1.0</v>
       </c>
       <c r="F10" s="6">
         <v>1.0</v>
       </c>
       <c r="G10" s="9">
         <v>500.0</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N10" s="6">
         <v>26.78</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="T10" s="6" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X10" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:42">
       <c r="A11" s="6" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="7">
         <v>1.0</v>
       </c>
       <c r="F11" s="6">
         <v>1.0</v>
       </c>
       <c r="G11" s="9">
         <v>500.0</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N11" s="6">
-        <v>26.67</v>
+        <v>22.0</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:42">
       <c r="A12" s="6" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="7">
         <v>1.0</v>
       </c>
       <c r="F12" s="6">
         <v>1.0</v>
       </c>
       <c r="G12" s="9">
         <v>500.0</v>
       </c>
       <c r="H12" s="8" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J12" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N12" s="6">
-        <v>28.38</v>
+        <v>26.12</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="T12" s="6" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X12" s="6" t="s">
-        <v>92</v>
+        <v>59</v>
       </c>
       <c r="Y12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:42">
       <c r="A13" s="6" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="7">
         <v>1.0</v>
       </c>
       <c r="F13" s="6">
         <v>1.0</v>
       </c>
       <c r="G13" s="9">
         <v>500.0</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J13" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N13" s="6">
-        <v>23.18</v>
+        <v>38.57</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>42</v>
+        <v>106</v>
       </c>
       <c r="Y13" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:42">
       <c r="A14" s="6" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="7">
         <v>1.0</v>
       </c>
       <c r="F14" s="6">
         <v>1.0</v>
       </c>
       <c r="G14" s="9">
         <v>500.0</v>
       </c>
       <c r="H14" s="8" t="s">
-        <v>59</v>
+        <v>108</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N14" s="6">
-        <v>24.69</v>
+        <v>21.39</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:42">
       <c r="A15" s="6" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="7">
         <v>1.0</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="9">
         <v>500.0</v>
       </c>
       <c r="H15" s="8" t="s">
-        <v>29</v>
+        <v>114</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N15" s="6">
-        <v>29.26</v>
+        <v>31.25</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="Y15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:42">
       <c r="A16" s="6" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E16" s="7">
         <v>1.0</v>
       </c>
       <c r="F16" s="6">
         <v>1.0</v>
       </c>
       <c r="G16" s="9">
         <v>500.0</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N16" s="6">
-        <v>25.39</v>
+        <v>25.42</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V16" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W16" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="Y16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E17" s="7">
         <v>1.0</v>
       </c>
       <c r="F17" s="6">
         <v>1.0</v>
       </c>
       <c r="G17" s="9">
         <v>500.0</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J17" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>115</v>
+        <v>74</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N17" s="6">
-        <v>30.12</v>
+        <v>26.18</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V17" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W17" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="7">
         <v>1.0</v>
       </c>
       <c r="F18" s="6">
         <v>1.0</v>
       </c>
       <c r="G18" s="9">
         <v>500.0</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J18" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N18" s="6">
-        <v>30.12</v>
+        <v>22.6</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>116</v>
+        <v>68</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="T18" s="6" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X18" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="7">
         <v>1.0</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>500.0</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>125</v>
+        <v>67</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N19" s="6">
-        <v>24.62</v>
+        <v>24.69</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="7">
         <v>1.0</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>500.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="I20" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J20" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N20" s="6">
-        <v>26.17</v>
+        <v>23.66</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="S20" s="6" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="T20" s="6" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V20" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W20" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X20" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y20" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="7">
         <v>1.0</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>500.0</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J21" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N21" s="6">
-        <v>31.25</v>
+        <v>25.82</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="S21" s="6" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>138</v>
+        <v>59</v>
       </c>
       <c r="Y21" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:42">
       <c r="A22" s="6" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="7">
         <v>1.0</v>
       </c>
       <c r="F22" s="6">
         <v>1.0</v>
       </c>
       <c r="G22" s="9">
         <v>500.0</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>59</v>
+        <v>149</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J22" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N22" s="6">
-        <v>38.57</v>
+        <v>29.69</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>141</v>
+        <v>68</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="S22" s="6" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="T22" s="6" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V22" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W22" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X22" s="6" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="Y22" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:42">
       <c r="A23" s="6" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E23" s="7">
         <v>1.0</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>
       </c>
       <c r="G23" s="9">
         <v>500.0</v>
       </c>
       <c r="H23" s="8" t="s">
-        <v>147</v>
+        <v>80</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N23" s="6">
-        <v>29.69</v>
+        <v>23.55</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>109</v>
+        <v>155</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>149</v>
+        <v>49</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>150</v>
+        <v>91</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="Y23" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:42">
       <c r="A24" s="6" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="7">
         <v>1.0</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>500.0</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="I24" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N24" s="6">
-        <v>23.55</v>
+        <v>26.17</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>155</v>
+        <v>68</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="S24" s="6" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="T24" s="6" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V24" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W24" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X24" s="6" t="s">
-        <v>158</v>
+        <v>59</v>
       </c>
       <c r="Y24" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E25" s="7">
         <v>1.0</v>
       </c>
       <c r="F25" s="6">
         <v>1.0</v>
       </c>
       <c r="G25" s="9">
         <v>500.0</v>
       </c>
       <c r="H25" s="8" t="s">
-        <v>160</v>
+        <v>61</v>
       </c>
       <c r="I25" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>161</v>
+        <v>98</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N25" s="6">
-        <v>26.12</v>
+        <v>22.88</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>99</v>
+        <v>63</v>
       </c>
       <c r="S25" s="6" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>163</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V25" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W25" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X25" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E26" s="7">
         <v>1.0</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>500.0</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>165</v>
+        <v>87</v>
       </c>
       <c r="I26" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N26" s="6">
-        <v>27.05</v>
+        <v>26.67</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>166</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="S26" s="6" t="s">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>167</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V26" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W26" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X26" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="7">
         <v>1.0</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>500.0</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N27" s="6">
-        <v>24.69</v>
+        <v>24.11</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>169</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>170</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
         <v>171</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E28" s="7">
         <v>1.0</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>500.0</v>
       </c>
       <c r="H28" s="8" t="s">
         <v>172</v>
       </c>
       <c r="I28" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>140</v>
+        <v>88</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N28" s="6">
-        <v>25.18</v>
+        <v>28.38</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R28" s="6" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="S28" s="6" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>174</v>
       </c>
       <c r="U28" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V28" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W28" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X28" s="6" t="s">
-        <v>42</v>
+        <v>175</v>
       </c>
       <c r="Y28" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E29" s="7">
         <v>1.0</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>500.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N29" s="6">
-        <v>25.0</v>
+        <v>25.95</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>109</v>
+        <v>177</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="U29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y29" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E30" s="7">
         <v>1.0</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>500.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>179</v>
+        <v>66</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N30" s="6">
-        <v>22.6</v>
+        <v>26.17</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>180</v>
+        <v>110</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="T30" s="6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="U30" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V30" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W30" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X30" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y30" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E31" s="7">
         <v>1.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>500.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>29</v>
+        <v>185</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>133</v>
+        <v>98</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N31" s="6">
-        <v>22.0</v>
+        <v>20.94</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>134</v>
+        <v>36</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>55</v>
+        <v>186</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y31" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E32" s="7">
         <v>1.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>500.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>161</v>
+        <v>81</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N32" s="6">
-        <v>23.66</v>
+        <v>30.12</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>184</v>
+        <v>82</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="S32" s="6" t="s">
-        <v>136</v>
+        <v>189</v>
       </c>
       <c r="T32" s="6" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="U32" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V32" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W32" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X32" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y32" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E33" s="7">
         <v>1.0</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>500.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>165</v>
+        <v>120</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>161</v>
+        <v>88</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N33" s="6">
-        <v>22.88</v>
+        <v>23.18</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="S33" s="6" t="s">
-        <v>118</v>
+        <v>91</v>
       </c>
       <c r="T33" s="6" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="U33" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V33" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W33" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X33" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E34" s="7">
         <v>1.0</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>500.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="I34" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>190</v>
+        <v>74</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N34" s="6">
-        <v>23.55</v>
+        <v>23.45</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R34" s="6" t="s">
-        <v>86</v>
+        <v>194</v>
       </c>
       <c r="S34" s="6" t="s">
-        <v>82</v>
+        <v>195</v>
       </c>
       <c r="T34" s="6" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="U34" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V34" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W34" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X34" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y34" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E35" s="7">
         <v>1.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>500.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>193</v>
+        <v>61</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>161</v>
+        <v>98</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N35" s="6">
-        <v>20.94</v>
+        <v>27.05</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>141</v>
+        <v>198</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>194</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>136</v>
+        <v>179</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y35" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:42">
       <c r="A36" s="6" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E36" s="7">
         <v>1.0</v>
       </c>
       <c r="F36" s="6">
         <v>1.0</v>
       </c>
       <c r="G36" s="9">
         <v>500.0</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>108</v>
+        <v>201</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J36" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>190</v>
+        <v>158</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N36" s="6">
-        <v>26.17</v>
+        <v>24.62</v>
       </c>
       <c r="O36" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P36" s="6" t="s">
-        <v>109</v>
+        <v>166</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R36" s="6" t="s">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="S36" s="6" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="T36" s="6" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="U36" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V36" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W36" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X36" s="6" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="Y36" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:42">
       <c r="A37" s="6" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E37" s="7">
         <v>1.0</v>
       </c>
       <c r="F37" s="6">
         <v>1.0</v>
       </c>
       <c r="G37" s="9">
         <v>500.0</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>94</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>200</v>
+        <v>67</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N37" s="6">
-        <v>25.42</v>
+        <v>29.26</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R37" s="6" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="S37" s="6" t="s">
-        <v>150</v>
+        <v>207</v>
       </c>
       <c r="T37" s="6" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="U37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X37" s="6" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="Y37" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="38" spans="1:42">
       <c r="A38" s="6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E38" s="7">
         <v>1.0</v>
       </c>
       <c r="F38" s="6">
         <v>1.0</v>
       </c>
       <c r="G38" s="9">
         <v>500.0</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="I38" s="6" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>206</v>
+        <v>150</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N38" s="6">
-        <v>24.98</v>
+        <v>23.55</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R38" s="6" t="s">
-        <v>207</v>
+        <v>49</v>
       </c>
       <c r="S38" s="6" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="T38" s="6" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="U38" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V38" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W38" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X38" s="6" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="Y38" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="39" spans="1:42">
       <c r="A39" s="6" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E39" s="7">
         <v>1.0</v>
       </c>
       <c r="F39" s="6">
         <v>1.0</v>
       </c>
       <c r="G39" s="9">
         <v>500.0</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>212</v>
+        <v>80</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>213</v>
+        <v>55</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N39" s="6">
-        <v>24.62</v>
+        <v>25.0</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>134</v>
+        <v>68</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>86</v>
+        <v>215</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>216</v>
+        <v>59</v>
       </c>
       <c r="Y39" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:X39"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>