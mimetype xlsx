--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1197,51 +1197,51 @@
       </c>
       <c r="U4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:42">
       <c r="A5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="7">
         <v>2.0</v>
       </c>
       <c r="F5" s="6">
         <v>1.0</v>
       </c>
       <c r="G5" s="9">
-        <v>125.0</v>
+        <v>250.0</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>41</v>
       </c>
       <c r="I5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="6">
         <v>824.49</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>31</v>
       </c>