--- v0 (2025-12-03)
+++ v1 (2026-02-27)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$AC$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$AC$19</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -424,50 +424,143 @@
     <t>Prostate cancer</t>
   </si>
   <si>
     <t>Acinar Adenocarcinoma</t>
   </si>
   <si>
     <t>BF19871377</t>
   </si>
   <si>
     <t>66 Y</t>
   </si>
   <si>
     <t>29-Oct-25</t>
   </si>
   <si>
     <t>170 cm</t>
   </si>
   <si>
     <t>65 kg</t>
   </si>
   <si>
     <t>T2bN1M0</t>
   </si>
   <si>
     <t>IVA</t>
+  </si>
+  <si>
+    <t>BF19871414</t>
+  </si>
+  <si>
+    <t>67 Y</t>
+  </si>
+  <si>
+    <t>21-Nov-25</t>
+  </si>
+  <si>
+    <t>17-Nov-2025</t>
+  </si>
+  <si>
+    <t>Formation of the lower lobe of the left lung with metastases to regional lymph nodes and pleura</t>
+  </si>
+  <si>
+    <t>BF19871415</t>
+  </si>
+  <si>
+    <t>17-Nov-25</t>
+  </si>
+  <si>
+    <t>30-Oct-2025</t>
+  </si>
+  <si>
+    <t>181 cm</t>
+  </si>
+  <si>
+    <t>79 kg</t>
+  </si>
+  <si>
+    <t>T2bN1M1</t>
+  </si>
+  <si>
+    <t>Formation of the upper lobe of the right lung with metastases to the mediastinal lymph nodes and pleura</t>
+  </si>
+  <si>
+    <t>BF19871416</t>
+  </si>
+  <si>
+    <t>63 Y</t>
+  </si>
+  <si>
+    <t>18-Oct-2025</t>
+  </si>
+  <si>
+    <t>72 kg</t>
+  </si>
+  <si>
+    <t>T2bN2M1</t>
+  </si>
+  <si>
+    <t>BF19871417</t>
+  </si>
+  <si>
+    <t>13-Nov-25</t>
+  </si>
+  <si>
+    <t>1-Nov-2025</t>
+  </si>
+  <si>
+    <t>56 kg</t>
+  </si>
+  <si>
+    <t>BF19871418</t>
+  </si>
+  <si>
+    <t>03-Nov-25</t>
+  </si>
+  <si>
+    <t>17-Oct-2025</t>
+  </si>
+  <si>
+    <t>168 cm</t>
+  </si>
+  <si>
+    <t>87 kg</t>
+  </si>
+  <si>
+    <t>BF19871423</t>
+  </si>
+  <si>
+    <t>07-Nov-25</t>
+  </si>
+  <si>
+    <t>7 (4+3)</t>
+  </si>
+  <si>
+    <t>180 cm</t>
+  </si>
+  <si>
+    <t>80 kg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -820,51 +913,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP13"/>
+  <dimension ref="A1:AP19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
@@ -1893,52 +1986,566 @@
       </c>
       <c r="V13" s="6" t="s">
         <v>133</v>
       </c>
       <c r="W13" s="6" t="s">
         <v>134</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>125</v>
       </c>
       <c r="Y13" s="6"/>
       <c r="Z13" s="6"/>
       <c r="AA13" s="6" t="s">
         <v>126</v>
       </c>
       <c r="AB13" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AC13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AD13" t="s">
         <v>53</v>
       </c>
     </row>
+    <row r="14" spans="1:42">
+      <c r="A14" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="M14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O14" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q14" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="R14" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T14" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U14" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V14" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="W14" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X14" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y14" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="Z14" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA14" s="6"/>
+      <c r="AB14" s="6"/>
+      <c r="AC14" s="6"/>
+      <c r="AD14" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42">
+      <c r="A15" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F15" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G15" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="M15" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="P15" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q15" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="R15" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S15" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="T15" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U15" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V15" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="W15" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X15" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y15" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="Z15" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA15" s="6"/>
+      <c r="AB15" s="6"/>
+      <c r="AC15" s="6"/>
+      <c r="AD15" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="16" spans="1:42">
+      <c r="A16" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F16" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G16" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q16" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="R16" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S16" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="T16" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U16" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V16" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="W16" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X16" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y16" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="Z16" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA16" s="6"/>
+      <c r="AB16" s="6"/>
+      <c r="AC16" s="6"/>
+      <c r="AD16" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:42">
+      <c r="A17" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F17" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="P17" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q17" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="R17" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S17" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="T17" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U17" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V17" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="W17" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X17" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y17" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="Z17" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA17" s="6"/>
+      <c r="AB17" s="6"/>
+      <c r="AC17" s="6"/>
+      <c r="AD17" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="18" spans="1:42">
+      <c r="A18" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F18" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G18" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M18" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O18" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="P18" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q18" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="R18" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S18" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="T18" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U18" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V18" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="W18" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X18" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y18" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="Z18" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA18" s="6"/>
+      <c r="AB18" s="6"/>
+      <c r="AC18" s="6"/>
+      <c r="AD18" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="19" spans="1:42">
+      <c r="A19" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F19" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G19" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="M19" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="N19" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="O19" s="6"/>
+      <c r="P19" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q19" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="R19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S19" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="T19" s="6"/>
+      <c r="U19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V19" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="W19" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="X19" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y19" s="6"/>
+      <c r="Z19" s="6"/>
+      <c r="AA19" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="AB19" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AC19" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>53</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:AC13"/>
+  <autoFilter ref="A2:AC19"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>