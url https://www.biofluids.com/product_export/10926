--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$V$15</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -78,90 +78,294 @@
   <si>
     <t>Storage Temp</t>
   </si>
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>Test 1</t>
   </si>
   <si>
     <t>Test 1 Result</t>
   </si>
   <si>
     <t>ICD10 Code</t>
   </si>
   <si>
     <t>IRB Approval ID</t>
   </si>
   <si>
     <t>C fluid:</t>
   </si>
   <si>
     <t>Fluid Source</t>
   </si>
   <si>
+    <t>C Tissue</t>
+  </si>
+  <si>
+    <t>Anaerobic culture</t>
+  </si>
+  <si>
+    <t>Culture</t>
+  </si>
+  <si>
+    <t>C Fluid</t>
+  </si>
+  <si>
+    <t>KH25-11602</t>
+  </si>
+  <si>
+    <t>Arthritis</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Synovial Fluid</t>
+  </si>
+  <si>
+    <t>76 Y</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>&lt;-70C</t>
+  </si>
+  <si>
+    <t>12-Feb-26</t>
+  </si>
+  <si>
+    <t>Diagnosis</t>
+  </si>
+  <si>
+    <t>Inflammatory Arthritis due to psuedogout</t>
+  </si>
+  <si>
+    <t>M25.521, M11.20</t>
+  </si>
+  <si>
+    <t>No growth</t>
+  </si>
+  <si>
+    <t>Right Elbow</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>KH25-11654</t>
+  </si>
+  <si>
+    <t>85 Y</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>21-Feb-26</t>
+  </si>
+  <si>
+    <t>Septic Arthritis</t>
+  </si>
+  <si>
+    <t>M00.9, M00.252</t>
+  </si>
+  <si>
+    <t>L Hip Joint</t>
+  </si>
+  <si>
+    <t>Few Streptococcus anginosus</t>
+  </si>
+  <si>
+    <t>KH25-11655</t>
+  </si>
+  <si>
+    <t>75 Y</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>T81.40XA</t>
+  </si>
+  <si>
+    <t>KH25-11679</t>
+  </si>
+  <si>
+    <t>74 Y</t>
+  </si>
+  <si>
+    <t>23-Feb-26</t>
+  </si>
+  <si>
+    <t>Osetoarthritis</t>
+  </si>
+  <si>
+    <t>M19.012</t>
+  </si>
+  <si>
+    <t>L Shoulder Joint</t>
+  </si>
+  <si>
+    <t>No WBC's,  no organisms seen</t>
+  </si>
+  <si>
+    <t>KH25-11680</t>
+  </si>
+  <si>
+    <t>78 Y</t>
+  </si>
+  <si>
+    <t>M00.9</t>
+  </si>
+  <si>
+    <t>L Knee</t>
+  </si>
+  <si>
+    <t>Proteus mirabilis</t>
+  </si>
+  <si>
+    <t>KH25-11712</t>
+  </si>
+  <si>
+    <t>72 Y</t>
+  </si>
+  <si>
+    <t>25-Feb-26</t>
+  </si>
+  <si>
+    <t>T85.79XA</t>
+  </si>
+  <si>
+    <t>Left Knee</t>
+  </si>
+  <si>
+    <t>No growth on initial media. Broth positive for: Enterococcus faecalis</t>
+  </si>
+  <si>
     <t>KH25-12640</t>
   </si>
   <si>
-    <t>Arthritis</t>
-[...7 lines deleted...]
-  <si>
     <t>89 Y</t>
   </si>
   <si>
-    <t>M</t>
-[...7 lines deleted...]
-  <si>
     <t>03-Feb-26</t>
   </si>
   <si>
-    <t>Diagnosis</t>
-[...1 lines deleted...]
-  <si>
     <t>N/A</t>
   </si>
   <si>
     <t>No Growth</t>
   </si>
   <si>
     <t>Knee R</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
+    <t>KH25-12645</t>
+  </si>
+  <si>
+    <t>13 Y</t>
+  </si>
+  <si>
+    <t>04-Feb-26</t>
+  </si>
+  <si>
+    <t>M00.9, A69.23</t>
+  </si>
+  <si>
+    <t>R Knee</t>
+  </si>
+  <si>
+    <t>KH25-12672</t>
+  </si>
+  <si>
+    <t>13-Feb-26</t>
+  </si>
+  <si>
+    <t>Pyogenic arthritis</t>
+  </si>
+  <si>
+    <t>Right knee</t>
+  </si>
+  <si>
+    <t>KH25-12728</t>
+  </si>
+  <si>
+    <t>57 Y</t>
+  </si>
+  <si>
+    <t>M10.9</t>
+  </si>
+  <si>
+    <t>KH25-12852</t>
+  </si>
+  <si>
+    <t>83 Y</t>
+  </si>
+  <si>
+    <t>07-Mar-26</t>
+  </si>
+  <si>
+    <t>No growth on initial media, Broth positive for: Streptococcus salivarius/ vestibularis group</t>
+  </si>
+  <si>
+    <t>KH26-01007</t>
+  </si>
+  <si>
+    <t>82 Y</t>
+  </si>
+  <si>
+    <t>12-Mar-26</t>
+  </si>
+  <si>
+    <t>Staphylococcal Arthritis</t>
+  </si>
+  <si>
+    <t>M00.062</t>
+  </si>
+  <si>
+    <t>Few Methicillin Resistant Staphylococcus aureus</t>
+  </si>
+  <si>
+    <t>KH26-01009</t>
+  </si>
+  <si>
+    <t>87 Y</t>
+  </si>
+  <si>
+    <t>11-Mar-26</t>
+  </si>
+  <si>
+    <t>Right Knee</t>
+  </si>
+  <si>
+    <t>Few Staphylococcus aureus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -514,76 +718,80 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP3"/>
+  <dimension ref="A1:AP15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
-    <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="1"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
@@ -608,112 +816,871 @@
       </c>
       <c r="K2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="5" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="5" t="s">
         <v>18</v>
       </c>
+      <c r="S2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="T2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="U2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="V2" s="5" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="3" spans="1:42">
       <c r="A3" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E3" s="7">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F3" s="6">
         <v>1.0</v>
       </c>
       <c r="G3" s="9">
         <v>250.0</v>
       </c>
       <c r="H3" s="8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I3" s="6" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="J3" s="6" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K3" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="M3" s="6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="N3" s="6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="O3" s="6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="P3" s="6">
         <v>45469786</v>
       </c>
       <c r="Q3" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="R3" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="S3" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="T3" s="6"/>
+      <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+    </row>
+    <row r="4" spans="1:42">
+      <c r="A4" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="F4" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G4" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="R3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S3" t="s">
+      <c r="L4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" s="6" t="s">
         <v>32</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q4" s="6"/>
+      <c r="R4" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T4" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="U4" s="6"/>
+      <c r="V4" s="6"/>
+    </row>
+    <row r="5" spans="1:42">
+      <c r="A5" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="F5" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G5" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S5" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="T5" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+    </row>
+    <row r="6" spans="1:42">
+      <c r="A6" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G6" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q6" s="6"/>
+      <c r="R6" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="U6" s="6"/>
+      <c r="V6" s="6"/>
+    </row>
+    <row r="7" spans="1:42">
+      <c r="A7" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F7" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G7" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q7" s="6"/>
+      <c r="R7" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="S7" s="6"/>
+      <c r="T7" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="V7" s="6"/>
+    </row>
+    <row r="8" spans="1:42">
+      <c r="A8" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F8" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q8" s="6"/>
+      <c r="R8" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="S8" s="6"/>
+      <c r="T8" s="6"/>
+      <c r="U8" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="V8" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:42">
+      <c r="A9" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="F9" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G9" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="S9" s="6"/>
+      <c r="T9" s="6"/>
+      <c r="U9" s="6"/>
+      <c r="V9" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:42">
+      <c r="A10" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G10" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="R10" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="S10" s="6"/>
+      <c r="T10" s="6"/>
+      <c r="U10" s="6"/>
+      <c r="V10" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42">
+      <c r="A11" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P11" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="S11" s="6"/>
+      <c r="T11" s="6"/>
+      <c r="U11" s="6"/>
+      <c r="V11" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:42">
+      <c r="A12" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="F12" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M12" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O12" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q12" s="6"/>
+      <c r="R12" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="S12" s="6"/>
+      <c r="T12" s="6"/>
+      <c r="U12" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="V12" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42">
+      <c r="A13" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="7">
+        <v>2.75</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N13" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P13" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q13" s="6"/>
+      <c r="R13" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="S13" s="6"/>
+      <c r="T13" s="6"/>
+      <c r="U13" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="V13" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:42">
+      <c r="A14" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="O14" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q14" s="6"/>
+      <c r="R14" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="S14" s="6"/>
+      <c r="T14" s="6"/>
+      <c r="U14" s="6"/>
+      <c r="V14" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="W14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42">
+      <c r="A15" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E15" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F15" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="O15" s="6"/>
+      <c r="P15" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q15" s="6"/>
+      <c r="R15" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="S15" s="6"/>
+      <c r="T15" s="6"/>
+      <c r="U15" s="6"/>
+      <c r="V15" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="W15" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:R3"/>
+  <autoFilter ref="A2:V15"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>