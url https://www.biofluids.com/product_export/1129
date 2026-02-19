--- v0 (2025-10-30)
+++ v1 (2026-02-19)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$82</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -210,165 +210,381 @@
   <si>
     <t>56 Y</t>
   </si>
   <si>
     <t>BF19862539</t>
   </si>
   <si>
     <t>61 Y</t>
   </si>
   <si>
     <t>BF19862540</t>
   </si>
   <si>
     <t>26 Y</t>
   </si>
   <si>
     <t>M05.9</t>
   </si>
   <si>
     <t>BF19862542</t>
   </si>
   <si>
     <t>33 Y</t>
   </si>
   <si>
+    <t>BF19869828</t>
+  </si>
+  <si>
+    <t>06-Nov-25</t>
+  </si>
+  <si>
+    <t>Diagnosis</t>
+  </si>
+  <si>
+    <t>BF19869829</t>
+  </si>
+  <si>
+    <t>46 Y</t>
+  </si>
+  <si>
+    <t>Asian</t>
+  </si>
+  <si>
+    <t>BF19869830</t>
+  </si>
+  <si>
+    <t>BF19869831</t>
+  </si>
+  <si>
+    <t>72 Y</t>
+  </si>
+  <si>
+    <t>U/A</t>
+  </si>
+  <si>
+    <t>BF19869832</t>
+  </si>
+  <si>
+    <t>39 Y</t>
+  </si>
+  <si>
+    <t>BF19869833</t>
+  </si>
+  <si>
+    <t>66 Y</t>
+  </si>
+  <si>
+    <t>BF19869834</t>
+  </si>
+  <si>
+    <t>80 Y</t>
+  </si>
+  <si>
+    <t>BF19869835</t>
+  </si>
+  <si>
+    <t>BF19869836</t>
+  </si>
+  <si>
+    <t>58 Y</t>
+  </si>
+  <si>
+    <t>BF19869837</t>
+  </si>
+  <si>
+    <t>67 Y</t>
+  </si>
+  <si>
+    <t>BF19869838</t>
+  </si>
+  <si>
+    <t>BF19869839</t>
+  </si>
+  <si>
+    <t>BF19869840</t>
+  </si>
+  <si>
+    <t>41 Y</t>
+  </si>
+  <si>
+    <t>BF19869841</t>
+  </si>
+  <si>
+    <t>75 Y</t>
+  </si>
+  <si>
+    <t>BF19869842</t>
+  </si>
+  <si>
+    <t>77 Y</t>
+  </si>
+  <si>
+    <t>BF19869843</t>
+  </si>
+  <si>
+    <t>BF19869844</t>
+  </si>
+  <si>
+    <t>79 Y</t>
+  </si>
+  <si>
+    <t>BF19869845</t>
+  </si>
+  <si>
+    <t>73 Y</t>
+  </si>
+  <si>
+    <t>BF19869846</t>
+  </si>
+  <si>
+    <t>65 Y</t>
+  </si>
+  <si>
+    <t>BF19869847</t>
+  </si>
+  <si>
+    <t>63 Y</t>
+  </si>
+  <si>
+    <t>BF19869848</t>
+  </si>
+  <si>
+    <t>BF19869849</t>
+  </si>
+  <si>
+    <t>BF19869850</t>
+  </si>
+  <si>
+    <t>09-Nov-25</t>
+  </si>
+  <si>
+    <t>BF19870072</t>
+  </si>
+  <si>
+    <t>54 Y</t>
+  </si>
+  <si>
+    <t>BF19870073</t>
+  </si>
+  <si>
+    <t>64 Y</t>
+  </si>
+  <si>
+    <t>BF19870074</t>
+  </si>
+  <si>
+    <t>86 Y</t>
+  </si>
+  <si>
+    <t>BF19870075</t>
+  </si>
+  <si>
+    <t>BF19870076</t>
+  </si>
+  <si>
+    <t>87 Y</t>
+  </si>
+  <si>
+    <t>BF19870077</t>
+  </si>
+  <si>
+    <t>84 Y</t>
+  </si>
+  <si>
+    <t>BF19870078</t>
+  </si>
+  <si>
+    <t>70 Y</t>
+  </si>
+  <si>
+    <t>BF19870079</t>
+  </si>
+  <si>
+    <t>BF19870080</t>
+  </si>
+  <si>
+    <t>85 Y</t>
+  </si>
+  <si>
+    <t>BF19870081</t>
+  </si>
+  <si>
+    <t>78 Y</t>
+  </si>
+  <si>
+    <t>BF19870082</t>
+  </si>
+  <si>
+    <t>BF19870083</t>
+  </si>
+  <si>
+    <t>89 Y</t>
+  </si>
+  <si>
+    <t>BF19870084</t>
+  </si>
+  <si>
+    <t>BF19870085</t>
+  </si>
+  <si>
+    <t>BF19870086</t>
+  </si>
+  <si>
+    <t>BF19870087</t>
+  </si>
+  <si>
+    <t>BF19870088</t>
+  </si>
+  <si>
+    <t>BF19870089</t>
+  </si>
+  <si>
+    <t>BF19870090</t>
+  </si>
+  <si>
+    <t>37 Y</t>
+  </si>
+  <si>
+    <t>BF19870091</t>
+  </si>
+  <si>
+    <t>91 Y</t>
+  </si>
+  <si>
+    <t>BF19870092</t>
+  </si>
+  <si>
+    <t>BF19870093</t>
+  </si>
+  <si>
+    <t>BF19870094</t>
+  </si>
+  <si>
+    <t>52 Y</t>
+  </si>
+  <si>
+    <t>12-Nov-25</t>
+  </si>
+  <si>
+    <t>BF19870095</t>
+  </si>
+  <si>
+    <t>BF19870096</t>
+  </si>
+  <si>
+    <t>BF19870097</t>
+  </si>
+  <si>
+    <t>BF19870098</t>
+  </si>
+  <si>
     <t>KH24-13341</t>
   </si>
   <si>
-    <t>73 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>06-Dec-24</t>
   </si>
   <si>
-    <t>Diagnosis</t>
-[...1 lines deleted...]
-  <si>
     <t>KH24-13342</t>
   </si>
   <si>
-    <t>79 Y</t>
-[...4 lines deleted...]
-  <si>
     <t>05-Dec-24</t>
   </si>
   <si>
     <t>M06.4</t>
   </si>
   <si>
     <t>KH24-13344</t>
   </si>
   <si>
-    <t>63 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>KH24-13345</t>
   </si>
   <si>
     <t>76 Y</t>
   </si>
   <si>
     <t>KH24-13687</t>
   </si>
   <si>
-    <t>85 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>11-Dec-24</t>
   </si>
   <si>
     <t>KH24-13688</t>
   </si>
   <si>
     <t>62 Y</t>
   </si>
   <si>
     <t>13-Dec-24</t>
   </si>
   <si>
     <t>KH24-13689</t>
   </si>
   <si>
-    <t>75 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>KH24-13690</t>
   </si>
   <si>
     <t>71 Y</t>
   </si>
   <si>
     <t>14-Dec-24</t>
   </si>
   <si>
     <t>KH24-13691</t>
   </si>
   <si>
-    <t>87 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>10-Dec-24</t>
   </si>
   <si>
     <t>KH24-13692</t>
   </si>
   <si>
     <t>M06.09</t>
   </si>
   <si>
     <t>KH24-13693</t>
   </si>
   <si>
-    <t>65 Y</t>
-[...1 lines deleted...]
-  <si>
     <t>KH24-13694</t>
   </si>
   <si>
     <t>KH24-13695</t>
   </si>
   <si>
     <t>KH24-13696</t>
   </si>
   <si>
     <t>57 Y</t>
   </si>
   <si>
     <t>09-Dec-24</t>
   </si>
   <si>
     <t>KH24-13697</t>
   </si>
   <si>
     <t>KH24-13698</t>
-  </si>
-[...1 lines deleted...]
-    <t>77 Y</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -721,51 +937,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP32"/>
+  <dimension ref="A1:AP82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -1610,902 +1826,3602 @@
       </c>
       <c r="P16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="R16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="7">
-        <v>2.0</v>
+        <v>1.4</v>
       </c>
       <c r="F17" s="6">
         <v>1.0</v>
       </c>
       <c r="G17" s="9">
         <v>250.0</v>
       </c>
       <c r="H17" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="I17" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M17" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O17" s="6"/>
       <c r="P17" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q17" s="6">
-        <v>45469786</v>
+      <c r="Q17" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="F18" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G18" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H18" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...17 lines deleted...]
-      <c r="H18" s="8" t="s">
+      <c r="I18" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J18" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="I18" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K18" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="M18" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O18" s="6"/>
       <c r="P18" s="6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q18" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>250.0</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O19" s="6"/>
       <c r="P19" s="6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q19" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="7">
-        <v>1.25</v>
+        <v>1.8</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>250.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I20" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="M20" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O20" s="6"/>
       <c r="P20" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q20" s="6">
-        <v>45469786</v>
+      <c r="Q20" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="7">
-        <v>1.0</v>
+        <v>1.8</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>250.0</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O21" s="6"/>
       <c r="P21" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q21" s="6">
-        <v>45469786</v>
+      <c r="Q21" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:42">
       <c r="A22" s="6" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F22" s="6">
         <v>1.0</v>
       </c>
       <c r="G22" s="9">
         <v>250.0</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I22" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O22" s="6"/>
       <c r="P22" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q22" s="6">
-        <v>45469786</v>
+      <c r="Q22" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:42">
       <c r="A23" s="6" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="7">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>
       </c>
       <c r="G23" s="9">
         <v>250.0</v>
       </c>
       <c r="H23" s="8" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O23" s="6"/>
       <c r="P23" s="6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q23" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:42">
       <c r="A24" s="6" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>250.0</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>47</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O24" s="6"/>
       <c r="P24" s="6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q24" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F25" s="6">
         <v>1.0</v>
       </c>
       <c r="G25" s="9">
         <v>250.0</v>
       </c>
       <c r="H25" s="8" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O25" s="6"/>
       <c r="P25" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q25" s="6">
-        <v>45469786</v>
+      <c r="Q25" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="7">
-        <v>2.5</v>
+        <v>1.0</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>250.0</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>47</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O26" s="6"/>
       <c r="P26" s="6" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="7">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>250.0</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O27" s="6"/>
       <c r="P27" s="6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q27" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="7">
-        <v>2.5</v>
+        <v>1.7</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>250.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="I28" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O28" s="6"/>
       <c r="P28" s="6" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q28" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="7">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>250.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O29" s="6"/>
       <c r="P29" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q29" s="6">
-        <v>45469786</v>
+      <c r="Q29" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="7">
-        <v>2.0</v>
+        <v>1.6</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>250.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="I30" s="6" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>98</v>
+        <v>64</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O30" s="6"/>
       <c r="P30" s="6" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q30" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="7">
         <v>1.5</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>250.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O31" s="6"/>
       <c r="P31" s="6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45469786</v>
+        <v>29</v>
+      </c>
+      <c r="Q31" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>250.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O32" s="6"/>
       <c r="P32" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q32" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R32" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:42">
+      <c r="A33" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E33" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F33" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G33" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M33" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="6"/>
+      <c r="P33" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q33" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R33" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:42">
+      <c r="A34" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E34" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="F34" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G34" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O34" s="6"/>
+      <c r="P34" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q34" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R34" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:42">
+      <c r="A35" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E35" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="F35" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G35" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O35" s="6"/>
+      <c r="P35" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q35" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R35" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:42">
+      <c r="A36" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E36" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="F36" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G36" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O36" s="6"/>
+      <c r="P36" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q36" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R36" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="37" spans="1:42">
+      <c r="A37" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E37" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F37" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G37" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H37" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="6"/>
+      <c r="P37" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q37" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R37" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="38" spans="1:42">
+      <c r="A38" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E38" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="F38" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G38" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O38" s="6"/>
+      <c r="P38" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q38" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R38" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="39" spans="1:42">
+      <c r="A39" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E39" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F39" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G39" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H39" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M39" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39" s="6"/>
+      <c r="P39" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q39" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R39" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="1:42">
+      <c r="A40" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E40" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F40" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G40" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O40" s="6"/>
+      <c r="P40" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q40" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R40" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="41" spans="1:42">
+      <c r="A41" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F41" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G41" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O41" s="6"/>
+      <c r="P41" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q41" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R41" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="42" spans="1:42">
+      <c r="A42" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E42" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="F42" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G42" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O42" s="6"/>
+      <c r="P42" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R42" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="43" spans="1:42">
+      <c r="A43" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E43" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="F43" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G43" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H43" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O43" s="6"/>
+      <c r="P43" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q43" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R43" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="44" spans="1:42">
+      <c r="A44" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F44" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G44" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M44" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="6"/>
+      <c r="P44" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q44" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R44" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="45" spans="1:42">
+      <c r="A45" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E45" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F45" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G45" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O45" s="6"/>
+      <c r="P45" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q45" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R45" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:42">
+      <c r="A46" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E46" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F46" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G46" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J46" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="6"/>
+      <c r="P46" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q46" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R46" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:42">
+      <c r="A47" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E47" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F47" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G47" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O47" s="6"/>
+      <c r="P47" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q47" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R47" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="1:42">
+      <c r="A48" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F48" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G48" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J48" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M48" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="6"/>
+      <c r="P48" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q48" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R48" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="49" spans="1:42">
+      <c r="A49" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E49" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F49" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G49" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H49" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="I49" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J49" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M49" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q49" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R49" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="1:42">
+      <c r="A50" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E50" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F50" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G50" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H50" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J50" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M50" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="6"/>
+      <c r="P50" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q50" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R50" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="51" spans="1:42">
+      <c r="A51" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E51" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F51" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G51" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H51" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J51" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O51" s="6"/>
+      <c r="P51" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q51" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R51" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="52" spans="1:42">
+      <c r="A52" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E52" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F52" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G52" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="6"/>
+      <c r="P52" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q52" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R52" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:42">
+      <c r="A53" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E53" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F53" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G53" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q53" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R53" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" spans="1:42">
+      <c r="A54" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E54" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F54" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G54" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="6"/>
+      <c r="P54" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q54" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="55" spans="1:42">
+      <c r="A55" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E55" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F55" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G55" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O55" s="6"/>
+      <c r="P55" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q55" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R55" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="56" spans="1:42">
+      <c r="A56" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E56" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F56" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G56" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H56" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J56" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O56" s="6"/>
+      <c r="P56" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q56" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R56" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:42">
+      <c r="A57" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E57" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F57" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G57" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O57" s="6"/>
+      <c r="P57" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q57" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R57" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:42">
+      <c r="A58" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E58" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F58" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G58" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O58" s="6"/>
+      <c r="P58" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q58" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R58" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:42">
+      <c r="A59" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E59" s="7">
+        <v>1.1</v>
+      </c>
+      <c r="F59" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G59" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="6"/>
+      <c r="P59" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q59" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R59" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="60" spans="1:42">
+      <c r="A60" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E60" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F60" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G60" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O60" s="6"/>
+      <c r="P60" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q60" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R60" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:42">
+      <c r="A61" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E61" s="7">
+        <v>1.6</v>
+      </c>
+      <c r="F61" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G61" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="6"/>
+      <c r="P61" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q61" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R61" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="62" spans="1:42">
+      <c r="A62" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E62" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="F62" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G62" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O62" s="6"/>
+      <c r="P62" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q62" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R62" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:42">
+      <c r="A63" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E63" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F63" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G63" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H63" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O63" s="6"/>
+      <c r="P63" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q63" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R63" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:42">
+      <c r="A64" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E64" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F64" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G64" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="6"/>
+      <c r="P64" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q64" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R64" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="65" spans="1:42">
+      <c r="A65" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E65" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="F65" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G65" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O65" s="6"/>
+      <c r="P65" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q65" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R65" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:42">
+      <c r="A66" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E66" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F66" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G66" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O66" s="6"/>
+      <c r="P66" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q66" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R66" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="67" spans="1:42">
+      <c r="A67" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E67" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F67" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G67" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O67" s="6"/>
+      <c r="P67" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q67" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R67" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="68" spans="1:42">
+      <c r="A68" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E68" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F68" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G68" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="6"/>
+      <c r="P68" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q68" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R68" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="69" spans="1:42">
+      <c r="A69" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E69" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F69" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G69" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H69" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O69" s="6"/>
+      <c r="P69" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q69" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R69" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="70" spans="1:42">
+      <c r="A70" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E70" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F70" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G70" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H70" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O70" s="6"/>
+      <c r="P70" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q70" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R70" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="71" spans="1:42">
+      <c r="A71" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E71" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F71" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G71" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H71" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="6"/>
+      <c r="P71" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q71" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R71" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="72" spans="1:42">
+      <c r="A72" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E72" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F72" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G72" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H72" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O72" s="6"/>
+      <c r="P72" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q72" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R72" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="73" spans="1:42">
+      <c r="A73" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E73" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F73" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G73" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O73" s="6"/>
+      <c r="P73" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q73" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R73" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="74" spans="1:42">
+      <c r="A74" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E74" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F74" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G74" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J74" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O74" s="6"/>
+      <c r="P74" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q74" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R74" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="75" spans="1:42">
+      <c r="A75" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E75" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F75" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G75" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O75" s="6"/>
+      <c r="P75" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q75" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R75" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="76" spans="1:42">
+      <c r="A76" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E76" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="F76" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G76" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J76" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M76" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O76" s="6"/>
+      <c r="P76" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q76" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R76" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="77" spans="1:42">
+      <c r="A77" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E77" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F77" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G77" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O77" s="6"/>
+      <c r="P77" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q77" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R77" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="78" spans="1:42">
+      <c r="A78" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E78" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="F78" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G78" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J78" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O78" s="6"/>
+      <c r="P78" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q78" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R78" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="79" spans="1:42">
+      <c r="A79" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E79" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G79" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O79" s="6"/>
+      <c r="P79" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q79" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R79" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="80" spans="1:42">
+      <c r="A80" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E80" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F80" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G80" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H80" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="M80" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O80" s="6"/>
+      <c r="P80" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q80" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R80" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="81" spans="1:42">
+      <c r="A81" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E81" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F81" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G81" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J81" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="M81" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O81" s="6"/>
+      <c r="P81" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q81" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R81" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="82" spans="1:42">
+      <c r="A82" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E82" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F82" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G82" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H82" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="Q32" s="6">
+      <c r="I82" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="M82" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O82" s="6"/>
+      <c r="P82" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q82" s="6">
         <v>45469786</v>
       </c>
-      <c r="R32" t="s">
+      <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:Q32"/>
+  <autoFilter ref="A2:Q82"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>