--- v0 (2025-12-16)
+++ v1 (2026-02-20)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$211</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$193</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -639,53 +639,50 @@
   <si>
     <t>BF19866024</t>
   </si>
   <si>
     <t>BF19866025</t>
   </si>
   <si>
     <t>BF19866026</t>
   </si>
   <si>
     <t>60 Y</t>
   </si>
   <si>
     <t>BF19866068</t>
   </si>
   <si>
     <t>BF19866069</t>
   </si>
   <si>
     <t>BF19866070</t>
   </si>
   <si>
     <t>18 Y</t>
   </si>
   <si>
-    <t>BF19866071</t>
-[...1 lines deleted...]
-  <si>
     <t>BF19866115</t>
   </si>
   <si>
     <t>32 Y</t>
   </si>
   <si>
     <t>BF19866135</t>
   </si>
   <si>
     <t>BF19866136</t>
   </si>
   <si>
     <t>45 Y</t>
   </si>
   <si>
     <t>28-Jan-25</t>
   </si>
   <si>
     <t>BF19866307</t>
   </si>
   <si>
     <t>50 Y</t>
   </si>
   <si>
     <t>BF19866308</t>
@@ -738,53 +735,50 @@
   <si>
     <t>29-Dec-24</t>
   </si>
   <si>
     <t>BF19867007</t>
   </si>
   <si>
     <t>BF19867008</t>
   </si>
   <si>
     <t>30-Dec-24</t>
   </si>
   <si>
     <t>BF19867009</t>
   </si>
   <si>
     <t>BF19867011</t>
   </si>
   <si>
     <t>BF19867062</t>
   </si>
   <si>
     <t>01-Jan-25</t>
   </si>
   <si>
-    <t>BF19867063</t>
-[...1 lines deleted...]
-  <si>
     <t>BF19867064</t>
   </si>
   <si>
     <t>57 Y</t>
   </si>
   <si>
     <t>BF19867089</t>
   </si>
   <si>
     <t>10-Jan-25</t>
   </si>
   <si>
     <t>BF19867090</t>
   </si>
   <si>
     <t>BF19867091</t>
   </si>
   <si>
     <t>BF19867147</t>
   </si>
   <si>
     <t>43 Y</t>
   </si>
   <si>
     <t>06-Jan-25</t>
@@ -876,233 +870,170 @@
   <si>
     <t>KH25-02915</t>
   </si>
   <si>
     <t>M32.8</t>
   </si>
   <si>
     <t>KH25-03067</t>
   </si>
   <si>
     <t>62 Y</t>
   </si>
   <si>
     <t>31-Dec-24</t>
   </si>
   <si>
     <t>KH25-03132</t>
   </si>
   <si>
     <t>53 Y</t>
   </si>
   <si>
     <t>14-Jan-25</t>
   </si>
   <si>
-    <t>KH25-04435</t>
+    <t>KH25-04436</t>
+  </si>
+  <si>
+    <t>03-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04437</t>
   </si>
   <si>
     <t>04-Mar-25</t>
   </si>
   <si>
-    <t>KH25-04436</t>
-[...7 lines deleted...]
-  <si>
     <t>KH25-04438</t>
   </si>
   <si>
     <t>05-Mar-25</t>
   </si>
   <si>
-    <t>KH25-04439</t>
-[...1 lines deleted...]
-  <si>
     <t>KH25-04589</t>
   </si>
   <si>
     <t>15-Mar-25</t>
   </si>
   <si>
-    <t>KH25-04698</t>
+    <t>KH25-04699</t>
+  </si>
+  <si>
+    <t>14-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05449</t>
+  </si>
+  <si>
+    <t>21-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05560</t>
+  </si>
+  <si>
+    <t>24-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05561</t>
+  </si>
+  <si>
+    <t>26-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05562</t>
+  </si>
+  <si>
+    <t>25-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05563</t>
+  </si>
+  <si>
+    <t>KH25-05958</t>
+  </si>
+  <si>
+    <t>14-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05960</t>
+  </si>
+  <si>
+    <t>15-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05961</t>
+  </si>
+  <si>
+    <t>16-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05994</t>
+  </si>
+  <si>
+    <t>21-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05995</t>
+  </si>
+  <si>
+    <t>20-May-25</t>
+  </si>
+  <si>
+    <t>KH25-06064</t>
+  </si>
+  <si>
+    <t>16-Apr-25</t>
+  </si>
+  <si>
+    <t>KH25-06065</t>
+  </si>
+  <si>
+    <t>15-Apr-25</t>
+  </si>
+  <si>
+    <t>KH25-06066</t>
+  </si>
+  <si>
+    <t>KH25-06124</t>
+  </si>
+  <si>
+    <t>02-Apr-25</t>
+  </si>
+  <si>
+    <t>KH25-06207</t>
+  </si>
+  <si>
+    <t>09-Apr-25</t>
+  </si>
+  <si>
+    <t>KH25-06282</t>
   </si>
   <si>
     <t>35 Y</t>
   </si>
   <si>
-    <t>18-Mar-25</t>
-[...145 lines deleted...]
-  <si>
     <t>17-Apr-25</t>
   </si>
   <si>
     <t>KH25-06303</t>
   </si>
   <si>
     <t>KH25-07109</t>
   </si>
   <si>
     <t>63 Y</t>
   </si>
   <si>
     <t>29-Apr-25</t>
   </si>
   <si>
     <t>KH25-07110</t>
   </si>
   <si>
     <t>28-Apr-25</t>
   </si>
   <si>
     <t>KH25-07111</t>
   </si>
   <si>
     <t>KH25-07126</t>
@@ -1128,56 +1059,50 @@
   <si>
     <t>KH25-07182</t>
   </si>
   <si>
     <t>KH25-07183</t>
   </si>
   <si>
     <t>13-May-25</t>
   </si>
   <si>
     <t>KH25-07184</t>
   </si>
   <si>
     <t>12-May-25</t>
   </si>
   <si>
     <t>KH25-07185</t>
   </si>
   <si>
     <t>KH25-07186</t>
   </si>
   <si>
     <t>KH25-07219</t>
   </si>
   <si>
-    <t>KH25-07269</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-07279</t>
   </si>
   <si>
     <t>27-May-25</t>
   </si>
   <si>
     <t>KH25-07294</t>
   </si>
   <si>
     <t>KH25-07295</t>
   </si>
   <si>
     <t>11 Y</t>
   </si>
   <si>
     <t>28-May-25</t>
   </si>
   <si>
     <t>KH25-07296</t>
   </si>
   <si>
     <t>KH25-07297</t>
   </si>
   <si>
     <t>KH25-07906</t>
@@ -1188,87 +1113,75 @@
   <si>
     <t>KH25-07907</t>
   </si>
   <si>
     <t>10-Apr-25</t>
   </si>
   <si>
     <t>KH25-07908</t>
   </si>
   <si>
     <t>KH25-07909</t>
   </si>
   <si>
     <t>12-Apr-25</t>
   </si>
   <si>
     <t>KH25-07910</t>
   </si>
   <si>
     <t>M32.12</t>
   </si>
   <si>
     <t>KH25-07911</t>
   </si>
   <si>
-    <t>KH25-08173</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-08274</t>
   </si>
   <si>
     <t>21-Apr-25</t>
   </si>
   <si>
     <t>KH25-08501</t>
   </si>
   <si>
     <t>06-May-25</t>
   </si>
   <si>
     <t>KH25-08502</t>
   </si>
   <si>
     <t>KH25-08503</t>
   </si>
   <si>
     <t>05-May-25</t>
   </si>
   <si>
     <t>KH25-08504</t>
   </si>
   <si>
     <t>KH25-08505</t>
-  </si>
-[...4 lines deleted...]
-    <t>07-May-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1621,67 +1534,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP211"/>
+  <dimension ref="A1:AP193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="1"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
+    <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="41.133" bestFit="true" customWidth="true" style="1"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
@@ -6492,6345 +6405,5391 @@
       </c>
       <c r="O92" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q92" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:42">
       <c r="A93" s="6" t="s">
         <v>206</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E93" s="7">
-        <v>2.0</v>
+        <v>1.7</v>
       </c>
       <c r="F93" s="6">
         <v>1.0</v>
       </c>
       <c r="G93" s="9">
         <v>250.0</v>
       </c>
       <c r="H93" s="8" t="s">
-        <v>36</v>
+        <v>207</v>
       </c>
       <c r="I93" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J93" s="6" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O93" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q93" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:42">
       <c r="A94" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E94" s="7">
-        <v>1.7</v>
+        <v>1.2</v>
       </c>
       <c r="F94" s="6">
         <v>1.0</v>
       </c>
       <c r="G94" s="9">
         <v>250.0</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>208</v>
+        <v>47</v>
       </c>
       <c r="I94" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>165</v>
+        <v>186</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O94" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q94" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:42">
       <c r="A95" s="6" t="s">
         <v>209</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E95" s="7">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="F95" s="6">
         <v>1.0</v>
       </c>
       <c r="G95" s="9">
         <v>250.0</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>47</v>
+        <v>210</v>
       </c>
       <c r="I95" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J95" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>186</v>
+        <v>211</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O95" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q95" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:42">
       <c r="A96" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E96" s="7">
         <v>1.3</v>
       </c>
       <c r="F96" s="6">
         <v>1.0</v>
       </c>
       <c r="G96" s="9">
         <v>250.0</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J96" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O96" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q96" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:42">
       <c r="A97" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E97" s="7">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="F97" s="6">
         <v>1.0</v>
       </c>
       <c r="G97" s="9">
         <v>250.0</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="I97" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J97" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O97" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q97" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:42">
       <c r="A98" s="6" t="s">
         <v>215</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E98" s="7">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F98" s="6">
         <v>1.0</v>
       </c>
       <c r="G98" s="9">
         <v>250.0</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
       <c r="I98" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J98" s="6" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O98" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q98" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:42">
       <c r="A99" s="6" t="s">
         <v>216</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E99" s="7">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="F99" s="6">
         <v>1.0</v>
       </c>
       <c r="G99" s="9">
         <v>250.0</v>
       </c>
       <c r="H99" s="8" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="I99" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J99" s="6" t="s">
-        <v>119</v>
+        <v>88</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M99" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O99" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="P99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q99" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:42">
       <c r="A100" s="6" t="s">
         <v>217</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E100" s="7">
         <v>1.3</v>
       </c>
       <c r="F100" s="6">
         <v>1.0</v>
       </c>
       <c r="G100" s="9">
         <v>250.0</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="I100" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J100" s="6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M100" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O100" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q100" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:42">
       <c r="A101" s="6" t="s">
         <v>218</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E101" s="7">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="F101" s="6">
         <v>1.0</v>
       </c>
       <c r="G101" s="9">
         <v>250.0</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>106</v>
+        <v>219</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J101" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O101" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q101" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="102" spans="1:42">
       <c r="A102" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E102" s="7">
-        <v>1.4</v>
+        <v>1.6</v>
       </c>
       <c r="F102" s="6">
         <v>1.0</v>
       </c>
       <c r="G102" s="9">
         <v>250.0</v>
       </c>
       <c r="H102" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J102" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" s="6" t="s">
         <v>220</v>
-      </c>
-[...10 lines deleted...]
-        <v>221</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O102" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q102" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:42">
       <c r="A103" s="6" t="s">
         <v>222</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="7">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="F103" s="6">
         <v>1.0</v>
       </c>
       <c r="G103" s="9">
         <v>250.0</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>115</v>
+        <v>192</v>
       </c>
       <c r="I103" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O103" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q103" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:42">
       <c r="A104" s="6" t="s">
         <v>223</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E104" s="7">
-        <v>1.2</v>
+        <v>1.1</v>
       </c>
       <c r="F104" s="6">
         <v>1.0</v>
       </c>
       <c r="G104" s="9">
         <v>250.0</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="I104" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J104" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="M104" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O104" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q104" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:42">
       <c r="A105" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="7">
         <v>1.1</v>
       </c>
       <c r="F105" s="6">
         <v>1.0</v>
       </c>
       <c r="G105" s="9">
         <v>250.0</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>225</v>
+        <v>91</v>
       </c>
       <c r="I105" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O105" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q105" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:42">
       <c r="A106" s="6" t="s">
         <v>226</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E106" s="7">
-        <v>1.1</v>
+        <v>1.8</v>
       </c>
       <c r="F106" s="6">
         <v>1.0</v>
       </c>
       <c r="G106" s="9">
         <v>250.0</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>91</v>
+        <v>192</v>
       </c>
       <c r="I106" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J106" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O106" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q106" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:42">
       <c r="A107" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="F107" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G107" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H107" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="I107" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J107" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="K107" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" s="6" t="s">
         <v>227</v>
       </c>
-      <c r="B107" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M107" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O107" s="6" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="P107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q107" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:42">
       <c r="A108" s="6" t="s">
         <v>229</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E108" s="7">
-        <v>1.7</v>
+        <v>1.2</v>
       </c>
       <c r="F108" s="6">
         <v>1.0</v>
       </c>
       <c r="G108" s="9">
         <v>250.0</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="I108" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J108" s="6" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="M108" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O108" s="6" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="P108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q108" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:42">
       <c r="A109" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E109" s="7">
-        <v>1.2</v>
+        <v>1.4</v>
       </c>
       <c r="F109" s="6">
         <v>1.0</v>
       </c>
       <c r="G109" s="9">
         <v>250.0</v>
       </c>
       <c r="H109" s="8" t="s">
-        <v>171</v>
+        <v>102</v>
       </c>
       <c r="I109" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J109" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="M109" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O109" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q109" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:42">
       <c r="A110" s="6" t="s">
         <v>232</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E110" s="7">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="F110" s="6">
         <v>1.0</v>
       </c>
       <c r="G110" s="9">
         <v>250.0</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="I110" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J110" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M110" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O110" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q110" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="111" spans="1:42">
       <c r="A111" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E111" s="7">
-        <v>1.3</v>
+        <v>1.0</v>
       </c>
       <c r="F111" s="6">
         <v>1.0</v>
       </c>
       <c r="G111" s="9">
         <v>250.0</v>
       </c>
       <c r="H111" s="8" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="I111" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J111" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="M111" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O111" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q111" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:42">
       <c r="A112" s="6" t="s">
         <v>235</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E112" s="7">
-        <v>1.0</v>
+        <v>1.3</v>
       </c>
       <c r="F112" s="6">
         <v>1.0</v>
       </c>
       <c r="G112" s="9">
         <v>250.0</v>
       </c>
       <c r="H112" s="8" t="s">
         <v>102</v>
       </c>
       <c r="I112" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J112" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="M112" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O112" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="P112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q112" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="113" spans="1:42">
       <c r="A113" s="6" t="s">
         <v>236</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E113" s="7">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="F113" s="6">
         <v>1.0</v>
       </c>
       <c r="G113" s="9">
         <v>250.0</v>
       </c>
       <c r="H113" s="8" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="I113" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J113" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="M113" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O113" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q113" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="114" spans="1:42">
       <c r="A114" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E114" s="7">
-        <v>1.5</v>
+        <v>1.2</v>
       </c>
       <c r="F114" s="6">
         <v>1.0</v>
       </c>
       <c r="G114" s="9">
         <v>250.0</v>
       </c>
       <c r="H114" s="8" t="s">
-        <v>51</v>
+        <v>239</v>
       </c>
       <c r="I114" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J114" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O114" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q114" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:42">
       <c r="A115" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E115" s="7">
-        <v>2.0</v>
+        <v>1.8</v>
       </c>
       <c r="F115" s="6">
         <v>1.0</v>
       </c>
       <c r="G115" s="9">
         <v>250.0</v>
       </c>
       <c r="H115" s="8" t="s">
-        <v>208</v>
+        <v>36</v>
       </c>
       <c r="I115" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J115" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="M115" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O115" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q115" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="116" spans="1:42">
       <c r="A116" s="6" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E116" s="7">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F116" s="6">
         <v>1.0</v>
       </c>
       <c r="G116" s="9">
         <v>250.0</v>
       </c>
       <c r="H116" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I116" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J116" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" s="6" t="s">
         <v>241</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
       <c r="M116" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O116" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q116" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="117" spans="1:42">
       <c r="A117" s="6" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E117" s="7">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="F117" s="6">
         <v>1.0</v>
       </c>
       <c r="G117" s="9">
         <v>250.0</v>
       </c>
       <c r="H117" s="8" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="I117" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J117" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="M117" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O117" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P117" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q117" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:42">
       <c r="A118" s="6" t="s">
         <v>244</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E118" s="7">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="F118" s="6">
         <v>1.0</v>
       </c>
       <c r="G118" s="9">
         <v>250.0</v>
       </c>
       <c r="H118" s="8" t="s">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="I118" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J118" s="6" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="K118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M118" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O118" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q118" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:42">
       <c r="A119" s="6" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E119" s="7">
-        <v>1.7</v>
+        <v>1.4</v>
       </c>
       <c r="F119" s="6">
         <v>1.0</v>
       </c>
       <c r="G119" s="9">
         <v>250.0</v>
       </c>
       <c r="H119" s="8" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="I119" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J119" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K119" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M119" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O119" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q119" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="120" spans="1:42">
       <c r="A120" s="6" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E120" s="7">
-        <v>1.5</v>
+        <v>1.9</v>
       </c>
       <c r="F120" s="6">
         <v>1.0</v>
       </c>
       <c r="G120" s="9">
         <v>250.0</v>
       </c>
       <c r="H120" s="8" t="s">
-        <v>247</v>
+        <v>219</v>
       </c>
       <c r="I120" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J120" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="M120" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O120" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P120" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q120" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="121" spans="1:42">
       <c r="A121" s="6" t="s">
         <v>249</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E121" s="7">
-        <v>1.4</v>
+        <v>1.6</v>
       </c>
       <c r="F121" s="6">
         <v>1.0</v>
       </c>
       <c r="G121" s="9">
         <v>250.0</v>
       </c>
       <c r="H121" s="8" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="I121" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J121" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="M121" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O121" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P121" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q121" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:42">
       <c r="A122" s="6" t="s">
         <v>250</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="7">
-        <v>1.9</v>
+        <v>1.5</v>
       </c>
       <c r="F122" s="6">
         <v>1.0</v>
       </c>
       <c r="G122" s="9">
         <v>250.0</v>
       </c>
       <c r="H122" s="8" t="s">
-        <v>220</v>
+        <v>251</v>
       </c>
       <c r="I122" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J122" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M122" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O122" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P122" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q122" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:42">
       <c r="A123" s="6" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E123" s="7">
         <v>1.6</v>
       </c>
       <c r="F123" s="6">
         <v>1.0</v>
       </c>
       <c r="G123" s="9">
         <v>250.0</v>
       </c>
       <c r="H123" s="8" t="s">
-        <v>95</v>
+        <v>254</v>
       </c>
       <c r="I123" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J123" s="6" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M123" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O123" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P123" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q123" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:42">
       <c r="A124" s="6" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E124" s="7">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F124" s="6">
         <v>1.0</v>
       </c>
       <c r="G124" s="9">
         <v>250.0</v>
       </c>
       <c r="H124" s="8" t="s">
-        <v>253</v>
+        <v>85</v>
       </c>
       <c r="I124" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J124" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="M124" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O124" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q124" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="125" spans="1:42">
       <c r="A125" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E125" s="7">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="F125" s="6">
         <v>1.0</v>
       </c>
       <c r="G125" s="9">
         <v>250.0</v>
       </c>
       <c r="H125" s="8" t="s">
-        <v>256</v>
+        <v>131</v>
       </c>
       <c r="I125" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J125" s="6" t="s">
-        <v>119</v>
+        <v>37</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="M125" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O125" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q125" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:42">
       <c r="A126" s="6" t="s">
         <v>257</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E126" s="7">
-        <v>1.4</v>
+        <v>1.8</v>
       </c>
       <c r="F126" s="6">
         <v>1.0</v>
       </c>
       <c r="G126" s="9">
         <v>250.0</v>
       </c>
       <c r="H126" s="8" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="I126" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J126" s="6" t="s">
-        <v>37</v>
+        <v>258</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="M126" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O126" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q126" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:42">
       <c r="A127" s="6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C127" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E127" s="7">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="F127" s="6">
         <v>1.0</v>
       </c>
       <c r="G127" s="9">
         <v>250.0</v>
       </c>
       <c r="H127" s="8" t="s">
-        <v>131</v>
+        <v>77</v>
       </c>
       <c r="I127" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J127" s="6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>254</v>
+        <v>83</v>
       </c>
       <c r="M127" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O127" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q127" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:42">
       <c r="A128" s="6" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C128" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E128" s="7">
-        <v>1.8</v>
+        <v>1.1</v>
       </c>
       <c r="F128" s="6">
         <v>1.0</v>
       </c>
       <c r="G128" s="9">
         <v>250.0</v>
       </c>
       <c r="H128" s="8" t="s">
-        <v>63</v>
+        <v>262</v>
       </c>
       <c r="I128" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J128" s="6" t="s">
-        <v>260</v>
+        <v>23</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>261</v>
+        <v>230</v>
       </c>
       <c r="M128" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O128" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q128" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:42">
       <c r="A129" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E129" s="7">
         <v>1.3</v>
       </c>
       <c r="F129" s="6">
         <v>1.0</v>
       </c>
       <c r="G129" s="9">
         <v>250.0</v>
       </c>
       <c r="H129" s="8" t="s">
-        <v>77</v>
+        <v>219</v>
       </c>
       <c r="I129" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J129" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>83</v>
+        <v>264</v>
       </c>
       <c r="M129" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O129" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q129" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:42">
       <c r="A130" s="6" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C130" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E130" s="7">
-        <v>1.1</v>
+        <v>1.2</v>
       </c>
       <c r="F130" s="6">
         <v>1.0</v>
       </c>
       <c r="G130" s="9">
         <v>250.0</v>
       </c>
       <c r="H130" s="8" t="s">
-        <v>264</v>
+        <v>102</v>
       </c>
       <c r="I130" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J130" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>231</v>
+        <v>264</v>
       </c>
       <c r="M130" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O130" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P130" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q130" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:42">
       <c r="A131" s="6" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E131" s="7">
         <v>1.3</v>
       </c>
       <c r="F131" s="6">
         <v>1.0</v>
       </c>
       <c r="G131" s="9">
         <v>250.0</v>
       </c>
       <c r="H131" s="8" t="s">
-        <v>220</v>
+        <v>71</v>
       </c>
       <c r="I131" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J131" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="M131" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O131" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q131" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:42">
       <c r="A132" s="6" t="s">
         <v>267</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C132" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E132" s="7">
         <v>1.2</v>
       </c>
       <c r="F132" s="6">
         <v>1.0</v>
       </c>
       <c r="G132" s="9">
         <v>250.0</v>
       </c>
       <c r="H132" s="8" t="s">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="I132" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J132" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="M132" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O132" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q132" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:42">
       <c r="A133" s="6" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E133" s="7">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="F133" s="6">
         <v>1.0</v>
       </c>
       <c r="G133" s="9">
         <v>250.0</v>
       </c>
       <c r="H133" s="8" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="I133" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J133" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="M133" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O133" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q133" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:42">
       <c r="A134" s="6" t="s">
         <v>269</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C134" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E134" s="7">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="F134" s="6">
         <v>1.0</v>
       </c>
       <c r="G134" s="9">
         <v>250.0</v>
       </c>
       <c r="H134" s="8" t="s">
-        <v>77</v>
+        <v>156</v>
       </c>
       <c r="I134" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J134" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="M134" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O134" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="P134" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q134" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:42">
       <c r="A135" s="6" t="s">
         <v>270</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C135" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E135" s="7">
-        <v>1.2</v>
+        <v>1.0</v>
       </c>
       <c r="F135" s="6">
         <v>1.0</v>
       </c>
       <c r="G135" s="9">
         <v>250.0</v>
       </c>
       <c r="H135" s="8" t="s">
-        <v>82</v>
+        <v>167</v>
       </c>
       <c r="I135" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J135" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K135" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>266</v>
+        <v>78</v>
       </c>
       <c r="M135" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O135" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="P135" s="6" t="s">
-        <v>28</v>
+      <c r="P135" s="6">
+        <v>45469786</v>
       </c>
       <c r="Q135" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:42">
       <c r="A136" s="6" t="s">
         <v>271</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C136" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E136" s="7">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="F136" s="6">
         <v>1.0</v>
       </c>
       <c r="G136" s="9">
         <v>250.0</v>
       </c>
       <c r="H136" s="8" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="I136" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J136" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K136" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>266</v>
+        <v>78</v>
       </c>
       <c r="M136" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O136" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="P136" s="6" t="s">
-        <v>28</v>
+      <c r="P136" s="6">
+        <v>45469786</v>
       </c>
       <c r="Q136" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:42">
       <c r="A137" s="6" t="s">
         <v>272</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C137" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E137" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F137" s="6">
         <v>1.0</v>
       </c>
       <c r="G137" s="9">
         <v>250.0</v>
       </c>
       <c r="H137" s="8" t="s">
-        <v>167</v>
+        <v>58</v>
       </c>
       <c r="I137" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J137" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K137" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>78</v>
+        <v>153</v>
       </c>
       <c r="M137" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O137" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P137" s="6">
         <v>45469786</v>
       </c>
       <c r="Q137" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="138" spans="1:42">
       <c r="A138" s="6" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C138" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E138" s="7">
         <v>1.25</v>
       </c>
       <c r="F138" s="6">
         <v>1.0</v>
       </c>
       <c r="G138" s="9">
         <v>250.0</v>
       </c>
       <c r="H138" s="8" t="s">
-        <v>167</v>
+        <v>63</v>
       </c>
       <c r="I138" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J138" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>78</v>
+        <v>227</v>
       </c>
       <c r="M138" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O138" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P138" s="6">
         <v>45469786</v>
       </c>
       <c r="Q138" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="139" spans="1:42">
       <c r="A139" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E139" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F139" s="6">
         <v>1.0</v>
       </c>
       <c r="G139" s="9">
         <v>250.0</v>
       </c>
       <c r="H139" s="8" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="I139" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J139" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>153</v>
+        <v>227</v>
       </c>
       <c r="M139" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O139" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P139" s="6">
         <v>45469786</v>
       </c>
       <c r="Q139" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:42">
       <c r="A140" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C140" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E140" s="7">
         <v>1.25</v>
       </c>
       <c r="F140" s="6">
         <v>1.0</v>
       </c>
       <c r="G140" s="9">
         <v>250.0</v>
       </c>
       <c r="H140" s="8" t="s">
-        <v>63</v>
+        <v>278</v>
       </c>
       <c r="I140" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J140" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K140" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>228</v>
+        <v>279</v>
       </c>
       <c r="M140" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O140" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P140" s="6">
         <v>45469786</v>
       </c>
       <c r="Q140" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="141" spans="1:42">
       <c r="A141" s="6" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C141" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E141" s="7">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="F141" s="6">
         <v>1.0</v>
       </c>
       <c r="G141" s="9">
         <v>250.0</v>
       </c>
       <c r="H141" s="8" t="s">
-        <v>51</v>
+        <v>281</v>
       </c>
       <c r="I141" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J141" s="6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="K141" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>228</v>
+        <v>282</v>
       </c>
       <c r="M141" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O141" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P141" s="6">
         <v>45469786</v>
       </c>
       <c r="Q141" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="142" spans="1:42">
       <c r="A142" s="6" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C142" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E142" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F142" s="6">
         <v>1.0</v>
       </c>
       <c r="G142" s="9">
         <v>250.0</v>
       </c>
       <c r="H142" s="8" t="s">
-        <v>280</v>
+        <v>239</v>
       </c>
       <c r="I142" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J142" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="M142" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O142" s="6" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="P142" s="6">
         <v>45469786</v>
       </c>
       <c r="Q142" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="143" spans="1:42">
       <c r="A143" s="6" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C143" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E143" s="7">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="F143" s="6">
         <v>1.0</v>
       </c>
       <c r="G143" s="9">
         <v>250.0</v>
       </c>
       <c r="H143" s="8" t="s">
-        <v>283</v>
+        <v>47</v>
       </c>
       <c r="I143" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J143" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M143" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O143" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P143" s="6">
         <v>45469786</v>
       </c>
       <c r="Q143" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="144" spans="1:42">
       <c r="A144" s="6" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C144" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E144" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F144" s="6">
         <v>1.0</v>
       </c>
       <c r="G144" s="9">
         <v>250.0</v>
       </c>
       <c r="H144" s="8" t="s">
-        <v>77</v>
+        <v>171</v>
       </c>
       <c r="I144" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J144" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K144" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="M144" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O144" s="6" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="P144" s="6">
         <v>45469786</v>
       </c>
       <c r="Q144" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="145" spans="1:42">
       <c r="A145" s="6" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C145" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E145" s="7">
         <v>1.5</v>
       </c>
       <c r="F145" s="6">
         <v>1.0</v>
       </c>
       <c r="G145" s="9">
         <v>250.0</v>
       </c>
       <c r="H145" s="8" t="s">
-        <v>241</v>
+        <v>171</v>
       </c>
       <c r="I145" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J145" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="M145" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O145" s="6" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="P145" s="6">
         <v>45469786</v>
       </c>
       <c r="Q145" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="146" spans="1:42">
       <c r="A146" s="6" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E146" s="7">
         <v>1.5</v>
       </c>
       <c r="F146" s="6">
         <v>1.0</v>
       </c>
       <c r="G146" s="9">
         <v>250.0</v>
       </c>
       <c r="H146" s="8" t="s">
-        <v>47</v>
+        <v>167</v>
       </c>
       <c r="I146" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J146" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="M146" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O146" s="6" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P146" s="6">
         <v>45469786</v>
       </c>
       <c r="Q146" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:42">
       <c r="A147" s="6" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C147" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E147" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F147" s="6">
         <v>1.0</v>
       </c>
       <c r="G147" s="9">
         <v>250.0</v>
       </c>
       <c r="H147" s="8" t="s">
-        <v>171</v>
+        <v>149</v>
       </c>
       <c r="I147" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J147" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K147" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="M147" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O147" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P147" s="6">
         <v>45469786</v>
       </c>
       <c r="Q147" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="148" spans="1:42">
       <c r="A148" s="6" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E148" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F148" s="6">
         <v>1.0</v>
       </c>
       <c r="G148" s="9">
         <v>250.0</v>
       </c>
       <c r="H148" s="8" t="s">
-        <v>167</v>
+        <v>58</v>
       </c>
       <c r="I148" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J148" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K148" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="M148" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O148" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P148" s="6">
         <v>45469786</v>
       </c>
       <c r="Q148" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:42">
       <c r="A149" s="6" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E149" s="7">
         <v>1.5</v>
       </c>
       <c r="F149" s="6">
         <v>1.0</v>
       </c>
       <c r="G149" s="9">
         <v>250.0</v>
       </c>
       <c r="H149" s="8" t="s">
-        <v>171</v>
+        <v>43</v>
       </c>
       <c r="I149" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J149" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="M149" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O149" s="6" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P149" s="6">
         <v>45469786</v>
       </c>
       <c r="Q149" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="150" spans="1:42">
       <c r="A150" s="6" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E150" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F150" s="6">
         <v>1.0</v>
       </c>
       <c r="G150" s="9">
         <v>250.0</v>
       </c>
       <c r="H150" s="8" t="s">
-        <v>296</v>
+        <v>169</v>
       </c>
       <c r="I150" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J150" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="M150" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O150" s="6" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="P150" s="6">
         <v>45469786</v>
       </c>
       <c r="Q150" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="151" spans="1:42">
       <c r="A151" s="6" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E151" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F151" s="6">
         <v>1.0</v>
       </c>
       <c r="G151" s="9">
         <v>250.0</v>
       </c>
       <c r="H151" s="8" t="s">
-        <v>167</v>
+        <v>251</v>
       </c>
       <c r="I151" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J151" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K151" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="M151" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O151" s="6" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="P151" s="6">
         <v>45469786</v>
       </c>
       <c r="Q151" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="152" spans="1:42">
       <c r="A152" s="6" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D152" s="6" t="s">
-        <v>301</v>
+        <v>20</v>
       </c>
       <c r="E152" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F152" s="6">
         <v>1.0</v>
       </c>
       <c r="G152" s="9">
         <v>250.0</v>
       </c>
       <c r="H152" s="8" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="I152" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J152" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K152" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M152" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O152" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P152" s="6">
         <v>45469786</v>
       </c>
       <c r="Q152" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="153" spans="1:42">
       <c r="A153" s="6" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E153" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F153" s="6">
         <v>1.0</v>
       </c>
       <c r="G153" s="9">
         <v>250.0</v>
       </c>
       <c r="H153" s="8" t="s">
-        <v>93</v>
+        <v>278</v>
       </c>
       <c r="I153" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J153" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M153" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O153" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P153" s="6">
         <v>45469786</v>
       </c>
       <c r="Q153" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="154" spans="1:42">
       <c r="A154" s="6" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E154" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F154" s="6">
         <v>1.0</v>
       </c>
       <c r="G154" s="9">
         <v>250.0</v>
       </c>
       <c r="H154" s="8" t="s">
-        <v>306</v>
+        <v>278</v>
       </c>
       <c r="I154" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J154" s="6" t="s">
         <v>88</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L154" s="6" t="s">
         <v>307</v>
       </c>
       <c r="M154" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O154" s="6" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="P154" s="6">
         <v>45469786</v>
       </c>
       <c r="Q154" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="155" spans="1:42">
       <c r="A155" s="6" t="s">
         <v>308</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E155" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F155" s="6">
         <v>1.0</v>
       </c>
       <c r="G155" s="9">
         <v>250.0</v>
       </c>
       <c r="H155" s="8" t="s">
-        <v>158</v>
+        <v>262</v>
       </c>
       <c r="I155" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J155" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K155" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="M155" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O155" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P155" s="6">
         <v>45469786</v>
       </c>
       <c r="Q155" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:42">
       <c r="A156" s="6" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E156" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F156" s="6">
         <v>1.0</v>
       </c>
       <c r="G156" s="9">
         <v>250.0</v>
       </c>
       <c r="H156" s="8" t="s">
-        <v>82</v>
+        <v>278</v>
       </c>
       <c r="I156" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J156" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M156" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O156" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P156" s="6">
         <v>45469786</v>
       </c>
       <c r="Q156" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:42">
       <c r="A157" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E157" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F157" s="6">
         <v>1.0</v>
       </c>
       <c r="G157" s="9">
         <v>250.0</v>
       </c>
       <c r="H157" s="8" t="s">
-        <v>115</v>
+        <v>169</v>
       </c>
       <c r="I157" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J157" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K157" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="M157" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O157" s="6" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P157" s="6">
         <v>45469786</v>
       </c>
       <c r="Q157" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:42">
       <c r="A158" s="6" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E158" s="7">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F158" s="6">
         <v>1.0</v>
       </c>
       <c r="G158" s="9">
         <v>250.0</v>
       </c>
       <c r="H158" s="8" t="s">
-        <v>146</v>
+        <v>219</v>
       </c>
       <c r="I158" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J158" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K158" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="M158" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O158" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P158" s="6">
         <v>45469786</v>
       </c>
       <c r="Q158" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:42">
       <c r="A159" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F159" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G159" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H159" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="I159" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J159" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K159" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" s="6" t="s">
         <v>313</v>
       </c>
-      <c r="B159" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M159" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O159" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P159" s="6">
         <v>45469786</v>
       </c>
       <c r="Q159" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="160" spans="1:42">
       <c r="A160" s="6" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E160" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F160" s="6">
         <v>1.0</v>
       </c>
       <c r="G160" s="9">
         <v>250.0</v>
       </c>
       <c r="H160" s="8" t="s">
-        <v>149</v>
+        <v>224</v>
       </c>
       <c r="I160" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J160" s="6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K160" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="M160" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O160" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P160" s="6">
         <v>45469786</v>
       </c>
       <c r="Q160" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:42">
       <c r="A161" s="6" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E161" s="7">
         <v>1.5</v>
       </c>
       <c r="F161" s="6">
         <v>1.0</v>
       </c>
       <c r="G161" s="9">
         <v>250.0</v>
       </c>
       <c r="H161" s="8" t="s">
-        <v>58</v>
+        <v>169</v>
       </c>
       <c r="I161" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J161" s="6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="K161" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="M161" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O161" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P161" s="6">
         <v>45469786</v>
       </c>
       <c r="Q161" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="162" spans="1:42">
       <c r="A162" s="6" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E162" s="7">
         <v>1.5</v>
       </c>
       <c r="F162" s="6">
         <v>1.0</v>
       </c>
       <c r="G162" s="9">
         <v>250.0</v>
       </c>
       <c r="H162" s="8" t="s">
-        <v>43</v>
+        <v>322</v>
       </c>
       <c r="I162" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J162" s="6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="M162" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O162" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P162" s="6">
         <v>45469786</v>
       </c>
       <c r="Q162" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="163" spans="1:42">
       <c r="A163" s="6" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E163" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F163" s="6">
         <v>1.0</v>
       </c>
       <c r="G163" s="9">
         <v>250.0</v>
       </c>
       <c r="H163" s="8" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
       <c r="I163" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J163" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K163" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="M163" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O163" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P163" s="6">
         <v>45469786</v>
       </c>
       <c r="Q163" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="164" spans="1:42">
       <c r="A164" s="6" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E164" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F164" s="6">
         <v>1.0</v>
       </c>
       <c r="G164" s="9">
         <v>250.0</v>
       </c>
       <c r="H164" s="8" t="s">
-        <v>253</v>
+        <v>326</v>
       </c>
       <c r="I164" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J164" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="M164" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O164" s="6" t="s">
-        <v>278</v>
+        <v>56</v>
       </c>
       <c r="P164" s="6">
         <v>45469786</v>
       </c>
       <c r="Q164" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="165" spans="1:42">
       <c r="A165" s="6" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E165" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F165" s="6">
         <v>1.0</v>
       </c>
       <c r="G165" s="9">
         <v>250.0</v>
       </c>
       <c r="H165" s="8" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
       <c r="I165" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J165" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="M165" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O165" s="6" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="P165" s="6">
         <v>45469786</v>
       </c>
       <c r="Q165" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="166" spans="1:42">
       <c r="A166" s="6" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C166" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E166" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F166" s="6">
         <v>1.0</v>
       </c>
       <c r="G166" s="9">
         <v>250.0</v>
       </c>
       <c r="H166" s="8" t="s">
-        <v>280</v>
+        <v>326</v>
       </c>
       <c r="I166" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J166" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M166" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O166" s="6" t="s">
-        <v>275</v>
+        <v>56</v>
       </c>
       <c r="P166" s="6">
         <v>45469786</v>
       </c>
       <c r="Q166" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:42">
       <c r="A167" s="6" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E167" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F167" s="6">
         <v>1.0</v>
       </c>
       <c r="G167" s="9">
         <v>250.0</v>
       </c>
       <c r="H167" s="8" t="s">
-        <v>327</v>
+        <v>106</v>
       </c>
       <c r="I167" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J167" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K167" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="M167" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O167" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P167" s="6">
         <v>45469786</v>
       </c>
       <c r="Q167" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:42">
       <c r="A168" s="6" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E168" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F168" s="6">
         <v>1.0</v>
       </c>
       <c r="G168" s="9">
         <v>250.0</v>
       </c>
       <c r="H168" s="8" t="s">
-        <v>280</v>
+        <v>192</v>
       </c>
       <c r="I168" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J168" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K168" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="M168" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O168" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P168" s="6">
         <v>45469786</v>
       </c>
       <c r="Q168" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="169" spans="1:42">
       <c r="A169" s="6" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C169" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E169" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F169" s="6">
         <v>1.0</v>
       </c>
       <c r="G169" s="9">
         <v>250.0</v>
       </c>
       <c r="H169" s="8" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="I169" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J169" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="M169" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O169" s="6" t="s">
-        <v>56</v>
+        <v>276</v>
       </c>
       <c r="P169" s="6">
         <v>45469786</v>
       </c>
       <c r="Q169" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:42">
       <c r="A170" s="6" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C170" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E170" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F170" s="6">
         <v>1.0</v>
       </c>
       <c r="G170" s="9">
         <v>250.0</v>
       </c>
       <c r="H170" s="8" t="s">
-        <v>264</v>
+        <v>171</v>
       </c>
       <c r="I170" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J170" s="6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="K170" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="M170" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O170" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P170" s="6">
         <v>45469786</v>
       </c>
       <c r="Q170" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="171" spans="1:42">
       <c r="A171" s="6" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E171" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F171" s="6">
         <v>1.0</v>
       </c>
       <c r="G171" s="9">
         <v>250.0</v>
       </c>
       <c r="H171" s="8" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="I171" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J171" s="6" t="s">
         <v>88</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>335</v>
+        <v>303</v>
       </c>
       <c r="M171" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O171" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P171" s="6">
         <v>45469786</v>
       </c>
       <c r="Q171" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="172" spans="1:42">
       <c r="A172" s="6" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C172" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E172" s="7">
         <v>1.5</v>
       </c>
       <c r="F172" s="6">
         <v>1.0</v>
       </c>
       <c r="G172" s="9">
         <v>250.0</v>
       </c>
       <c r="H172" s="8" t="s">
-        <v>169</v>
+        <v>207</v>
       </c>
       <c r="I172" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J172" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="M172" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O172" s="6" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="P172" s="6">
         <v>45469786</v>
       </c>
       <c r="Q172" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="173" spans="1:42">
       <c r="A173" s="6" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E173" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F173" s="6">
         <v>1.0</v>
       </c>
       <c r="G173" s="9">
         <v>250.0</v>
       </c>
       <c r="H173" s="8" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="I173" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J173" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="M173" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O173" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P173" s="6">
         <v>45469786</v>
       </c>
       <c r="Q173" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="174" spans="1:42">
       <c r="A174" s="6" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C174" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E174" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F174" s="6">
         <v>1.0</v>
       </c>
       <c r="G174" s="9">
         <v>250.0</v>
       </c>
       <c r="H174" s="8" t="s">
-        <v>214</v>
+        <v>134</v>
       </c>
       <c r="I174" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J174" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="M174" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O174" s="6" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P174" s="6">
         <v>45469786</v>
       </c>
       <c r="Q174" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:42">
       <c r="A175" s="6" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E175" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F175" s="6">
         <v>1.0</v>
       </c>
       <c r="G175" s="9">
         <v>250.0</v>
       </c>
       <c r="H175" s="8" t="s">
-        <v>225</v>
+        <v>251</v>
       </c>
       <c r="I175" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J175" s="6" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="K175" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="M175" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O175" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P175" s="6">
         <v>45469786</v>
       </c>
       <c r="Q175" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="176" spans="1:42">
       <c r="A176" s="6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C176" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E176" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F176" s="6">
         <v>1.0</v>
       </c>
       <c r="G176" s="9">
         <v>250.0</v>
       </c>
       <c r="H176" s="8" t="s">
-        <v>169</v>
+        <v>106</v>
       </c>
       <c r="I176" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J176" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="M176" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O176" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P176" s="6">
         <v>45469786</v>
       </c>
       <c r="Q176" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:42">
       <c r="A177" s="6" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C177" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E177" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F177" s="6">
         <v>1.0</v>
       </c>
       <c r="G177" s="9">
         <v>250.0</v>
       </c>
       <c r="H177" s="8" t="s">
-        <v>296</v>
+        <v>210</v>
       </c>
       <c r="I177" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J177" s="6" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="K177" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M177" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O177" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P177" s="6">
         <v>45469786</v>
       </c>
       <c r="Q177" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="178" spans="1:42">
       <c r="A178" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F178" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G178" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H178" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="I178" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J178" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="K178" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" s="6" t="s">
         <v>347</v>
-      </c>
-[...31 lines deleted...]
-        <v>339</v>
       </c>
       <c r="M178" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O178" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P178" s="6">
         <v>45469786</v>
       </c>
       <c r="Q178" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:42">
       <c r="A179" s="6" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C179" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E179" s="7">
         <v>1.25</v>
       </c>
       <c r="F179" s="6">
         <v>1.0</v>
       </c>
       <c r="G179" s="9">
         <v>250.0</v>
       </c>
       <c r="H179" s="8" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I179" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J179" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K179" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M179" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O179" s="6" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="P179" s="6">
         <v>45469786</v>
       </c>
       <c r="Q179" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="180" spans="1:42">
       <c r="A180" s="6" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C180" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E180" s="7">
         <v>1.5</v>
       </c>
       <c r="F180" s="6">
         <v>1.0</v>
       </c>
       <c r="G180" s="9">
         <v>250.0</v>
       </c>
       <c r="H180" s="8" t="s">
-        <v>146</v>
+        <v>213</v>
       </c>
       <c r="I180" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J180" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K180" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="M180" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O180" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P180" s="6">
         <v>45469786</v>
       </c>
       <c r="Q180" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="181" spans="1:42">
       <c r="A181" s="6" t="s">
         <v>353</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="7">
         <v>1.5</v>
       </c>
       <c r="F181" s="6">
         <v>1.0</v>
       </c>
       <c r="G181" s="9">
         <v>250.0</v>
       </c>
       <c r="H181" s="8" t="s">
-        <v>349</v>
+        <v>278</v>
       </c>
       <c r="I181" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J181" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K181" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="M181" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O181" s="6" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="P181" s="6">
         <v>45469786</v>
       </c>
       <c r="Q181" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="182" spans="1:42">
       <c r="A182" s="6" t="s">
         <v>354</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C182" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E182" s="7">
         <v>1.5</v>
       </c>
       <c r="F182" s="6">
         <v>1.0</v>
       </c>
       <c r="G182" s="9">
         <v>250.0</v>
       </c>
       <c r="H182" s="8" t="s">
-        <v>106</v>
+        <v>171</v>
       </c>
       <c r="I182" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J182" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K182" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L182" s="6" t="s">
         <v>355</v>
       </c>
       <c r="M182" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O182" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P182" s="6">
         <v>45469786</v>
       </c>
       <c r="Q182" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="183" spans="1:42">
       <c r="A183" s="6" t="s">
         <v>356</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C183" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E183" s="7">
         <v>1.0</v>
       </c>
       <c r="F183" s="6">
         <v>1.0</v>
       </c>
       <c r="G183" s="9">
         <v>250.0</v>
       </c>
       <c r="H183" s="8" t="s">
-        <v>192</v>
+        <v>47</v>
       </c>
       <c r="I183" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J183" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K183" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L183" s="6" t="s">
         <v>357</v>
       </c>
       <c r="M183" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O183" s="6" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="P183" s="6">
         <v>45469786</v>
       </c>
       <c r="Q183" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="184" spans="1:42">
       <c r="A184" s="6" t="s">
         <v>358</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C184" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E184" s="7">
         <v>1.75</v>
       </c>
       <c r="F184" s="6">
         <v>1.0</v>
       </c>
       <c r="G184" s="9">
         <v>250.0</v>
       </c>
       <c r="H184" s="8" t="s">
-        <v>124</v>
+        <v>149</v>
       </c>
       <c r="I184" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J184" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K184" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="M184" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O184" s="6" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="P184" s="6">
         <v>45469786</v>
       </c>
       <c r="Q184" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="185" spans="1:42">
       <c r="A185" s="6" t="s">
         <v>359</v>
       </c>
       <c r="B185" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C185" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E185" s="7">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="F185" s="6">
         <v>1.0</v>
       </c>
       <c r="G185" s="9">
         <v>250.0</v>
       </c>
       <c r="H185" s="8" t="s">
-        <v>171</v>
+        <v>134</v>
       </c>
       <c r="I185" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J185" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K185" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L185" s="6" t="s">
         <v>360</v>
       </c>
       <c r="M185" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O185" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P185" s="6">
         <v>45469786</v>
       </c>
       <c r="Q185" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="186" spans="1:42">
       <c r="A186" s="6" t="s">
         <v>361</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C186" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E186" s="7">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="F186" s="6">
         <v>1.0</v>
       </c>
       <c r="G186" s="9">
         <v>250.0</v>
       </c>
       <c r="H186" s="8" t="s">
-        <v>280</v>
+        <v>112</v>
       </c>
       <c r="I186" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J186" s="6" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="K186" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>325</v>
+        <v>355</v>
       </c>
       <c r="M186" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O186" s="6" t="s">
-        <v>275</v>
+        <v>362</v>
       </c>
       <c r="P186" s="6">
         <v>45469786</v>
       </c>
       <c r="Q186" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="187" spans="1:42">
       <c r="A187" s="6" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C187" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="7">
         <v>1.5</v>
       </c>
       <c r="F187" s="6">
         <v>1.0</v>
       </c>
       <c r="G187" s="9">
         <v>250.0</v>
       </c>
       <c r="H187" s="8" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="I187" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="J187" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="K187" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>363</v>
+        <v>320</v>
       </c>
       <c r="M187" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O187" s="6" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="P187" s="6">
         <v>45469786</v>
       </c>
       <c r="Q187" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="188" spans="1:42">
       <c r="A188" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C188" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E188" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F188" s="6">
         <v>1.0</v>
       </c>
       <c r="G188" s="9">
         <v>250.0</v>
       </c>
       <c r="H188" s="8" t="s">
-        <v>241</v>
+        <v>146</v>
       </c>
       <c r="I188" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J188" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K188" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L188" s="6" t="s">
         <v>365</v>
       </c>
       <c r="M188" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O188" s="6" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="P188" s="6">
         <v>45469786</v>
       </c>
       <c r="Q188" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:42">
       <c r="A189" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C189" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E189" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F189" s="6">
         <v>1.0</v>
       </c>
       <c r="G189" s="9">
         <v>250.0</v>
       </c>
       <c r="H189" s="8" t="s">
-        <v>134</v>
+        <v>201</v>
       </c>
       <c r="I189" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J189" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K189" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="M189" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O189" s="6" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="P189" s="6">
         <v>45469786</v>
       </c>
       <c r="Q189" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="190" spans="1:42">
       <c r="A190" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F190" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G190" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H190" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I190" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J190" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K190" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" s="6" t="s">
         <v>367</v>
       </c>
-      <c r="B190" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M190" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O190" s="6" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P190" s="6">
         <v>45469786</v>
       </c>
       <c r="Q190" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="191" spans="1:42">
       <c r="A191" s="6" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C191" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E191" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F191" s="6">
         <v>1.0</v>
       </c>
       <c r="G191" s="9">
         <v>250.0</v>
       </c>
       <c r="H191" s="8" t="s">
-        <v>106</v>
+        <v>167</v>
       </c>
       <c r="I191" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J191" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K191" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="M191" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O191" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P191" s="6">
         <v>45469786</v>
       </c>
       <c r="Q191" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="192" spans="1:42">
       <c r="A192" s="6" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C192" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E192" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F192" s="6">
         <v>1.0</v>
       </c>
       <c r="G192" s="9">
         <v>250.0</v>
       </c>
       <c r="H192" s="8" t="s">
-        <v>36</v>
+        <v>149</v>
       </c>
       <c r="I192" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="J192" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K192" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L192" s="6" t="s">
         <v>370</v>
       </c>
       <c r="M192" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N192" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O192" s="6" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="P192" s="6">
         <v>45469786</v>
       </c>
       <c r="Q192" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:42">
       <c r="A193" s="6" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C193" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E193" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F193" s="6">
         <v>1.0</v>
       </c>
       <c r="G193" s="9">
         <v>250.0</v>
       </c>
       <c r="H193" s="8" t="s">
-        <v>211</v>
+        <v>278</v>
       </c>
       <c r="I193" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J193" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K193" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="M193" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O193" s="6" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P193" s="6">
         <v>45469786</v>
       </c>
       <c r="Q193" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="194" spans="1:42">
-[...952 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:P211"/>
+  <autoFilter ref="A2:P193"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>