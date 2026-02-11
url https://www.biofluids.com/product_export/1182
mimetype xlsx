--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$AA$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$AA$14</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -207,141 +207,129 @@
   <si>
     <t>31 Y</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>07-Dec-23</t>
   </si>
   <si>
     <t>16,480 IU/mL : Nucleic Acid Titration</t>
   </si>
   <si>
     <t>BF19867839</t>
   </si>
   <si>
     <t>37 Y</t>
   </si>
   <si>
     <t>07-Aug-23</t>
   </si>
   <si>
     <t>73,959 IU/mL : Nucleic Acid Titration</t>
   </si>
   <si>
-    <t>BF19867840</t>
-[...5 lines deleted...]
-    <t>28-Mar-24</t>
+    <t>BF19867841</t>
+  </si>
+  <si>
+    <t>53 Y</t>
+  </si>
+  <si>
+    <t>30-Sep-23</t>
+  </si>
+  <si>
+    <t>Undetermined</t>
+  </si>
+  <si>
+    <t>3 : Sequencing of the ORF2 region</t>
+  </si>
+  <si>
+    <t>31,298 IU/mL : Nucleic Acid Titration</t>
+  </si>
+  <si>
+    <t>BF19867842</t>
+  </si>
+  <si>
+    <t>55 Y</t>
+  </si>
+  <si>
+    <t>25-May-23</t>
+  </si>
+  <si>
+    <t>16,723 IU/mL : Nucleic Acid Titration</t>
+  </si>
+  <si>
+    <t>BF19867843</t>
+  </si>
+  <si>
+    <t>64 Y</t>
+  </si>
+  <si>
+    <t>21-Jun-23</t>
+  </si>
+  <si>
+    <t>Liaison XL Murex anti-HEV IgG - Diasorin</t>
+  </si>
+  <si>
+    <t>44,137 IU/mL : Nucleic Acid Titration</t>
+  </si>
+  <si>
+    <t>BF19867844</t>
+  </si>
+  <si>
+    <t>45 Y</t>
+  </si>
+  <si>
+    <t>11-May-23</t>
+  </si>
+  <si>
+    <t>11,881 IU/mL : Nucleic Acid Titration</t>
+  </si>
+  <si>
+    <t>BF19867845</t>
+  </si>
+  <si>
+    <t>08-Dec-23</t>
+  </si>
+  <si>
+    <t>3f : Sequencing of the ORF2 region</t>
+  </si>
+  <si>
+    <t>2,956 IU/mL : Nucleic Acid Titration</t>
+  </si>
+  <si>
+    <t>BF19867846</t>
+  </si>
+  <si>
+    <t>68 Y</t>
+  </si>
+  <si>
+    <t>26-Nov-24</t>
   </si>
   <si>
     <t>UltrioPlex E Grifols</t>
-  </si>
-[...79 lines deleted...]
-    <t>26-Nov-24</t>
   </si>
   <si>
     <t>1,032,074 IU/mL : Nucleic Acid Titration</t>
   </si>
   <si>
     <t>BF19867847</t>
   </si>
   <si>
     <t>44 Y</t>
   </si>
   <si>
     <t>04-Oct-22</t>
   </si>
   <si>
     <t>U/A : Nucleic Acid Titration</t>
   </si>
   <si>
     <t>BF19867848</t>
   </si>
   <si>
     <t>63 Y</t>
   </si>
   <si>
     <t>29-Nov-24</t>
   </si>
@@ -718,51 +706,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP15"/>
+  <dimension ref="A1:AP14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="48.274" bestFit="true" customWidth="true" style="0"/>
@@ -1191,766 +1179,685 @@
       <c r="Y6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z6" s="6"/>
       <c r="AA6" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:42">
       <c r="A7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="7">
         <v>1.0</v>
       </c>
       <c r="F7" s="6">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="G7" s="9">
         <v>450.0</v>
       </c>
       <c r="H7" s="8" t="s">
         <v>63</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>64</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="7">
         <v>1.0</v>
       </c>
       <c r="F8" s="6">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="G8" s="9">
         <v>450.0</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>69</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="T8" s="6" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:42">
       <c r="A9" s="6" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="7">
         <v>1.0</v>
       </c>
       <c r="F9" s="6">
         <v>4.0</v>
       </c>
       <c r="G9" s="9">
         <v>450.0</v>
       </c>
       <c r="H9" s="8" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="M9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="Q9" s="6" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="T9" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z9" s="6"/>
       <c r="AA9" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:42">
       <c r="A10" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="7">
         <v>1.0</v>
       </c>
       <c r="F10" s="6">
         <v>4.0</v>
       </c>
       <c r="G10" s="9">
         <v>450.0</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="J10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>81</v>
+        <v>38</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q10" s="6" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="T10" s="6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y10" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:42">
       <c r="A11" s="6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="7">
         <v>1.0</v>
       </c>
       <c r="F11" s="6">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="G11" s="9">
         <v>450.0</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z11" s="6"/>
       <c r="AA11" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:42">
       <c r="A12" s="6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="7">
         <v>1.0</v>
       </c>
       <c r="F12" s="6">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="G12" s="9">
         <v>450.0</v>
       </c>
       <c r="H12" s="8" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" s="6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>89</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y12" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z12" s="6"/>
       <c r="AA12" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:42">
       <c r="A13" s="6" t="s">
         <v>90</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="7">
         <v>1.0</v>
       </c>
       <c r="F13" s="6">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="G13" s="9">
         <v>450.0</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>91</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J13" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>92</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="T13" s="6"/>
       <c r="U13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z13" s="6"/>
       <c r="AA13" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:42">
       <c r="A14" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="7">
         <v>1.0</v>
       </c>
       <c r="F14" s="6">
         <v>3.0</v>
       </c>
       <c r="G14" s="9">
         <v>450.0</v>
       </c>
       <c r="H14" s="8" t="s">
         <v>95</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>96</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="T14" s="6"/>
       <c r="U14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y14" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z14" s="6"/>
       <c r="AA14" s="6" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="AB14" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="15" spans="1:42">
-[...80 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:AA15"/>
+  <autoFilter ref="A2:AA14"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>