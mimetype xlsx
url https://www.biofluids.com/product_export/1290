--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -10,962 +10,824 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$148</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$S$112</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Ethnicity</t>
   </si>
   <si>
     <t>Storage Temp</t>
   </si>
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>Test 1</t>
   </si>
   <si>
     <t>Test 1 Result</t>
   </si>
   <si>
+    <t>Test 2</t>
+  </si>
+  <si>
+    <t>Test 2 Result</t>
+  </si>
+  <si>
+    <t>Test 2 Detail</t>
+  </si>
+  <si>
     <t>ICD10 Code</t>
   </si>
   <si>
     <t>IRB Approval ID</t>
   </si>
   <si>
-    <t>KH24-11600</t>
+    <t>KH24-11680</t>
   </si>
   <si>
     <t>Parkinson's Disease</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
-    <t>K2 EDTA Plasma</t>
-[...2 lines deleted...]
-    <t>66 Y</t>
+    <t>Serum</t>
+  </si>
+  <si>
+    <t>75 Y</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>&lt;-70C</t>
+  </si>
+  <si>
+    <t>21-Oct-24</t>
+  </si>
+  <si>
+    <t>Diagnosis</t>
+  </si>
+  <si>
+    <t>G20</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>KH24-11681</t>
+  </si>
+  <si>
+    <t>67 Y</t>
+  </si>
+  <si>
+    <t>22-Oct-24</t>
+  </si>
+  <si>
+    <t>G20.C</t>
+  </si>
+  <si>
+    <t>KH24-11876</t>
+  </si>
+  <si>
+    <t>72 Y</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
-    <t>White</t>
-[...8 lines deleted...]
-    <t>Diagnosis</t>
+    <t>10-Oct-24</t>
   </si>
   <si>
     <t>G20.A1</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...5 lines deleted...]
-    <t>68 Y</t>
+    <t>KH24-11877</t>
+  </si>
+  <si>
+    <t>EDTA Plasma</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>KH24-12354</t>
+  </si>
+  <si>
+    <t>85 Y</t>
+  </si>
+  <si>
+    <t>07-Nov-24</t>
+  </si>
+  <si>
+    <t>KH24-12355</t>
+  </si>
+  <si>
+    <t>71 Y</t>
+  </si>
+  <si>
+    <t>08-Nov-24</t>
+  </si>
+  <si>
+    <t>KH24-12592</t>
+  </si>
+  <si>
+    <t>73 Y</t>
+  </si>
+  <si>
+    <t>13-Nov-24</t>
+  </si>
+  <si>
+    <t>G20.41</t>
+  </si>
+  <si>
+    <t>KH24-13627</t>
+  </si>
+  <si>
+    <t>74 Y</t>
+  </si>
+  <si>
+    <t>14-Dec-24</t>
+  </si>
+  <si>
+    <t>KH24-13742</t>
+  </si>
+  <si>
+    <t>89 Y</t>
   </si>
   <si>
     <t>U/A</t>
   </si>
   <si>
-    <t>19-Oct-24</t>
-[...59 lines deleted...]
-    <t>KH24-12274</t>
+    <t>19-Dec-24</t>
+  </si>
+  <si>
+    <t>KH25-01050</t>
+  </si>
+  <si>
+    <t>26-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-01093</t>
+  </si>
+  <si>
+    <t>82 Y</t>
+  </si>
+  <si>
+    <t>Asian</t>
+  </si>
+  <si>
+    <t>27-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-01283</t>
+  </si>
+  <si>
+    <t>89 + Y</t>
+  </si>
+  <si>
+    <t>01-Apr-25</t>
+  </si>
+  <si>
+    <t>KH25-01303</t>
+  </si>
+  <si>
+    <t>KH25-01670</t>
+  </si>
+  <si>
+    <t>88 Y</t>
+  </si>
+  <si>
+    <t>25-Feb-25</t>
+  </si>
+  <si>
+    <t>KH25-02189</t>
+  </si>
+  <si>
+    <t>21-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-02322</t>
+  </si>
+  <si>
+    <t>83 Y</t>
+  </si>
+  <si>
+    <t>23-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-02323</t>
+  </si>
+  <si>
+    <t>76 Y</t>
+  </si>
+  <si>
+    <t>25-Jan-25</t>
+  </si>
+  <si>
+    <t>G20A1</t>
+  </si>
+  <si>
+    <t>KH25-02528</t>
+  </si>
+  <si>
+    <t>70 Y</t>
+  </si>
+  <si>
+    <t>03-Feb-25</t>
+  </si>
+  <si>
+    <t>KH25-02530</t>
+  </si>
+  <si>
+    <t>KH25-02531</t>
+  </si>
+  <si>
+    <t>04-Feb-25</t>
+  </si>
+  <si>
+    <t>KH25-02532</t>
+  </si>
+  <si>
+    <t>KH25-02724</t>
+  </si>
+  <si>
+    <t>14-Feb-25</t>
+  </si>
+  <si>
+    <t>KH25-02725</t>
   </si>
   <si>
     <t>78 Y</t>
   </si>
   <si>
-    <t>28-Oct-24</t>
-[...20 lines deleted...]
-    <t>KH24-12356</t>
+    <t>KH25-02726</t>
+  </si>
+  <si>
+    <t>KH25-02897</t>
+  </si>
+  <si>
+    <t>18-Feb-25</t>
+  </si>
+  <si>
+    <t>KH25-02908</t>
+  </si>
+  <si>
+    <t>KH25-02909</t>
+  </si>
+  <si>
+    <t>19-Feb-25</t>
+  </si>
+  <si>
+    <t>KH25-03039</t>
+  </si>
+  <si>
+    <t>84 Y</t>
+  </si>
+  <si>
+    <t>07-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-03043</t>
+  </si>
+  <si>
+    <t>08-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-03044</t>
+  </si>
+  <si>
+    <t>KH25-03045</t>
+  </si>
+  <si>
+    <t>04-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-03046</t>
+  </si>
+  <si>
+    <t>02-Jan-25</t>
   </si>
   <si>
     <t>G20.A2</t>
   </si>
   <si>
-    <t>KH24-12592</t>
-[...11 lines deleted...]
-    <t>KH24-12638</t>
+    <t>KH25-03047</t>
+  </si>
+  <si>
+    <t>KH25-03048</t>
+  </si>
+  <si>
+    <t>KH25-03049</t>
+  </si>
+  <si>
+    <t>KH25-03100</t>
+  </si>
+  <si>
+    <t>86 Y</t>
+  </si>
+  <si>
+    <t>10-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-03123</t>
+  </si>
+  <si>
+    <t>14-Jan-25</t>
+  </si>
+  <si>
+    <t>KH25-04141</t>
+  </si>
+  <si>
+    <t>02-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04142</t>
+  </si>
+  <si>
+    <t>KH25-04143</t>
+  </si>
+  <si>
+    <t>01-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04144</t>
+  </si>
+  <si>
+    <t>KH25-04145</t>
+  </si>
+  <si>
+    <t>KH25-04146</t>
+  </si>
+  <si>
+    <t>KH25-04413</t>
+  </si>
+  <si>
+    <t>03-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04415</t>
+  </si>
+  <si>
+    <t>04-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04417</t>
+  </si>
+  <si>
+    <t>KH25-04418</t>
+  </si>
+  <si>
+    <t>KH25-04427</t>
+  </si>
+  <si>
+    <t>05-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04428</t>
+  </si>
+  <si>
+    <t>KH25-04592</t>
+  </si>
+  <si>
+    <t>81 Y</t>
+  </si>
+  <si>
+    <t>14-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04616</t>
+  </si>
+  <si>
+    <t>16-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04617</t>
+  </si>
+  <si>
+    <t>G20.B2</t>
+  </si>
+  <si>
+    <t>KH25-04682</t>
+  </si>
+  <si>
+    <t>19-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04684</t>
+  </si>
+  <si>
+    <t>17-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04685</t>
+  </si>
+  <si>
+    <t>18-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04686</t>
+  </si>
+  <si>
+    <t>KH25-04687</t>
+  </si>
+  <si>
+    <t>KH25-04910</t>
+  </si>
+  <si>
+    <t>29-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-04912</t>
+  </si>
+  <si>
+    <t>64 Y</t>
+  </si>
+  <si>
+    <t>27-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05172</t>
+  </si>
+  <si>
+    <t>80 Y</t>
+  </si>
+  <si>
+    <t>09-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05254</t>
+  </si>
+  <si>
+    <t>11-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05255</t>
+  </si>
+  <si>
+    <t>10-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05256</t>
+  </si>
+  <si>
+    <t>KH25-05257</t>
+  </si>
+  <si>
+    <t>77 Y</t>
+  </si>
+  <si>
+    <t>KH25-05258</t>
+  </si>
+  <si>
+    <t>12-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05432</t>
+  </si>
+  <si>
+    <t>22-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05433</t>
+  </si>
+  <si>
+    <t>20-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05436</t>
+  </si>
+  <si>
+    <t>KH25-05437</t>
+  </si>
+  <si>
+    <t>KH25-05438</t>
+  </si>
+  <si>
+    <t>21-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05538</t>
+  </si>
+  <si>
+    <t>25-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05541</t>
+  </si>
+  <si>
+    <t>24-Mar-25</t>
+  </si>
+  <si>
+    <t>KH25-05543</t>
+  </si>
+  <si>
+    <t>KH25-05544</t>
+  </si>
+  <si>
+    <t>KH25-05545</t>
   </si>
   <si>
     <t>69 Y</t>
   </si>
   <si>
-    <t>15-Nov-24</t>
-[...445 lines deleted...]
-  <si>
     <t>G20.B1</t>
   </si>
   <si>
     <t>KH25-05667</t>
   </si>
   <si>
     <t>04-Apr-25</t>
   </si>
   <si>
-    <t>KH25-05928</t>
+    <t>KH25-05930</t>
   </si>
   <si>
     <t>18-May-25</t>
   </si>
   <si>
-    <t>KH25-05929</t>
+    <t>KH25-05931</t>
+  </si>
+  <si>
+    <t>17-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05932</t>
+  </si>
+  <si>
+    <t>87 Y</t>
   </si>
   <si>
     <t>15-May-25</t>
   </si>
   <si>
-    <t>KH25-05930</t>
-[...14 lines deleted...]
-    <t>KH25-05980</t>
+    <t>KH25-05981</t>
+  </si>
+  <si>
+    <t>19-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05982</t>
+  </si>
+  <si>
+    <t>63 Y</t>
+  </si>
+  <si>
+    <t>21-May-25</t>
+  </si>
+  <si>
+    <t>KH25-05984</t>
   </si>
   <si>
     <t>20-May-25</t>
   </si>
   <si>
-    <t>KH25-05981</t>
-[...19 lines deleted...]
-  <si>
     <t>KH25-05985</t>
   </si>
   <si>
     <t>59 Y</t>
   </si>
   <si>
     <t>KH25-05986</t>
   </si>
   <si>
     <t>KH25-06074</t>
   </si>
   <si>
     <t>15-Apr-25</t>
   </si>
   <si>
     <t>KH25-06076</t>
   </si>
   <si>
     <t>14-Apr-25</t>
   </si>
   <si>
-    <t>KH25-06136</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-07115</t>
   </si>
   <si>
     <t>28-Apr-25</t>
   </si>
   <si>
     <t>KH25-07116</t>
   </si>
   <si>
     <t>29-Apr-25</t>
   </si>
   <si>
     <t>KH25-07117</t>
   </si>
   <si>
-    <t>KH25-07119</t>
-[...13 lines deleted...]
-  <si>
     <t>KH25-07176</t>
   </si>
   <si>
     <t>12-May-25</t>
   </si>
   <si>
     <t>KH25-07177</t>
   </si>
   <si>
-    <t>KH25-07262</t>
-[...8 lines deleted...]
-    <t>KH25-07264</t>
+    <t>KH25-07265</t>
+  </si>
+  <si>
+    <t>26-May-25</t>
+  </si>
+  <si>
+    <t>KH25-07266</t>
   </si>
   <si>
     <t>24-May-25</t>
   </si>
   <si>
-    <t>KH25-07265</t>
-[...7 lines deleted...]
-  <si>
     <t>KH25-07267</t>
   </si>
   <si>
-    <t>KH25-07287</t>
+    <t>KH25-07290</t>
+  </si>
+  <si>
+    <t>28-May-25</t>
+  </si>
+  <si>
+    <t>KH25-07291</t>
   </si>
   <si>
     <t>27-May-25</t>
   </si>
   <si>
-    <t>KH25-07289</t>
-[...10 lines deleted...]
-  <si>
     <t>KH25-07292</t>
   </si>
   <si>
     <t>79 Y</t>
   </si>
   <si>
     <t>KH25-07335</t>
   </si>
   <si>
     <t>06-Jun-25</t>
   </si>
   <si>
     <t>KH25-07336</t>
   </si>
   <si>
     <t>KH25-07337</t>
   </si>
   <si>
-    <t>KH25-07338</t>
-[...1 lines deleted...]
-  <si>
     <t>KH25-07917</t>
   </si>
   <si>
     <t>10-Apr-25</t>
   </si>
   <si>
     <t>KH25-08038</t>
   </si>
   <si>
     <t>08-Apr-25</t>
   </si>
   <si>
     <t>KH25-08039</t>
   </si>
   <si>
     <t>07-Apr-25</t>
   </si>
   <si>
     <t>KH25-08040</t>
   </si>
   <si>
     <t>KH25-08170</t>
   </si>
   <si>
     <t>18-Apr-25</t>
   </si>
   <si>
-    <t>KH25-08171</t>
-[...1 lines deleted...]
-  <si>
     <t>KH25-08496</t>
   </si>
   <si>
     <t>05-May-25</t>
   </si>
   <si>
     <t>KH25-08500</t>
   </si>
   <si>
-    <t>KH25-08874</t>
+    <t>KH25-08875</t>
   </si>
   <si>
     <t>30-May-25</t>
   </si>
   <si>
-    <t>KH25-08875</t>
-[...1 lines deleted...]
-  <si>
     <t>KH25-09136</t>
   </si>
   <si>
     <t>04-Jun-25</t>
+  </si>
+  <si>
+    <t>KH25-11220</t>
+  </si>
+  <si>
+    <t>CSF</t>
+  </si>
+  <si>
+    <t>1,000.00</t>
+  </si>
+  <si>
+    <t>24-Jul-25</t>
+  </si>
+  <si>
+    <t>Parkinson's Disease, Protein: 33</t>
+  </si>
+  <si>
+    <t>Abbott Alinity c analyzer Benzethonium Chloride</t>
+  </si>
+  <si>
+    <t>33 mg/dL</t>
+  </si>
+  <si>
+    <t>Total Protein</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1318,74 +1180,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP148"/>
+  <dimension ref="A1:AP112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="1"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
-    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="1"/>
-    <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="38.848" bestFit="true" customWidth="true" style="1"/>
+    <col min="15" max="15" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
@@ -1404,7791 +1269,6228 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="5" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="Q2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="R2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="S2" s="5" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="3" spans="1:42">
       <c r="A3" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E3" s="7">
         <v>1.0</v>
       </c>
       <c r="F3" s="6">
         <v>1.0</v>
       </c>
       <c r="G3" s="9">
         <v>250.0</v>
       </c>
       <c r="H3" s="8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="I3" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J3" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K3" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="M3" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N3" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S3" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T3" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:42">
       <c r="A4" s="6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E4" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F4" s="6">
         <v>1.0</v>
       </c>
       <c r="G4" s="9">
         <v>250.0</v>
       </c>
       <c r="H4" s="8" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I4" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J4" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K4" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="M4" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N4" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O4" s="6"/>
+      <c r="P4" s="6"/>
+      <c r="Q4" s="6"/>
+      <c r="R4" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S4" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T4" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:42">
       <c r="A5" s="6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E5" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F5" s="6">
         <v>1.0</v>
       </c>
       <c r="G5" s="9">
         <v>250.0</v>
       </c>
       <c r="H5" s="8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J5" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N5" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S5" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E6" s="7">
         <v>1.5</v>
       </c>
       <c r="F6" s="6">
         <v>1.0</v>
       </c>
       <c r="G6" s="9">
         <v>250.0</v>
       </c>
       <c r="H6" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="O6" s="6"/>
+      <c r="P6" s="6"/>
+      <c r="Q6" s="6"/>
+      <c r="R6" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I6" s="6" t="s">
-[...24 lines deleted...]
-        <v>28</v>
+      <c r="S6" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:42">
       <c r="A7" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E7" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F7" s="6">
         <v>1.0</v>
       </c>
       <c r="G7" s="9">
         <v>250.0</v>
       </c>
       <c r="H7" s="8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O7" s="6"/>
+      <c r="P7" s="6"/>
+      <c r="Q7" s="6"/>
+      <c r="R7" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S7" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T7" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E8" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F8" s="6">
         <v>1.0</v>
       </c>
       <c r="G8" s="9">
         <v>250.0</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J8" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O8" s="6"/>
+      <c r="P8" s="6"/>
+      <c r="Q8" s="6"/>
+      <c r="R8" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S8" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T8" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:42">
       <c r="A9" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F9" s="6">
         <v>1.0</v>
       </c>
       <c r="G9" s="9">
         <v>250.0</v>
       </c>
       <c r="H9" s="8" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J9" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="M9" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N9" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O9" s="6"/>
+      <c r="P9" s="6"/>
+      <c r="Q9" s="6"/>
+      <c r="R9" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="S9" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T9" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:42">
       <c r="A10" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E10" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F10" s="6">
         <v>1.0</v>
       </c>
       <c r="G10" s="9">
         <v>250.0</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J10" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M10" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O10" s="6"/>
+      <c r="P10" s="6"/>
+      <c r="Q10" s="6"/>
+      <c r="R10" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S10" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T10" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:42">
       <c r="A11" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E11" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F11" s="6">
         <v>1.0</v>
       </c>
       <c r="G11" s="9">
         <v>250.0</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O11" s="6"/>
+      <c r="P11" s="6"/>
+      <c r="Q11" s="6"/>
+      <c r="R11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S11" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T11" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:42">
       <c r="A12" s="6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E12" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F12" s="6">
         <v>1.0</v>
       </c>
       <c r="G12" s="9">
         <v>250.0</v>
       </c>
       <c r="H12" s="8" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J12" s="6" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K12" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M12" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O12" s="6"/>
+      <c r="P12" s="6"/>
+      <c r="Q12" s="6"/>
+      <c r="R12" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S12" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T12" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:42">
       <c r="A13" s="6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E13" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F13" s="6">
         <v>1.0</v>
       </c>
       <c r="G13" s="9">
         <v>250.0</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O13" s="6"/>
+      <c r="P13" s="6"/>
+      <c r="Q13" s="6"/>
+      <c r="R13" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S13" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T13" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:42">
       <c r="A14" s="6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E14" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F14" s="6">
         <v>1.0</v>
       </c>
       <c r="G14" s="9">
         <v>250.0</v>
       </c>
       <c r="H14" s="8" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O14" s="6"/>
+      <c r="P14" s="6"/>
+      <c r="Q14" s="6"/>
+      <c r="R14" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S14" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T14" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:42">
       <c r="A15" s="6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E15" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="9">
         <v>250.0</v>
       </c>
       <c r="H15" s="8" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O15" s="6"/>
+      <c r="P15" s="6"/>
+      <c r="Q15" s="6"/>
+      <c r="R15" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S15" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T15" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:42">
       <c r="A16" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E16" s="7">
         <v>1.25</v>
       </c>
       <c r="F16" s="6">
         <v>1.0</v>
       </c>
       <c r="G16" s="9">
         <v>250.0</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O16" s="6"/>
+      <c r="P16" s="6"/>
+      <c r="Q16" s="6"/>
+      <c r="R16" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S16" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T16" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E17" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F17" s="6">
         <v>1.0</v>
       </c>
       <c r="G17" s="9">
         <v>250.0</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M17" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O17" s="6"/>
+      <c r="P17" s="6"/>
+      <c r="Q17" s="6"/>
+      <c r="R17" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S17" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T17" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E18" s="7">
         <v>1.5</v>
       </c>
       <c r="F18" s="6">
         <v>1.0</v>
       </c>
       <c r="G18" s="9">
         <v>250.0</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K18" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M18" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O18" s="6"/>
+      <c r="P18" s="6"/>
+      <c r="Q18" s="6"/>
+      <c r="R18" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S18" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T18" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E19" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>250.0</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O19" s="6"/>
+      <c r="P19" s="6"/>
+      <c r="Q19" s="6"/>
+      <c r="R19" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="S19" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T19" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E20" s="7">
         <v>1.0</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>250.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I20" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K20" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="M20" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O20" s="6"/>
+      <c r="P20" s="6"/>
+      <c r="Q20" s="6"/>
+      <c r="R20" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S20" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T20" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E21" s="7">
         <v>1.5</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>250.0</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K21" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O21" s="6"/>
+      <c r="P21" s="6"/>
+      <c r="Q21" s="6"/>
+      <c r="R21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S21" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T21" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:42">
       <c r="A22" s="6" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E22" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F22" s="6">
         <v>1.0</v>
       </c>
       <c r="G22" s="9">
         <v>250.0</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="I22" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O22" s="6"/>
+      <c r="P22" s="6"/>
+      <c r="Q22" s="6"/>
+      <c r="R22" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S22" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T22" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:42">
       <c r="A23" s="6" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E23" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>
       </c>
       <c r="G23" s="9">
         <v>250.0</v>
       </c>
       <c r="H23" s="8" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>88</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O23" s="6"/>
+      <c r="P23" s="6"/>
+      <c r="Q23" s="6"/>
+      <c r="R23" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S23" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T23" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:42">
       <c r="A24" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E24" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>250.0</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I24" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O24" s="6"/>
+      <c r="P24" s="6"/>
+      <c r="Q24" s="6"/>
+      <c r="R24" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S24" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T24" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F25" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G25" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L25" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="B25" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M25" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O25" s="6"/>
+      <c r="P25" s="6"/>
+      <c r="Q25" s="6"/>
+      <c r="R25" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S25" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T25" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E26" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>250.0</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="I26" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K26" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O26" s="6"/>
+      <c r="P26" s="6"/>
+      <c r="Q26" s="6"/>
+      <c r="R26" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S26" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T26" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E27" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F27" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G27" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="B27" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M27" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O27" s="6"/>
+      <c r="P27" s="6"/>
+      <c r="Q27" s="6"/>
+      <c r="R27" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S27" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T27" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
         <v>97</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E28" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>250.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
       <c r="I28" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K28" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O28" s="6"/>
+      <c r="P28" s="6"/>
+      <c r="Q28" s="6"/>
+      <c r="R28" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S28" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T28" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E29" s="7">
         <v>1.5</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>250.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O29" s="6"/>
+      <c r="P29" s="6"/>
+      <c r="Q29" s="6"/>
+      <c r="R29" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S29" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T29" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E30" s="7">
         <v>1.5</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>250.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="I30" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K30" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O30" s="6"/>
+      <c r="P30" s="6"/>
+      <c r="Q30" s="6"/>
+      <c r="R30" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S30" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T30" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E31" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F31" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G31" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="B31" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O31" s="6"/>
+      <c r="P31" s="6"/>
+      <c r="Q31" s="6"/>
+      <c r="R31" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S31" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T31" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E32" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>250.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K32" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O32" s="6"/>
+      <c r="P32" s="6"/>
+      <c r="Q32" s="6"/>
+      <c r="R32" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S32" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T32" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E33" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>250.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K33" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O33" s="6"/>
+      <c r="P33" s="6"/>
+      <c r="Q33" s="6"/>
+      <c r="R33" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S33" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T33" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E34" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>250.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="I34" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K34" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O34" s="6"/>
+      <c r="P34" s="6"/>
+      <c r="Q34" s="6"/>
+      <c r="R34" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S34" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T34" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E35" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>250.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O35" s="6"/>
+      <c r="P35" s="6"/>
+      <c r="Q35" s="6"/>
+      <c r="R35" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S35" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T35" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:42">
       <c r="A36" s="6" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E36" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F36" s="6">
         <v>1.0</v>
       </c>
       <c r="G36" s="9">
         <v>250.0</v>
       </c>
       <c r="H36" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L36" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="I36" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M36" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O36" s="6"/>
+      <c r="P36" s="6"/>
+      <c r="Q36" s="6"/>
+      <c r="R36" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S36" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T36" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:42">
       <c r="A37" s="6" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E37" s="7">
         <v>1.5</v>
       </c>
       <c r="F37" s="6">
         <v>1.0</v>
       </c>
       <c r="G37" s="9">
         <v>250.0</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K37" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O37" s="6"/>
+      <c r="P37" s="6"/>
+      <c r="Q37" s="6"/>
+      <c r="R37" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S37" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T37" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:42">
       <c r="A38" s="6" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E38" s="7">
         <v>1.25</v>
       </c>
       <c r="F38" s="6">
         <v>1.0</v>
       </c>
       <c r="G38" s="9">
         <v>250.0</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="I38" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K38" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>116</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O38" s="6"/>
+      <c r="P38" s="6"/>
+      <c r="Q38" s="6"/>
+      <c r="R38" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S38" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T38" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:42">
       <c r="A39" s="6" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E39" s="7">
         <v>1.5</v>
       </c>
       <c r="F39" s="6">
         <v>1.0</v>
       </c>
       <c r="G39" s="9">
         <v>250.0</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O39" s="6"/>
+      <c r="P39" s="6"/>
+      <c r="Q39" s="6"/>
+      <c r="R39" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S39" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T39" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:42">
       <c r="A40" s="6" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E40" s="7">
         <v>1.5</v>
       </c>
       <c r="F40" s="6">
         <v>1.0</v>
       </c>
       <c r="G40" s="9">
         <v>250.0</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O40" s="6"/>
+      <c r="P40" s="6"/>
+      <c r="Q40" s="6"/>
+      <c r="R40" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S40" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T40" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:42">
       <c r="A41" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E41" s="7">
         <v>1.5</v>
       </c>
       <c r="F41" s="6">
         <v>1.0</v>
       </c>
       <c r="G41" s="9">
         <v>250.0</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="I41" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O41" s="6"/>
+      <c r="P41" s="6"/>
+      <c r="Q41" s="6"/>
+      <c r="R41" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S41" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T41" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:42">
       <c r="A42" s="6" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E42" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="9">
         <v>250.0</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>125</v>
+        <v>37</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O42" s="6"/>
+      <c r="P42" s="6"/>
+      <c r="Q42" s="6"/>
+      <c r="R42" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S42" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T42" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:42">
       <c r="A43" s="6" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E43" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F43" s="6">
         <v>1.0</v>
       </c>
       <c r="G43" s="9">
         <v>250.0</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O43" s="6"/>
+      <c r="P43" s="6"/>
+      <c r="Q43" s="6"/>
+      <c r="R43" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S43" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T43" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:42">
       <c r="A44" s="6" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E44" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F44" s="6">
         <v>1.0</v>
       </c>
       <c r="G44" s="9">
         <v>250.0</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>130</v>
+        <v>37</v>
       </c>
       <c r="I44" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J44" s="6" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K44" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N44" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O44" s="6"/>
+      <c r="P44" s="6"/>
+      <c r="Q44" s="6"/>
+      <c r="R44" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S44" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T44" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:42">
       <c r="A45" s="6" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E45" s="7">
         <v>1.5</v>
       </c>
       <c r="F45" s="6">
         <v>1.0</v>
       </c>
       <c r="G45" s="9">
         <v>250.0</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="I45" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="K45" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N45" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O45" s="6"/>
+      <c r="P45" s="6"/>
+      <c r="Q45" s="6"/>
+      <c r="R45" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S45" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T45" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:42">
       <c r="A46" s="6" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E46" s="7">
         <v>1.5</v>
       </c>
       <c r="F46" s="6">
         <v>1.0</v>
       </c>
       <c r="G46" s="9">
         <v>250.0</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>105</v>
+        <v>72</v>
       </c>
       <c r="I46" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N46" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O46" s="6"/>
+      <c r="P46" s="6"/>
+      <c r="Q46" s="6"/>
+      <c r="R46" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S46" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T46" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E47" s="7">
         <v>1.0</v>
       </c>
       <c r="F47" s="6">
         <v>1.0</v>
       </c>
       <c r="G47" s="9">
         <v>250.0</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O47" s="6"/>
+      <c r="P47" s="6"/>
+      <c r="Q47" s="6"/>
+      <c r="R47" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S47" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T47" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E48" s="7">
         <v>1.5</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
         <v>250.0</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J48" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N48" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O48" s="6"/>
+      <c r="P48" s="6"/>
+      <c r="Q48" s="6"/>
+      <c r="R48" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S48" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T48" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E49" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F49" s="6">
         <v>1.0</v>
       </c>
       <c r="G49" s="9">
         <v>250.0</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N49" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
+      <c r="Q49" s="6"/>
+      <c r="R49" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S49" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T49" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E50" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F50" s="6">
         <v>1.0</v>
       </c>
       <c r="G50" s="9">
         <v>250.0</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="I50" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K50" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N50" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O50" s="6"/>
+      <c r="P50" s="6"/>
+      <c r="Q50" s="6"/>
+      <c r="R50" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S50" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T50" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:42">
       <c r="A51" s="6" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E51" s="7">
         <v>1.5</v>
       </c>
       <c r="F51" s="6">
         <v>1.0</v>
       </c>
       <c r="G51" s="9">
         <v>250.0</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O51" s="6"/>
+      <c r="P51" s="6"/>
+      <c r="Q51" s="6"/>
+      <c r="R51" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S51" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T51" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E52" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
         <v>250.0</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="I52" s="6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="M52" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N52" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O52" s="6"/>
+      <c r="P52" s="6"/>
+      <c r="Q52" s="6"/>
+      <c r="R52" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S52" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T52" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E53" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>250.0</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="I53" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K53" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N53" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6"/>
+      <c r="Q53" s="6"/>
+      <c r="R53" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S53" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T53" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E54" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F54" s="6">
         <v>1.0</v>
       </c>
       <c r="G54" s="9">
         <v>250.0</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="I54" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K54" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N54" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O54" s="6"/>
+      <c r="P54" s="6"/>
+      <c r="Q54" s="6"/>
+      <c r="R54" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S54" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T54" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E55" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>250.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N55" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O55" s="6"/>
+      <c r="P55" s="6"/>
+      <c r="Q55" s="6"/>
+      <c r="R55" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S55" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T55" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E56" s="7">
         <v>1.5</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>250.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K56" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N56" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O56" s="6"/>
+      <c r="P56" s="6"/>
+      <c r="Q56" s="6"/>
+      <c r="R56" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S56" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T56" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E57" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>250.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K57" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>148</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N57" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O57" s="6"/>
+      <c r="P57" s="6"/>
+      <c r="Q57" s="6"/>
+      <c r="R57" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S57" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T57" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E58" s="7">
         <v>1.5</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>250.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N58" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O58" s="6"/>
+      <c r="P58" s="6"/>
+      <c r="Q58" s="6"/>
+      <c r="R58" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S58" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T58" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E59" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F59" s="6">
         <v>1.0</v>
       </c>
       <c r="G59" s="9">
         <v>250.0</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N59" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O59" s="6"/>
+      <c r="P59" s="6"/>
+      <c r="Q59" s="6"/>
+      <c r="R59" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S59" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T59" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E60" s="7">
         <v>1.5</v>
       </c>
       <c r="F60" s="6">
         <v>1.0</v>
       </c>
       <c r="G60" s="9">
         <v>250.0</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="I60" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N60" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O60" s="6"/>
+      <c r="P60" s="6"/>
+      <c r="Q60" s="6"/>
+      <c r="R60" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S60" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T60" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E61" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
         <v>250.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="K61" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N61" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O61" s="6"/>
+      <c r="P61" s="6"/>
+      <c r="Q61" s="6"/>
+      <c r="R61" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S61" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T61" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E62" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F62" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G62" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L62" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="B62" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M62" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N62" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O62" s="6"/>
+      <c r="P62" s="6"/>
+      <c r="Q62" s="6"/>
+      <c r="R62" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S62" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T62" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:42">
       <c r="A63" s="6" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E63" s="7">
         <v>1.25</v>
       </c>
       <c r="F63" s="6">
         <v>1.0</v>
       </c>
       <c r="G63" s="9">
         <v>250.0</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>161</v>
+        <v>55</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N63" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O63" s="6"/>
+      <c r="P63" s="6"/>
+      <c r="Q63" s="6"/>
+      <c r="R63" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S63" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T63" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:42">
       <c r="A64" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E64" s="7">
         <v>1.5</v>
       </c>
       <c r="F64" s="6">
         <v>1.0</v>
       </c>
       <c r="G64" s="9">
         <v>250.0</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K64" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N64" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O64" s="6"/>
+      <c r="P64" s="6"/>
+      <c r="Q64" s="6"/>
+      <c r="R64" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S64" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T64" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:42">
       <c r="A65" s="6" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E65" s="7">
         <v>1.25</v>
       </c>
       <c r="F65" s="6">
         <v>1.0</v>
       </c>
       <c r="G65" s="9">
         <v>250.0</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="I65" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K65" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N65" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O65" s="6"/>
+      <c r="P65" s="6"/>
+      <c r="Q65" s="6"/>
+      <c r="R65" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S65" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T65" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:42">
       <c r="A66" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E66" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F66" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G66" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H66" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="B66" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I66" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K66" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>162</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N66" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O66" s="6"/>
+      <c r="P66" s="6"/>
+      <c r="Q66" s="6"/>
+      <c r="R66" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S66" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T66" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:42">
       <c r="A67" s="6" t="s">
         <v>166</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E67" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F67" s="6">
         <v>1.0</v>
       </c>
       <c r="G67" s="9">
         <v>250.0</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>44</v>
+        <v>101</v>
       </c>
       <c r="I67" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N67" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O67" s="6"/>
+      <c r="P67" s="6"/>
+      <c r="Q67" s="6"/>
+      <c r="R67" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S67" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T67" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:42">
       <c r="A68" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E68" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F68" s="6">
         <v>1.0</v>
       </c>
       <c r="G68" s="9">
         <v>250.0</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>168</v>
+        <v>51</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J68" s="6" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>169</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N68" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O68" s="6"/>
+      <c r="P68" s="6"/>
+      <c r="Q68" s="6"/>
+      <c r="R68" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S68" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T68" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:42">
       <c r="A69" s="6" t="s">
         <v>170</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E69" s="7">
         <v>1.25</v>
       </c>
       <c r="F69" s="6">
         <v>1.0</v>
       </c>
       <c r="G69" s="9">
         <v>250.0</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I69" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J69" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K69" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>171</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N69" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O69" s="6"/>
+      <c r="P69" s="6"/>
+      <c r="Q69" s="6"/>
+      <c r="R69" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S69" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T69" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:42">
       <c r="A70" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E70" s="7">
         <v>1.5</v>
       </c>
       <c r="F70" s="6">
         <v>1.0</v>
       </c>
       <c r="G70" s="9">
         <v>250.0</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="I70" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K70" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>169</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N70" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O70" s="6"/>
+      <c r="P70" s="6"/>
+      <c r="Q70" s="6"/>
+      <c r="R70" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S70" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T70" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:42">
       <c r="A71" s="6" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E71" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F71" s="6">
         <v>1.0</v>
       </c>
       <c r="G71" s="9">
         <v>250.0</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="I71" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J71" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N71" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O71" s="6"/>
+      <c r="P71" s="6"/>
+      <c r="Q71" s="6"/>
+      <c r="R71" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S71" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T71" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:42">
       <c r="A72" s="6" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E72" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F72" s="6">
         <v>1.0</v>
       </c>
       <c r="G72" s="9">
         <v>250.0</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="I72" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>175</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N72" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O72" s="6"/>
+      <c r="P72" s="6"/>
+      <c r="Q72" s="6"/>
+      <c r="R72" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S72" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T72" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:42">
       <c r="A73" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E73" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F73" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G73" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L73" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="B73" s="6" t="s">
-[...17 lines deleted...]
-      <c r="H73" s="8" t="s">
+      <c r="M73" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="O73" s="6"/>
+      <c r="P73" s="6"/>
+      <c r="Q73" s="6"/>
+      <c r="R73" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="I73" s="6" t="s">
-[...24 lines deleted...]
-        <v>28</v>
+      <c r="S73" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T73" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:42">
       <c r="A74" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E74" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F74" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G74" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J74" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L74" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="B74" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M74" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N74" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O74" s="6"/>
+      <c r="P74" s="6"/>
+      <c r="Q74" s="6"/>
+      <c r="R74" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S74" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T74" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:42">
       <c r="A75" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E75" s="7">
         <v>1.5</v>
       </c>
       <c r="F75" s="6">
         <v>1.0</v>
       </c>
       <c r="G75" s="9">
         <v>250.0</v>
       </c>
       <c r="H75" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="O75" s="6"/>
+      <c r="P75" s="6"/>
+      <c r="Q75" s="6"/>
+      <c r="R75" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="I75" s="6" t="s">
-[...24 lines deleted...]
-        <v>28</v>
+      <c r="S75" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T75" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:42">
       <c r="A76" s="6" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E76" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F76" s="6">
         <v>1.0</v>
       </c>
       <c r="G76" s="9">
         <v>250.0</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>35</v>
+        <v>165</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K76" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N76" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O76" s="6"/>
+      <c r="P76" s="6"/>
+      <c r="Q76" s="6"/>
+      <c r="R76" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S76" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T76" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:42">
       <c r="A77" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E77" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F77" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G77" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H77" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="B77" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I77" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K77" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N77" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O77" s="6"/>
+      <c r="P77" s="6"/>
+      <c r="Q77" s="6"/>
+      <c r="R77" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="S77" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T77" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:42">
       <c r="A78" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E78" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F78" s="6">
         <v>1.0</v>
       </c>
       <c r="G78" s="9">
         <v>250.0</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="I78" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J78" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K78" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N78" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O78" s="6"/>
+      <c r="P78" s="6"/>
+      <c r="Q78" s="6"/>
+      <c r="R78" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S78" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T78" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:42">
       <c r="A79" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E79" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F79" s="6">
         <v>1.0</v>
       </c>
       <c r="G79" s="9">
         <v>250.0</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="I79" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J79" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>188</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N79" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O79" s="6"/>
+      <c r="P79" s="6"/>
+      <c r="Q79" s="6"/>
+      <c r="R79" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S79" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T79" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:42">
       <c r="A80" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E80" s="7">
         <v>1.25</v>
       </c>
       <c r="F80" s="6">
         <v>1.0</v>
       </c>
       <c r="G80" s="9">
         <v>250.0</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="I80" s="6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="J80" s="6" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K80" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>190</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N80" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O80" s="6"/>
+      <c r="P80" s="6"/>
+      <c r="Q80" s="6"/>
+      <c r="R80" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S80" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T80" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:42">
       <c r="A81" s="6" t="s">
         <v>191</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E81" s="7">
         <v>1.25</v>
       </c>
       <c r="F81" s="6">
         <v>1.0</v>
       </c>
       <c r="G81" s="9">
         <v>250.0</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>81</v>
+        <v>192</v>
       </c>
       <c r="I81" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J81" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N81" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O81" s="6"/>
+      <c r="P81" s="6"/>
+      <c r="Q81" s="6"/>
+      <c r="R81" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S81" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T81" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:42">
       <c r="A82" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E82" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F82" s="6">
         <v>1.0</v>
       </c>
       <c r="G82" s="9">
         <v>250.0</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="I82" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J82" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K82" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N82" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O82" s="6"/>
+      <c r="P82" s="6"/>
+      <c r="Q82" s="6"/>
+      <c r="R82" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S82" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T82" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:42">
       <c r="A83" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E83" s="7">
         <v>1.25</v>
       </c>
       <c r="F83" s="6">
         <v>1.0</v>
       </c>
       <c r="G83" s="9">
         <v>250.0</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="I83" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J83" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N83" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O83" s="6"/>
+      <c r="P83" s="6"/>
+      <c r="Q83" s="6"/>
+      <c r="R83" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S83" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T83" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:42">
       <c r="A84" s="6" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E84" s="7">
         <v>1.25</v>
       </c>
       <c r="F84" s="6">
         <v>1.0</v>
       </c>
       <c r="G84" s="9">
         <v>250.0</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
       <c r="I84" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J84" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K84" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N84" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O84" s="6"/>
+      <c r="P84" s="6"/>
+      <c r="Q84" s="6"/>
+      <c r="R84" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S84" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T84" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:42">
       <c r="A85" s="6" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E85" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F85" s="6">
         <v>1.0</v>
       </c>
       <c r="G85" s="9">
         <v>250.0</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="I85" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J85" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K85" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>198</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N85" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O85" s="6"/>
+      <c r="P85" s="6"/>
+      <c r="Q85" s="6"/>
+      <c r="R85" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S85" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T85" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:42">
       <c r="A86" s="6" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E86" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F86" s="6">
         <v>1.0</v>
       </c>
       <c r="G86" s="9">
         <v>250.0</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="I86" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J86" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K86" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N86" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O86" s="6"/>
+      <c r="P86" s="6"/>
+      <c r="Q86" s="6"/>
+      <c r="R86" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S86" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T86" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:42">
       <c r="A87" s="6" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E87" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F87" s="6">
         <v>1.0</v>
       </c>
       <c r="G87" s="9">
         <v>250.0</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>35</v>
+        <v>93</v>
       </c>
       <c r="I87" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J87" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K87" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N87" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O87" s="6"/>
+      <c r="P87" s="6"/>
+      <c r="Q87" s="6"/>
+      <c r="R87" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S87" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T87" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:42">
       <c r="A88" s="6" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E88" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F88" s="6">
         <v>1.0</v>
       </c>
       <c r="G88" s="9">
         <v>250.0</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>105</v>
+        <v>51</v>
       </c>
       <c r="I88" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K88" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N88" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O88" s="6"/>
+      <c r="P88" s="6"/>
+      <c r="Q88" s="6"/>
+      <c r="R88" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S88" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T88" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:42">
       <c r="A89" s="6" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E89" s="7">
         <v>1.25</v>
       </c>
       <c r="F89" s="6">
         <v>1.0</v>
       </c>
       <c r="G89" s="9">
         <v>250.0</v>
       </c>
       <c r="H89" s="8" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
       <c r="I89" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J89" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N89" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O89" s="6"/>
+      <c r="P89" s="6"/>
+      <c r="Q89" s="6"/>
+      <c r="R89" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S89" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T89" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:42">
       <c r="A90" s="6" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E90" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F90" s="6">
         <v>1.0</v>
       </c>
       <c r="G90" s="9">
         <v>250.0</v>
       </c>
       <c r="H90" s="8" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="I90" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J90" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K90" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N90" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O90" s="6"/>
+      <c r="P90" s="6"/>
+      <c r="Q90" s="6"/>
+      <c r="R90" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S90" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T90" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:42">
       <c r="A91" s="6" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E91" s="7">
         <v>1.25</v>
       </c>
       <c r="F91" s="6">
         <v>1.0</v>
       </c>
       <c r="G91" s="9">
         <v>250.0</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="I91" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J91" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K91" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N91" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O91" s="6"/>
+      <c r="P91" s="6"/>
+      <c r="Q91" s="6"/>
+      <c r="R91" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S91" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T91" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:42">
       <c r="A92" s="6" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E92" s="7">
         <v>1.25</v>
       </c>
       <c r="F92" s="6">
         <v>1.0</v>
       </c>
       <c r="G92" s="9">
         <v>250.0</v>
       </c>
       <c r="H92" s="8" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="I92" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J92" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K92" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N92" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O92" s="6"/>
+      <c r="P92" s="6"/>
+      <c r="Q92" s="6"/>
+      <c r="R92" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S92" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T92" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:42">
       <c r="A93" s="6" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E93" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F93" s="6">
         <v>1.0</v>
       </c>
       <c r="G93" s="9">
         <v>250.0</v>
       </c>
       <c r="H93" s="8" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I93" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J93" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K93" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N93" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O93" s="6"/>
+      <c r="P93" s="6"/>
+      <c r="Q93" s="6"/>
+      <c r="R93" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S93" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T93" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:42">
       <c r="A94" s="6" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E94" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F94" s="6">
         <v>1.0</v>
       </c>
       <c r="G94" s="9">
         <v>250.0</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="I94" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K94" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N94" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O94" s="6"/>
+      <c r="P94" s="6"/>
+      <c r="Q94" s="6"/>
+      <c r="R94" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S94" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T94" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:42">
       <c r="A95" s="6" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E95" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F95" s="6">
         <v>1.0</v>
       </c>
       <c r="G95" s="9">
         <v>250.0</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="I95" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J95" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K95" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N95" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O95" s="6"/>
+      <c r="P95" s="6"/>
+      <c r="Q95" s="6"/>
+      <c r="R95" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S95" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T95" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:42">
       <c r="A96" s="6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E96" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F96" s="6">
         <v>1.0</v>
       </c>
       <c r="G96" s="9">
         <v>250.0</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="I96" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J96" s="6" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="K96" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N96" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O96" s="6"/>
+      <c r="P96" s="6"/>
+      <c r="Q96" s="6"/>
+      <c r="R96" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S96" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T96" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:42">
       <c r="A97" s="6" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E97" s="7">
         <v>1.25</v>
       </c>
       <c r="F97" s="6">
         <v>1.0</v>
       </c>
       <c r="G97" s="9">
         <v>250.0</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>130</v>
+        <v>197</v>
       </c>
       <c r="I97" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J97" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K97" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N97" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O97" s="6"/>
+      <c r="P97" s="6"/>
+      <c r="Q97" s="6"/>
+      <c r="R97" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S97" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T97" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:42">
       <c r="A98" s="6" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E98" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F98" s="6">
         <v>1.0</v>
       </c>
       <c r="G98" s="9">
         <v>250.0</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="I98" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J98" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K98" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N98" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O98" s="6"/>
+      <c r="P98" s="6"/>
+      <c r="Q98" s="6"/>
+      <c r="R98" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S98" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T98" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:42">
       <c r="A99" s="6" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E99" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F99" s="6">
         <v>1.0</v>
       </c>
       <c r="G99" s="9">
         <v>250.0</v>
       </c>
       <c r="H99" s="8" t="s">
-        <v>130</v>
+        <v>226</v>
       </c>
       <c r="I99" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J99" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K99" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N99" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O99" s="6"/>
+      <c r="P99" s="6"/>
+      <c r="Q99" s="6"/>
+      <c r="R99" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S99" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T99" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:42">
       <c r="A100" s="6" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E100" s="7">
-        <v>3.0</v>
+        <v>1.25</v>
       </c>
       <c r="F100" s="6">
         <v>1.0</v>
       </c>
       <c r="G100" s="9">
         <v>250.0</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>84</v>
+        <v>157</v>
       </c>
       <c r="I100" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J100" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K100" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N100" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O100" s="6"/>
+      <c r="P100" s="6"/>
+      <c r="Q100" s="6"/>
+      <c r="R100" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S100" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T100" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:42">
       <c r="A101" s="6" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E101" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F101" s="6">
         <v>1.0</v>
       </c>
       <c r="G101" s="9">
         <v>250.0</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="J101" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K101" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N101" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O101" s="6"/>
+      <c r="P101" s="6"/>
+      <c r="Q101" s="6"/>
+      <c r="R101" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S101" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T101" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:42">
       <c r="A102" s="6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E102" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F102" s="6">
         <v>1.0</v>
       </c>
       <c r="G102" s="9">
         <v>250.0</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="I102" s="6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K102" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N102" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O102" s="6"/>
+      <c r="P102" s="6"/>
+      <c r="Q102" s="6"/>
+      <c r="R102" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S102" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T102" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:42">
       <c r="A103" s="6" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E103" s="7">
         <v>1.25</v>
       </c>
       <c r="F103" s="6">
         <v>1.0</v>
       </c>
       <c r="G103" s="9">
         <v>250.0</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="I103" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="K103" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N103" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O103" s="6"/>
+      <c r="P103" s="6"/>
+      <c r="Q103" s="6"/>
+      <c r="R103" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S103" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T103" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:42">
       <c r="A104" s="6" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E104" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F104" s="6">
         <v>1.0</v>
       </c>
       <c r="G104" s="9">
         <v>250.0</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>229</v>
+        <v>64</v>
       </c>
       <c r="I104" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J104" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K104" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N104" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O104" s="6"/>
+      <c r="P104" s="6"/>
+      <c r="Q104" s="6"/>
+      <c r="R104" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S104" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T104" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:42">
       <c r="A105" s="6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E105" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F105" s="6">
         <v>1.0</v>
       </c>
       <c r="G105" s="9">
         <v>250.0</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="I105" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J105" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N105" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O105" s="6"/>
+      <c r="P105" s="6"/>
+      <c r="Q105" s="6"/>
+      <c r="R105" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S105" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T105" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:42">
       <c r="A106" s="6" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E106" s="7">
         <v>1.0</v>
       </c>
       <c r="F106" s="6">
         <v>1.0</v>
       </c>
       <c r="G106" s="9">
         <v>250.0</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>105</v>
+        <v>226</v>
       </c>
       <c r="I106" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J106" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K106" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N106" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O106" s="6"/>
+      <c r="P106" s="6"/>
+      <c r="Q106" s="6"/>
+      <c r="R106" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S106" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T106" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:42">
       <c r="A107" s="6" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E107" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F107" s="6">
         <v>1.0</v>
       </c>
       <c r="G107" s="9">
         <v>250.0</v>
       </c>
       <c r="H107" s="8" t="s">
-        <v>235</v>
+        <v>68</v>
       </c>
       <c r="I107" s="6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="J107" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N107" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O107" s="6"/>
+      <c r="P107" s="6"/>
+      <c r="Q107" s="6"/>
+      <c r="R107" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S107" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T107" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:42">
       <c r="A108" s="6" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E108" s="7">
         <v>1.25</v>
       </c>
       <c r="F108" s="6">
         <v>1.0</v>
       </c>
       <c r="G108" s="9">
         <v>250.0</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>130</v>
+        <v>165</v>
       </c>
       <c r="I108" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J108" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K108" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N108" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O108" s="6"/>
+      <c r="P108" s="6"/>
+      <c r="Q108" s="6"/>
+      <c r="R108" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="S108" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T108" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:42">
       <c r="A109" s="6" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E109" s="7">
         <v>1.25</v>
       </c>
       <c r="F109" s="6">
         <v>1.0</v>
       </c>
       <c r="G109" s="9">
         <v>250.0</v>
       </c>
       <c r="H109" s="8" t="s">
-        <v>64</v>
+        <v>154</v>
       </c>
       <c r="I109" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J109" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K109" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N109" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O109" s="6"/>
+      <c r="P109" s="6"/>
+      <c r="Q109" s="6"/>
+      <c r="R109" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S109" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T109" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:42">
       <c r="A110" s="6" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E110" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F110" s="6">
         <v>1.0</v>
       </c>
       <c r="G110" s="9">
         <v>250.0</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>240</v>
+        <v>165</v>
       </c>
       <c r="I110" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J110" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K110" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N110" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O110" s="6"/>
+      <c r="P110" s="6"/>
+      <c r="Q110" s="6"/>
+      <c r="R110" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S110" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T110" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:42">
       <c r="A111" s="6" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E111" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F111" s="6">
         <v>1.0</v>
       </c>
       <c r="G111" s="9">
         <v>250.0</v>
       </c>
       <c r="H111" s="8" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="I111" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J111" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K111" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N111" s="6" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="O111" s="6"/>
+      <c r="P111" s="6"/>
+      <c r="Q111" s="6"/>
+      <c r="R111" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S111" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T111" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:42">
       <c r="A112" s="6" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>47</v>
+        <v>248</v>
       </c>
       <c r="E112" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F112" s="6">
         <v>1.0</v>
       </c>
-      <c r="G112" s="9">
-        <v>250.0</v>
+      <c r="G112" s="9" t="s">
+        <v>249</v>
       </c>
       <c r="H112" s="8" t="s">
-        <v>53</v>
+        <v>165</v>
       </c>
       <c r="I112" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="J112" s="6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K112" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N112" s="6" t="s">
-        <v>18</v>
+        <v>251</v>
       </c>
       <c r="O112" s="6" t="s">
-        <v>27</v>
-[...221 lines deleted...]
-      <c r="A117" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="B117" s="6" t="s">
-[...49 lines deleted...]
-      <c r="A118" s="6" t="s">
+      <c r="P112" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="B118" s="6" t="s">
-[...49 lines deleted...]
-      <c r="A119" s="6" t="s">
+      <c r="Q112" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="B119" s="6" t="s">
-[...1582 lines deleted...]
-        <v>28</v>
+      <c r="R112" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S112" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="T112" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:P148"/>
+  <autoFilter ref="A2:S112"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>