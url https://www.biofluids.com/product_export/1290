--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$S$112</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -768,57 +768,51 @@
   <si>
     <t>05-May-25</t>
   </si>
   <si>
     <t>KH25-08500</t>
   </si>
   <si>
     <t>KH25-08875</t>
   </si>
   <si>
     <t>30-May-25</t>
   </si>
   <si>
     <t>KH25-09136</t>
   </si>
   <si>
     <t>04-Jun-25</t>
   </si>
   <si>
     <t>KH25-11220</t>
   </si>
   <si>
     <t>CSF</t>
   </si>
   <si>
-    <t>1,000.00</t>
-[...1 lines deleted...]
-  <si>
     <t>24-Jul-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Parkinson's Disease, Protein: 33</t>
   </si>
   <si>
     <t>Abbott Alinity c analyzer Benzethonium Chloride</t>
   </si>
   <si>
     <t>33 mg/dL</t>
   </si>
   <si>
     <t>Total Protein</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1202,51 +1196,51 @@
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AP112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
-    <col min="14" max="14" width="38.848" bestFit="true" customWidth="true" style="1"/>
+    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
@@ -7402,82 +7396,82 @@
         <v>45469786</v>
       </c>
       <c r="T111" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:42">
       <c r="A112" s="6" t="s">
         <v>247</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>248</v>
       </c>
       <c r="E112" s="7">
         <v>1.0</v>
       </c>
       <c r="F112" s="6">
         <v>1.0</v>
       </c>
-      <c r="G112" s="9" t="s">
-        <v>249</v>
+      <c r="G112" s="9">
+        <v>750.0</v>
       </c>
       <c r="H112" s="8" t="s">
         <v>165</v>
       </c>
       <c r="I112" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J112" s="6" t="s">
         <v>59</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L112" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="M112" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N112" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="O112" s="6" t="s">
         <v>250</v>
       </c>
-      <c r="M112" s="6" t="s">
-[...2 lines deleted...]
-      <c r="N112" s="6" t="s">
+      <c r="P112" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="O112" s="6" t="s">
+      <c r="Q112" s="6" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="R112" s="6" t="s">
         <v>40</v>
       </c>
       <c r="S112" s="6">
         <v>45469786</v>
       </c>
       <c r="T112" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:S112"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">