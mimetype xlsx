--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$360</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$392</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="636">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="680">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -987,51 +987,51 @@
   <si>
     <t>KH25-02161</t>
   </si>
   <si>
     <t>01-Jan-25</t>
   </si>
   <si>
     <t>KH25-02507</t>
   </si>
   <si>
     <t>03-Feb-25</t>
   </si>
   <si>
     <t>KH25-02739</t>
   </si>
   <si>
     <t>14-Feb-25</t>
   </si>
   <si>
     <t>KH25-02742</t>
   </si>
   <si>
     <t>18 Y</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>O09.613</t>
   </si>
   <si>
     <t>KH25-02963</t>
   </si>
   <si>
     <t>19-Feb-25</t>
   </si>
   <si>
     <t>KH25-02967</t>
   </si>
   <si>
     <t>08-Feb-25</t>
   </si>
   <si>
     <t>KH25-02968</t>
   </si>
   <si>
     <t>17-Jan-25</t>
   </si>
   <si>
     <t>KH25-02970</t>
   </si>
@@ -1254,53 +1254,50 @@
   <si>
     <t>KH25-06182</t>
   </si>
   <si>
     <t>28-Apr-25</t>
   </si>
   <si>
     <t>O09.213</t>
   </si>
   <si>
     <t>KH25-06272</t>
   </si>
   <si>
     <t>18-Apr-25</t>
   </si>
   <si>
     <t>Z3A.36</t>
   </si>
   <si>
     <t>KH25-06273</t>
   </si>
   <si>
     <t>KH25-06274</t>
   </si>
   <si>
-    <t>American Indian / Alaskan Native</t>
-[...1 lines deleted...]
-  <si>
     <t>17-Apr-25</t>
   </si>
   <si>
     <t>KH25-06275</t>
   </si>
   <si>
     <t>KH25-06297</t>
   </si>
   <si>
     <t>KH25-06298</t>
   </si>
   <si>
     <t>KH25-06311</t>
   </si>
   <si>
     <t>21-May-25</t>
   </si>
   <si>
     <t>KH25-06313</t>
   </si>
   <si>
     <t>KH25-06314</t>
   </si>
   <si>
     <t>20-May-25</t>
@@ -1530,50 +1527,62 @@
   <si>
     <t>KH25-07667</t>
   </si>
   <si>
     <t>25-Sep-25</t>
   </si>
   <si>
     <t>KH25-07669</t>
   </si>
   <si>
     <t>26-Sep-25</t>
   </si>
   <si>
     <t>KH25-07671</t>
   </si>
   <si>
     <t>27-Sep-25</t>
   </si>
   <si>
     <t>KH25-07672</t>
   </si>
   <si>
     <t>28-Sep-25</t>
   </si>
   <si>
+    <t>KH25-07737</t>
+  </si>
+  <si>
+    <t>09-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-07738</t>
+  </si>
+  <si>
+    <t>10-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-08214</t>
   </si>
   <si>
     <t>KH25-08290</t>
   </si>
   <si>
     <t>22-Apr-25</t>
   </si>
   <si>
     <t>KH25-08445</t>
   </si>
   <si>
     <t>01-May-25</t>
   </si>
   <si>
     <t>KH25-08446</t>
   </si>
   <si>
     <t>KH25-08447</t>
   </si>
   <si>
     <t>02-May-25</t>
   </si>
   <si>
     <t>KH25-08448</t>
@@ -1680,50 +1689,89 @@
   <si>
     <t>KH25-09778</t>
   </si>
   <si>
     <t>KH25-09779</t>
   </si>
   <si>
     <t>KH25-09780</t>
   </si>
   <si>
     <t>KH25-09854</t>
   </si>
   <si>
     <t>03-Oct-25</t>
   </si>
   <si>
     <t>Twins: Female x2</t>
   </si>
   <si>
     <t>KH25-09855</t>
   </si>
   <si>
     <t>KH25-09856</t>
   </si>
   <si>
+    <t>KH25-09891</t>
+  </si>
+  <si>
+    <t>08-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09892</t>
+  </si>
+  <si>
+    <t>07-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09893</t>
+  </si>
+  <si>
+    <t>KH25-09894</t>
+  </si>
+  <si>
+    <t>KH25-09895</t>
+  </si>
+  <si>
+    <t>KH25-09896</t>
+  </si>
+  <si>
+    <t>KH25-09897</t>
+  </si>
+  <si>
+    <t>KH25-09898</t>
+  </si>
+  <si>
+    <t>KH25-09899</t>
+  </si>
+  <si>
+    <t>KH25-09900</t>
+  </si>
+  <si>
+    <t>06-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-10014</t>
   </si>
   <si>
     <t>Z3A. 28</t>
   </si>
   <si>
     <t>KH25-10015</t>
   </si>
   <si>
     <t>11-Jul-25</t>
   </si>
   <si>
     <t>KH25-10072</t>
   </si>
   <si>
     <t>18-Jul-25</t>
   </si>
   <si>
     <t>Z3A.29</t>
   </si>
   <si>
     <t>KH25-10073</t>
   </si>
   <si>
     <t>KH25-10251</t>
@@ -1899,78 +1947,162 @@
   <si>
     <t>Z3A.35</t>
   </si>
   <si>
     <t>KH25-10607</t>
   </si>
   <si>
     <t>KH25-10655</t>
   </si>
   <si>
     <t>30-Sep-25</t>
   </si>
   <si>
     <t>KH25-10662</t>
   </si>
   <si>
     <t>KH25-10666</t>
   </si>
   <si>
     <t>KH25-10667</t>
   </si>
   <si>
     <t>05-Oct-25</t>
   </si>
   <si>
+    <t>KH25-10691</t>
+  </si>
+  <si>
+    <t>KH25-10692</t>
+  </si>
+  <si>
+    <t>KH25-10746</t>
+  </si>
+  <si>
+    <t>KH25-10747</t>
+  </si>
+  <si>
+    <t>O16.3</t>
+  </si>
+  <si>
+    <t>KH25-10748</t>
+  </si>
+  <si>
+    <t>KH25-10749</t>
+  </si>
+  <si>
+    <t>KH25-10750</t>
+  </si>
+  <si>
+    <t>KH25-10751</t>
+  </si>
+  <si>
+    <t>KH25-10752</t>
+  </si>
+  <si>
+    <t>KH25-10753</t>
+  </si>
+  <si>
+    <t>KH25-10782</t>
+  </si>
+  <si>
+    <t>Z3A.30</t>
+  </si>
+  <si>
+    <t>KH25-10783</t>
+  </si>
+  <si>
+    <t>KH25-10784</t>
+  </si>
+  <si>
+    <t>KH25-10797</t>
+  </si>
+  <si>
+    <t>KH25-10807</t>
+  </si>
+  <si>
+    <t>11-Oct-25</t>
+  </si>
+  <si>
+    <t>Twins: 2 female</t>
+  </si>
+  <si>
     <t>KH25-11108</t>
   </si>
   <si>
     <t>KH25-11109</t>
   </si>
   <si>
     <t>KH25-11111</t>
   </si>
   <si>
     <t>KH25-11112</t>
   </si>
   <si>
     <t>55 Y</t>
   </si>
   <si>
     <t>KH25-11113</t>
   </si>
   <si>
     <t>KH25-11114</t>
   </si>
   <si>
     <t>29-Sep-25</t>
   </si>
   <si>
     <t>KH25-11115</t>
   </si>
   <si>
     <t>KH25-11173</t>
+  </si>
+  <si>
+    <t>KH25-11210</t>
+  </si>
+  <si>
+    <t>14-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11211</t>
+  </si>
+  <si>
+    <t>15-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11212</t>
+  </si>
+  <si>
+    <t>13-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11213</t>
+  </si>
+  <si>
+    <t>KH25-11214</t>
+  </si>
+  <si>
+    <t>17-Oct-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2323,51 +2455,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP360"/>
+  <dimension ref="A1:AP392"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="24.708" bestFit="true" customWidth="true" style="0"/>
@@ -14389,138 +14521,138 @@
       <c r="B216" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C216" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D216" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E216" s="7">
         <v>1.5</v>
       </c>
       <c r="F216" s="6">
         <v>1.0</v>
       </c>
       <c r="G216" s="9">
         <v>200.0</v>
       </c>
       <c r="H216" s="8" t="s">
         <v>192</v>
       </c>
       <c r="I216" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J216" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="K216" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L216" s="6" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
       <c r="M216" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N216" s="6">
         <v>37.71</v>
       </c>
       <c r="O216" s="6"/>
       <c r="P216" s="6" t="s">
         <v>298</v>
       </c>
       <c r="Q216" s="6">
         <v>45469786</v>
       </c>
       <c r="R216" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S216" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:42">
       <c r="A217" s="6" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D217" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E217" s="7">
         <v>1.5</v>
       </c>
       <c r="F217" s="6">
         <v>1.0</v>
       </c>
       <c r="G217" s="9">
         <v>200.0</v>
       </c>
       <c r="H217" s="8" t="s">
         <v>192</v>
       </c>
       <c r="I217" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J217" s="6" t="s">
-        <v>411</v>
+        <v>322</v>
       </c>
       <c r="K217" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>407</v>
       </c>
       <c r="M217" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N217" s="6">
         <v>37.86</v>
       </c>
       <c r="O217" s="6"/>
       <c r="P217" s="6" t="s">
         <v>298</v>
       </c>
       <c r="Q217" s="6">
         <v>45469786</v>
       </c>
       <c r="R217" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S217" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="218" spans="1:42">
       <c r="A218" s="6" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C218" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E218" s="7">
         <v>2.0</v>
       </c>
       <c r="F218" s="6">
         <v>1.0</v>
       </c>
       <c r="G218" s="9">
         <v>200.0</v>
       </c>
       <c r="H218" s="8" t="s">
         <v>86</v>
       </c>
       <c r="I218" s="6" t="s">
         <v>24</v>
       </c>
@@ -14533,51 +14665,51 @@
       <c r="L218" s="6" t="s">
         <v>407</v>
       </c>
       <c r="M218" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N218" s="6">
         <v>36.71</v>
       </c>
       <c r="O218" s="6"/>
       <c r="P218" s="6" t="s">
         <v>372</v>
       </c>
       <c r="Q218" s="6">
         <v>45469786</v>
       </c>
       <c r="R218" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S218" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="219" spans="1:42">
       <c r="A219" s="6" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E219" s="7">
         <v>2.0</v>
       </c>
       <c r="F219" s="6">
         <v>1.0</v>
       </c>
       <c r="G219" s="9">
         <v>200.0</v>
       </c>
       <c r="H219" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I219" s="6" t="s">
         <v>24</v>
       </c>
@@ -14590,8087 +14722,9911 @@
       <c r="L219" s="6" t="s">
         <v>397</v>
       </c>
       <c r="M219" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N219" s="6">
         <v>36.86</v>
       </c>
       <c r="O219" s="6"/>
       <c r="P219" s="6" t="s">
         <v>298</v>
       </c>
       <c r="Q219" s="6">
         <v>45469786</v>
       </c>
       <c r="R219" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S219" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="220" spans="1:42">
       <c r="A220" s="6" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E220" s="7">
         <v>1.5</v>
       </c>
       <c r="F220" s="6">
         <v>1.0</v>
       </c>
       <c r="G220" s="9">
         <v>200.0</v>
       </c>
       <c r="H220" s="8" t="s">
         <v>131</v>
       </c>
       <c r="I220" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J220" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K220" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="M220" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N220" s="6">
         <v>28.43</v>
       </c>
       <c r="O220" s="6"/>
       <c r="P220" s="6" t="s">
         <v>295</v>
       </c>
       <c r="Q220" s="6">
         <v>45469786</v>
       </c>
       <c r="R220" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S220" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="221" spans="1:42">
       <c r="A221" s="6" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C221" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D221" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E221" s="7">
         <v>1.25</v>
       </c>
       <c r="F221" s="6">
         <v>1.0</v>
       </c>
       <c r="G221" s="9">
         <v>200.0</v>
       </c>
       <c r="H221" s="8" t="s">
         <v>109</v>
       </c>
       <c r="I221" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J221" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K221" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="M221" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N221" s="6">
         <v>30.86</v>
       </c>
       <c r="O221" s="6"/>
       <c r="P221" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Q221" s="6">
         <v>45469786</v>
       </c>
       <c r="R221" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S221" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="222" spans="1:42">
       <c r="A222" s="6" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C222" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D222" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E222" s="7">
         <v>1.5</v>
       </c>
       <c r="F222" s="6">
         <v>1.0</v>
       </c>
       <c r="G222" s="9">
         <v>200.0</v>
       </c>
       <c r="H222" s="8" t="s">
         <v>76</v>
       </c>
       <c r="I222" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J222" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K222" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="M222" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N222" s="6">
         <v>29.86</v>
       </c>
       <c r="O222" s="6"/>
       <c r="P222" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="Q222" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R222" s="6" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="S222" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:42">
       <c r="A223" s="6" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C223" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E223" s="7">
         <v>2.0</v>
       </c>
       <c r="F223" s="6">
         <v>1.0</v>
       </c>
       <c r="G223" s="9">
         <v>200.0</v>
       </c>
       <c r="H223" s="8" t="s">
         <v>86</v>
       </c>
       <c r="I223" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J223" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K223" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="M223" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N223" s="6">
         <v>28.57</v>
       </c>
       <c r="O223" s="6"/>
       <c r="P223" s="6" t="s">
         <v>302</v>
       </c>
       <c r="Q223" s="6">
         <v>45469786</v>
       </c>
       <c r="R223" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S223" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:42">
       <c r="A224" s="6" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C224" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D224" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E224" s="7">
         <v>1.75</v>
       </c>
       <c r="F224" s="6">
         <v>1.0</v>
       </c>
       <c r="G224" s="9">
         <v>200.0</v>
       </c>
       <c r="H224" s="8" t="s">
         <v>76</v>
       </c>
       <c r="I224" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J224" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K224" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="M224" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N224" s="6">
         <v>31.29</v>
       </c>
       <c r="O224" s="6"/>
       <c r="P224" s="6" t="s">
         <v>302</v>
       </c>
       <c r="Q224" s="6">
         <v>45469786</v>
       </c>
       <c r="R224" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S224" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:42">
       <c r="A225" s="6" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D225" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E225" s="7">
         <v>1.5</v>
       </c>
       <c r="F225" s="6">
         <v>1.0</v>
       </c>
       <c r="G225" s="9">
         <v>200.0</v>
       </c>
       <c r="H225" s="8" t="s">
         <v>76</v>
       </c>
       <c r="I225" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J225" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K225" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="M225" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N225" s="6">
         <v>28.86</v>
       </c>
       <c r="O225" s="6"/>
       <c r="P225" s="6" t="s">
         <v>302</v>
       </c>
       <c r="Q225" s="6">
         <v>45469786</v>
       </c>
       <c r="R225" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S225" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:42">
       <c r="A226" s="6" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C226" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E226" s="7">
         <v>1.5</v>
       </c>
       <c r="F226" s="6">
         <v>1.0</v>
       </c>
       <c r="G226" s="9">
         <v>200.0</v>
       </c>
       <c r="H226" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I226" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J226" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K226" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="M226" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N226" s="6">
         <v>33.29</v>
       </c>
       <c r="O226" s="6"/>
       <c r="P226" s="6" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="Q226" s="6">
         <v>45469786</v>
       </c>
       <c r="R226" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S226" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:42">
       <c r="A227" s="6" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C227" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D227" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E227" s="7">
         <v>1.5</v>
       </c>
       <c r="F227" s="6">
         <v>1.0</v>
       </c>
       <c r="G227" s="9">
         <v>200.0</v>
       </c>
       <c r="H227" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I227" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J227" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K227" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="M227" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N227" s="6">
         <v>36.86</v>
       </c>
       <c r="O227" s="6"/>
       <c r="P227" s="6" t="s">
         <v>372</v>
       </c>
       <c r="Q227" s="6">
         <v>45469786</v>
       </c>
       <c r="R227" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S227" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:42">
       <c r="A228" s="6" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C228" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E228" s="7">
         <v>1.25</v>
       </c>
       <c r="F228" s="6">
         <v>1.0</v>
       </c>
       <c r="G228" s="9">
         <v>200.0</v>
       </c>
       <c r="H228" s="8" t="s">
         <v>57</v>
       </c>
       <c r="I228" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J228" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K228" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="M228" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N228" s="6">
         <v>36.71</v>
       </c>
       <c r="O228" s="6"/>
       <c r="P228" s="6" t="s">
         <v>298</v>
       </c>
       <c r="Q228" s="6">
         <v>45469786</v>
       </c>
       <c r="R228" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S228" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="229" spans="1:42">
       <c r="A229" s="6" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C229" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D229" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E229" s="7">
         <v>2.0</v>
       </c>
       <c r="F229" s="6">
         <v>1.0</v>
       </c>
       <c r="G229" s="9">
         <v>200.0</v>
       </c>
       <c r="H229" s="8" t="s">
         <v>37</v>
       </c>
       <c r="I229" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J229" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K229" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="M229" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N229" s="6">
         <v>34.57</v>
       </c>
       <c r="O229" s="6"/>
       <c r="P229" s="6" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="Q229" s="6">
         <v>45469786</v>
       </c>
       <c r="R229" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S229" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="230" spans="1:42">
       <c r="A230" s="6" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C230" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D230" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E230" s="7">
         <v>2.0</v>
       </c>
       <c r="F230" s="6">
         <v>1.0</v>
       </c>
       <c r="G230" s="9">
         <v>200.0</v>
       </c>
       <c r="H230" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I230" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J230" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K230" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="M230" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N230" s="6">
         <v>38.29</v>
       </c>
       <c r="O230" s="6"/>
       <c r="P230" s="6" t="s">
         <v>295</v>
       </c>
       <c r="Q230" s="6">
         <v>45469786</v>
       </c>
       <c r="R230" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S230" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="231" spans="1:42">
       <c r="A231" s="6" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C231" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D231" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E231" s="7">
         <v>1.25</v>
       </c>
       <c r="F231" s="6">
         <v>1.0</v>
       </c>
       <c r="G231" s="9">
         <v>200.0</v>
       </c>
       <c r="H231" s="8" t="s">
         <v>106</v>
       </c>
       <c r="I231" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J231" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K231" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="M231" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N231" s="6">
         <v>37.0</v>
       </c>
       <c r="O231" s="6"/>
       <c r="P231" s="6" t="s">
         <v>368</v>
       </c>
       <c r="Q231" s="6">
         <v>45469786</v>
       </c>
       <c r="R231" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S231" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="232" spans="1:42">
       <c r="A232" s="6" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C232" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E232" s="7">
         <v>1.5</v>
       </c>
       <c r="F232" s="6">
         <v>1.0</v>
       </c>
       <c r="G232" s="9">
         <v>200.0</v>
       </c>
       <c r="H232" s="8" t="s">
         <v>60</v>
       </c>
       <c r="I232" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J232" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K232" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="M232" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N232" s="6">
         <v>33.14</v>
       </c>
       <c r="O232" s="6"/>
       <c r="P232" s="6" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="Q232" s="6">
         <v>45469786</v>
       </c>
       <c r="R232" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S232" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="233" spans="1:42">
       <c r="A233" s="6" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B233" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C233" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D233" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E233" s="7">
         <v>2.0</v>
       </c>
       <c r="F233" s="6">
         <v>1.0</v>
       </c>
       <c r="G233" s="9">
         <v>200.0</v>
       </c>
       <c r="H233" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I233" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J233" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K233" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="M233" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N233" s="6">
         <v>31.14</v>
       </c>
       <c r="O233" s="6"/>
       <c r="P233" s="6" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="Q233" s="6">
         <v>45469786</v>
       </c>
       <c r="R233" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S233" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="234" spans="1:42">
       <c r="A234" s="6" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B234" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C234" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D234" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E234" s="7">
         <v>1.25</v>
       </c>
       <c r="F234" s="6">
         <v>1.0</v>
       </c>
       <c r="G234" s="9">
         <v>200.0</v>
       </c>
       <c r="H234" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I234" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J234" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K234" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="M234" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N234" s="6">
         <v>30.43</v>
       </c>
       <c r="O234" s="6"/>
       <c r="P234" s="6" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="Q234" s="6">
         <v>45469786</v>
       </c>
       <c r="R234" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S234" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="235" spans="1:42">
       <c r="A235" s="6" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C235" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D235" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E235" s="7">
         <v>1.25</v>
       </c>
       <c r="F235" s="6">
         <v>1.0</v>
       </c>
       <c r="G235" s="9">
         <v>200.0</v>
       </c>
       <c r="H235" s="8" t="s">
         <v>34</v>
       </c>
       <c r="I235" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J235" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K235" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="M235" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N235" s="6">
         <v>36.71</v>
       </c>
       <c r="O235" s="6"/>
       <c r="P235" s="6" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="Q235" s="6">
         <v>45469786</v>
       </c>
       <c r="R235" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S235" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:42">
       <c r="A236" s="6" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B236" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C236" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E236" s="7">
         <v>1.5</v>
       </c>
       <c r="F236" s="6">
         <v>1.0</v>
       </c>
       <c r="G236" s="9">
         <v>200.0</v>
       </c>
       <c r="H236" s="8" t="s">
         <v>170</v>
       </c>
       <c r="I236" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J236" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K236" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L236" s="6" t="s">
         <v>148</v>
       </c>
       <c r="M236" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N236" s="6">
         <v>28.86</v>
       </c>
       <c r="O236" s="6"/>
       <c r="P236" s="6" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="Q236" s="6">
         <v>45469786</v>
       </c>
       <c r="R236" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S236" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="237" spans="1:42">
       <c r="A237" s="6" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C237" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E237" s="7">
         <v>1.0</v>
       </c>
       <c r="F237" s="6">
         <v>1.0</v>
       </c>
       <c r="G237" s="9">
         <v>200.0</v>
       </c>
       <c r="H237" s="8" t="s">
         <v>57</v>
       </c>
       <c r="I237" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J237" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K237" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M237" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N237" s="6">
         <v>37.14</v>
       </c>
       <c r="O237" s="6"/>
       <c r="P237" s="6" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="Q237" s="6">
         <v>45469786</v>
       </c>
       <c r="R237" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S237" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="238" spans="1:42">
       <c r="A238" s="6" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B238" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C238" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E238" s="7">
         <v>1.5</v>
       </c>
       <c r="F238" s="6">
         <v>1.0</v>
       </c>
       <c r="G238" s="9">
         <v>200.0</v>
       </c>
       <c r="H238" s="8" t="s">
         <v>37</v>
       </c>
       <c r="I238" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J238" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K238" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M238" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N238" s="6">
         <v>29.86</v>
       </c>
       <c r="O238" s="6"/>
       <c r="P238" s="6" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="Q238" s="6">
         <v>45469786</v>
       </c>
       <c r="R238" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S238" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:42">
       <c r="A239" s="6" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B239" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C239" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E239" s="7">
         <v>1.5</v>
       </c>
       <c r="F239" s="6">
         <v>1.0</v>
       </c>
       <c r="G239" s="9">
         <v>200.0</v>
       </c>
       <c r="H239" s="8" t="s">
         <v>321</v>
       </c>
       <c r="I239" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J239" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K239" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M239" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N239" s="6">
         <v>37.57</v>
       </c>
       <c r="O239" s="6"/>
       <c r="P239" s="6" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="Q239" s="6">
         <v>45469786</v>
       </c>
       <c r="R239" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S239" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="240" spans="1:42">
       <c r="A240" s="6" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B240" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C240" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E240" s="7">
         <v>1.5</v>
       </c>
       <c r="F240" s="6">
         <v>1.0</v>
       </c>
       <c r="G240" s="9">
         <v>200.0</v>
       </c>
       <c r="H240" s="8" t="s">
         <v>78</v>
       </c>
       <c r="I240" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J240" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K240" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="M240" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N240" s="6">
         <v>34.71</v>
       </c>
       <c r="O240" s="6"/>
       <c r="P240" s="6" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="Q240" s="6">
         <v>45469786</v>
       </c>
       <c r="R240" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S240" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="241" spans="1:42">
       <c r="A241" s="6" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C241" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D241" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E241" s="7">
         <v>1.5</v>
       </c>
       <c r="F241" s="6">
         <v>1.0</v>
       </c>
       <c r="G241" s="9">
         <v>200.0</v>
       </c>
       <c r="H241" s="8" t="s">
         <v>78</v>
       </c>
       <c r="I241" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J241" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K241" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M241" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N241" s="6">
         <v>34.43</v>
       </c>
       <c r="O241" s="6"/>
       <c r="P241" s="6" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="Q241" s="6">
         <v>45469786</v>
       </c>
       <c r="R241" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S241" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="242" spans="1:42">
       <c r="A242" s="6" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B242" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C242" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E242" s="7">
         <v>1.5</v>
       </c>
       <c r="F242" s="6">
         <v>1.0</v>
       </c>
       <c r="G242" s="9">
         <v>200.0</v>
       </c>
       <c r="H242" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I242" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J242" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K242" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M242" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N242" s="6">
         <v>36.14</v>
       </c>
       <c r="O242" s="6"/>
       <c r="P242" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q242" s="6">
         <v>45469786</v>
       </c>
       <c r="R242" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S242" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="243" spans="1:42">
       <c r="A243" s="6" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B243" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C243" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E243" s="7">
         <v>1.5</v>
       </c>
       <c r="F243" s="6">
         <v>1.0</v>
       </c>
       <c r="G243" s="9">
         <v>200.0</v>
       </c>
       <c r="H243" s="8" t="s">
         <v>50</v>
       </c>
       <c r="I243" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J243" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K243" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="M243" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N243" s="6">
         <v>36.57</v>
       </c>
       <c r="O243" s="6"/>
       <c r="P243" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q243" s="6">
         <v>45469786</v>
       </c>
       <c r="R243" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S243" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="244" spans="1:42">
       <c r="A244" s="6" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B244" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C244" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E244" s="7">
         <v>1.5</v>
       </c>
       <c r="F244" s="6">
         <v>1.0</v>
       </c>
       <c r="G244" s="9">
         <v>200.0</v>
       </c>
       <c r="H244" s="8" t="s">
         <v>131</v>
       </c>
       <c r="I244" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J244" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K244" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M244" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N244" s="6">
         <v>29.57</v>
       </c>
       <c r="O244" s="6"/>
       <c r="P244" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q244" s="6">
         <v>45469786</v>
       </c>
       <c r="R244" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S244" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="245" spans="1:42">
       <c r="A245" s="6" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B245" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C245" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E245" s="7">
         <v>1.25</v>
       </c>
       <c r="F245" s="6">
         <v>1.0</v>
       </c>
       <c r="G245" s="9">
         <v>200.0</v>
       </c>
       <c r="H245" s="8" t="s">
         <v>131</v>
       </c>
       <c r="I245" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J245" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K245" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="M245" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N245" s="6">
         <v>29.71</v>
       </c>
       <c r="O245" s="6"/>
       <c r="P245" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q245" s="6">
         <v>45469786</v>
       </c>
       <c r="R245" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S245" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:42">
       <c r="A246" s="6" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C246" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E246" s="7">
         <v>1.5</v>
       </c>
       <c r="F246" s="6">
         <v>1.0</v>
       </c>
       <c r="G246" s="9">
         <v>200.0</v>
       </c>
       <c r="H246" s="8" t="s">
         <v>131</v>
       </c>
       <c r="I246" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J246" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K246" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="M246" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N246" s="6">
         <v>29.86</v>
       </c>
       <c r="O246" s="6"/>
       <c r="P246" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q246" s="6">
         <v>45469786</v>
       </c>
       <c r="R246" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S246" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:42">
       <c r="A247" s="6" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C247" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D247" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E247" s="7">
         <v>1.5</v>
       </c>
       <c r="F247" s="6">
         <v>1.0</v>
       </c>
       <c r="G247" s="9">
         <v>200.0</v>
       </c>
       <c r="H247" s="8" t="s">
         <v>131</v>
       </c>
       <c r="I247" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J247" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K247" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="M247" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N247" s="6">
         <v>30.0</v>
       </c>
       <c r="O247" s="6"/>
       <c r="P247" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q247" s="6">
         <v>45469786</v>
       </c>
       <c r="R247" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S247" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="248" spans="1:42">
       <c r="A248" s="6" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C248" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>280</v>
       </c>
       <c r="E248" s="7">
         <v>1.5</v>
       </c>
       <c r="F248" s="6">
         <v>1.0</v>
       </c>
       <c r="G248" s="9">
         <v>200.0</v>
       </c>
       <c r="H248" s="8" t="s">
         <v>57</v>
       </c>
       <c r="I248" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J248" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K248" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M248" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N248" s="6">
         <v>30.0</v>
       </c>
       <c r="O248" s="6"/>
       <c r="P248" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q248" s="6">
         <v>45469786</v>
       </c>
       <c r="R248" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S248" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="249" spans="1:42">
       <c r="A249" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C249" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D249" s="6" t="s">
         <v>467</v>
-      </c>
-[...7 lines deleted...]
-        <v>468</v>
       </c>
       <c r="E249" s="7">
         <v>1.0</v>
       </c>
       <c r="F249" s="6">
         <v>1.0</v>
       </c>
       <c r="G249" s="9">
         <v>200.0</v>
       </c>
       <c r="H249" s="8" t="s">
         <v>140</v>
       </c>
       <c r="I249" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J249" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K249" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="M249" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N249" s="6">
         <v>36.29</v>
       </c>
       <c r="O249" s="6"/>
       <c r="P249" s="6" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="Q249" s="6">
         <v>45469786</v>
       </c>
       <c r="R249" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S249" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="250" spans="1:42">
       <c r="A250" s="6" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B250" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C250" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D250" s="6" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="E250" s="7">
         <v>1.5</v>
       </c>
       <c r="F250" s="6">
         <v>1.0</v>
       </c>
       <c r="G250" s="9">
         <v>200.0</v>
       </c>
       <c r="H250" s="8" t="s">
         <v>37</v>
       </c>
       <c r="I250" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J250" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K250" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="M250" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N250" s="6">
         <v>36.71</v>
       </c>
       <c r="O250" s="6"/>
       <c r="P250" s="6" t="s">
         <v>408</v>
       </c>
       <c r="Q250" s="6">
         <v>45469786</v>
       </c>
       <c r="R250" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S250" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="251" spans="1:42">
       <c r="A251" s="6" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C251" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E251" s="7">
         <v>1.5</v>
       </c>
       <c r="F251" s="6">
         <v>1.0</v>
       </c>
       <c r="G251" s="9">
         <v>200.0</v>
       </c>
       <c r="H251" s="8" t="s">
         <v>84</v>
       </c>
       <c r="I251" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J251" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K251" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="M251" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N251" s="6">
         <v>28.29</v>
       </c>
       <c r="O251" s="6"/>
       <c r="P251" s="6" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="Q251" s="6">
         <v>45469786</v>
       </c>
       <c r="R251" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S251" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="252" spans="1:42">
       <c r="A252" s="6" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B252" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C252" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D252" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E252" s="7">
         <v>1.0</v>
       </c>
       <c r="F252" s="6">
         <v>1.0</v>
       </c>
       <c r="G252" s="9">
         <v>200.0</v>
       </c>
       <c r="H252" s="8" t="s">
         <v>134</v>
       </c>
       <c r="I252" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J252" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K252" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="M252" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N252" s="6">
         <v>35.57</v>
       </c>
       <c r="O252" s="6"/>
       <c r="P252" s="6" t="s">
         <v>368</v>
       </c>
       <c r="Q252" s="6">
         <v>45469786</v>
       </c>
       <c r="R252" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S252" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:42">
       <c r="A253" s="6" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B253" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C253" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D253" s="6" t="s">
         <v>280</v>
       </c>
       <c r="E253" s="7">
         <v>1.5</v>
       </c>
       <c r="F253" s="6">
         <v>1.0</v>
       </c>
       <c r="G253" s="9">
         <v>200.0</v>
       </c>
       <c r="H253" s="8" t="s">
         <v>84</v>
       </c>
       <c r="I253" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J253" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K253" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="M253" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N253" s="6">
         <v>28.86</v>
       </c>
       <c r="O253" s="6"/>
       <c r="P253" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q253" s="6">
         <v>45469786</v>
       </c>
       <c r="R253" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S253" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="254" spans="1:42">
       <c r="A254" s="6" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B254" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C254" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D254" s="6" t="s">
         <v>280</v>
       </c>
       <c r="E254" s="7">
         <v>1.5</v>
       </c>
       <c r="F254" s="6">
         <v>1.0</v>
       </c>
       <c r="G254" s="9">
         <v>200.0</v>
       </c>
       <c r="H254" s="8" t="s">
         <v>47</v>
       </c>
       <c r="I254" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J254" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K254" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="M254" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N254" s="6">
         <v>30.29</v>
       </c>
       <c r="O254" s="6"/>
       <c r="P254" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q254" s="6">
         <v>45469786</v>
       </c>
       <c r="R254" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S254" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="255" spans="1:42">
       <c r="A255" s="6" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B255" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C255" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D255" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E255" s="7">
         <v>2.0</v>
       </c>
       <c r="F255" s="6">
         <v>1.0</v>
       </c>
       <c r="G255" s="9">
         <v>200.0</v>
       </c>
       <c r="H255" s="8" t="s">
         <v>86</v>
       </c>
       <c r="I255" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J255" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K255" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="M255" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N255" s="6">
         <v>35.29</v>
       </c>
       <c r="O255" s="6"/>
       <c r="P255" s="6" t="s">
         <v>295</v>
       </c>
       <c r="Q255" s="6">
         <v>45469786</v>
       </c>
       <c r="R255" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S255" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="256" spans="1:42">
       <c r="A256" s="6" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B256" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C256" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E256" s="7">
         <v>1.5</v>
       </c>
       <c r="F256" s="6">
         <v>1.0</v>
       </c>
       <c r="G256" s="9">
         <v>200.0</v>
       </c>
       <c r="H256" s="8" t="s">
         <v>72</v>
       </c>
       <c r="I256" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J256" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K256" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="M256" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N256" s="6">
         <v>29.71</v>
       </c>
       <c r="O256" s="6"/>
       <c r="P256" s="6" t="s">
         <v>295</v>
       </c>
       <c r="Q256" s="6">
         <v>45469786</v>
       </c>
       <c r="R256" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S256" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="257" spans="1:42">
       <c r="A257" s="6" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B257" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C257" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D257" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E257" s="7">
         <v>1.25</v>
       </c>
       <c r="F257" s="6">
         <v>1.0</v>
       </c>
       <c r="G257" s="9">
         <v>200.0</v>
       </c>
       <c r="H257" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I257" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J257" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K257" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="M257" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N257" s="6">
         <v>29.43</v>
       </c>
       <c r="O257" s="6"/>
       <c r="P257" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q257" s="6">
         <v>45469786</v>
       </c>
       <c r="R257" s="6" t="s">
         <v>365</v>
       </c>
       <c r="S257" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="258" spans="1:42">
       <c r="A258" s="6" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B258" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C258" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D258" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E258" s="7">
         <v>1.75</v>
       </c>
       <c r="F258" s="6">
         <v>1.0</v>
       </c>
       <c r="G258" s="9">
         <v>200.0</v>
       </c>
       <c r="H258" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I258" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J258" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K258" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="M258" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N258" s="6">
         <v>32.57</v>
       </c>
       <c r="O258" s="6"/>
       <c r="P258" s="6" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="Q258" s="6">
         <v>45469786</v>
       </c>
       <c r="R258" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S258" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="259" spans="1:42">
       <c r="A259" s="6" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B259" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C259" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D259" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E259" s="7">
         <v>1.5</v>
       </c>
       <c r="F259" s="6">
         <v>1.0</v>
       </c>
       <c r="G259" s="9">
         <v>200.0</v>
       </c>
       <c r="H259" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I259" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J259" s="6" t="s">
-        <v>411</v>
+        <v>322</v>
       </c>
       <c r="K259" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="M259" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N259" s="6">
         <v>32.14</v>
       </c>
       <c r="O259" s="6"/>
       <c r="P259" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q259" s="6">
         <v>45469786</v>
       </c>
       <c r="R259" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S259" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="260" spans="1:42">
       <c r="A260" s="6" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B260" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C260" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D260" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E260" s="7">
         <v>1.5</v>
       </c>
       <c r="F260" s="6">
         <v>1.0</v>
       </c>
       <c r="G260" s="9">
         <v>200.0</v>
       </c>
       <c r="H260" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I260" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J260" s="6" t="s">
-        <v>411</v>
+        <v>322</v>
       </c>
       <c r="K260" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="M260" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N260" s="6">
         <v>32.29</v>
       </c>
       <c r="O260" s="6"/>
       <c r="P260" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q260" s="6">
         <v>45469786</v>
       </c>
       <c r="R260" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S260" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="261" spans="1:42">
       <c r="A261" s="6" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C261" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D261" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E261" s="7">
         <v>1.5</v>
       </c>
       <c r="F261" s="6">
         <v>1.0</v>
       </c>
       <c r="G261" s="9">
         <v>200.0</v>
       </c>
       <c r="H261" s="8" t="s">
         <v>60</v>
       </c>
       <c r="I261" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J261" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K261" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="M261" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N261" s="6">
         <v>34.71</v>
       </c>
       <c r="O261" s="6"/>
       <c r="P261" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q261" s="6">
         <v>45469786</v>
       </c>
       <c r="R261" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S261" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:42">
       <c r="A262" s="6" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B262" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C262" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D262" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E262" s="7">
         <v>1.75</v>
       </c>
       <c r="F262" s="6">
         <v>1.0</v>
       </c>
       <c r="G262" s="9">
         <v>200.0</v>
       </c>
       <c r="H262" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I262" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J262" s="6" t="s">
-        <v>411</v>
+        <v>322</v>
       </c>
       <c r="K262" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="M262" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N262" s="6">
         <v>31.86</v>
       </c>
       <c r="O262" s="6"/>
       <c r="P262" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q262" s="6">
         <v>45469786</v>
       </c>
       <c r="R262" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S262" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="263" spans="1:42">
       <c r="A263" s="6" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B263" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C263" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D263" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E263" s="7">
         <v>1.5</v>
       </c>
       <c r="F263" s="6">
         <v>1.0</v>
       </c>
       <c r="G263" s="9">
         <v>200.0</v>
       </c>
       <c r="H263" s="8" t="s">
         <v>99</v>
       </c>
       <c r="I263" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J263" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K263" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="M263" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N263" s="6">
         <v>31.43</v>
       </c>
       <c r="O263" s="6"/>
       <c r="P263" s="6" t="s">
         <v>295</v>
       </c>
       <c r="Q263" s="6">
         <v>45469786</v>
       </c>
       <c r="R263" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S263" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="264" spans="1:42">
       <c r="A264" s="6" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B264" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C264" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>280</v>
       </c>
       <c r="E264" s="7">
         <v>1.5</v>
       </c>
       <c r="F264" s="6">
         <v>1.0</v>
       </c>
       <c r="G264" s="9">
         <v>200.0</v>
       </c>
       <c r="H264" s="8" t="s">
         <v>52</v>
       </c>
       <c r="I264" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J264" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K264" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="M264" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N264" s="6">
         <v>38.14</v>
       </c>
       <c r="O264" s="6"/>
       <c r="P264" s="6" t="s">
         <v>266</v>
       </c>
       <c r="Q264" s="6">
         <v>45469786</v>
       </c>
       <c r="R264" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S264" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="265" spans="1:42">
       <c r="A265" s="6" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B265" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C265" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E265" s="7">
         <v>1.0</v>
       </c>
       <c r="F265" s="6">
         <v>1.0</v>
       </c>
       <c r="G265" s="9">
         <v>200.0</v>
       </c>
       <c r="H265" s="8" t="s">
         <v>106</v>
       </c>
       <c r="I265" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J265" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K265" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="M265" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N265" s="6">
         <v>34.43</v>
       </c>
       <c r="O265" s="6"/>
       <c r="P265" s="6" t="s">
         <v>266</v>
       </c>
       <c r="Q265" s="6">
         <v>45469786</v>
       </c>
       <c r="R265" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S265" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="266" spans="1:42">
       <c r="A266" s="6" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="B266" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C266" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E266" s="7">
         <v>1.25</v>
       </c>
       <c r="F266" s="6">
         <v>1.0</v>
       </c>
       <c r="G266" s="9">
         <v>200.0</v>
       </c>
       <c r="H266" s="8" t="s">
         <v>99</v>
       </c>
       <c r="I266" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J266" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K266" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="M266" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N266" s="6">
         <v>35.14</v>
       </c>
       <c r="O266" s="6"/>
       <c r="P266" s="6" t="s">
         <v>266</v>
       </c>
       <c r="Q266" s="6">
         <v>45469786</v>
       </c>
       <c r="R266" s="6" t="s">
         <v>365</v>
       </c>
       <c r="S266" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="267" spans="1:42">
       <c r="A267" s="6" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B267" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C267" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E267" s="7">
         <v>1.25</v>
       </c>
       <c r="F267" s="6">
         <v>1.0</v>
       </c>
       <c r="G267" s="9">
         <v>200.0</v>
       </c>
       <c r="H267" s="8" t="s">
         <v>99</v>
       </c>
       <c r="I267" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J267" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K267" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="M267" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N267" s="6">
         <v>28.57</v>
       </c>
       <c r="O267" s="6"/>
       <c r="P267" s="6" t="s">
         <v>266</v>
       </c>
       <c r="Q267" s="6">
         <v>45469786</v>
       </c>
       <c r="R267" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S267" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="268" spans="1:42">
       <c r="A268" s="6" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C268" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E268" s="7">
         <v>1.25</v>
       </c>
       <c r="F268" s="6">
         <v>1.0</v>
       </c>
       <c r="G268" s="9">
         <v>200.0</v>
       </c>
       <c r="H268" s="8" t="s">
         <v>37</v>
       </c>
       <c r="I268" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J268" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K268" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="M268" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N268" s="6">
         <v>35.57</v>
       </c>
       <c r="O268" s="6"/>
       <c r="P268" s="6" t="s">
         <v>368</v>
       </c>
       <c r="Q268" s="6">
         <v>45469786</v>
       </c>
       <c r="R268" s="6" t="s">
         <v>365</v>
       </c>
       <c r="S268" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:42">
       <c r="A269" s="6" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B269" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C269" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E269" s="7">
         <v>1.5</v>
       </c>
       <c r="F269" s="6">
         <v>1.0</v>
       </c>
       <c r="G269" s="9">
         <v>200.0</v>
       </c>
       <c r="H269" s="8" t="s">
         <v>134</v>
       </c>
       <c r="I269" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J269" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K269" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="M269" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N269" s="6">
         <v>32.29</v>
       </c>
       <c r="O269" s="6"/>
       <c r="P269" s="6" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="Q269" s="6">
         <v>45469786</v>
       </c>
       <c r="R269" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S269" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="270" spans="1:42">
       <c r="A270" s="6" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B270" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C270" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E270" s="7">
         <v>1.0</v>
       </c>
       <c r="F270" s="6">
         <v>1.0</v>
       </c>
       <c r="G270" s="9">
         <v>200.0</v>
       </c>
       <c r="H270" s="8" t="s">
         <v>134</v>
       </c>
       <c r="I270" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J270" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K270" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="M270" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N270" s="6">
         <v>32.43</v>
       </c>
       <c r="O270" s="6"/>
       <c r="P270" s="6" t="s">
         <v>298</v>
       </c>
       <c r="Q270" s="6">
         <v>45469786</v>
       </c>
       <c r="R270" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S270" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="271" spans="1:42">
       <c r="A271" s="6" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B271" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C271" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E271" s="7">
         <v>1.25</v>
       </c>
       <c r="F271" s="6">
         <v>1.0</v>
       </c>
       <c r="G271" s="9">
         <v>200.0</v>
       </c>
       <c r="H271" s="8" t="s">
-        <v>76</v>
+        <v>134</v>
       </c>
       <c r="I271" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J271" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K271" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>407</v>
+        <v>503</v>
       </c>
       <c r="M271" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N271" s="6">
-        <v>31.14</v>
+        <v>35.29</v>
       </c>
       <c r="O271" s="6"/>
       <c r="P271" s="6" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="Q271" s="6">
         <v>45469786</v>
       </c>
       <c r="R271" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S271" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:42">
       <c r="A272" s="6" t="s">
         <v>504</v>
       </c>
       <c r="B272" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C272" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D272" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E272" s="7">
         <v>1.25</v>
       </c>
       <c r="F272" s="6">
         <v>1.0</v>
       </c>
       <c r="G272" s="9">
         <v>200.0</v>
       </c>
       <c r="H272" s="8" t="s">
-        <v>86</v>
+        <v>170</v>
       </c>
       <c r="I272" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J272" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K272" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L272" s="6" t="s">
         <v>505</v>
       </c>
       <c r="M272" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N272" s="6">
-        <v>33.0</v>
+        <v>34.14</v>
       </c>
       <c r="O272" s="6"/>
       <c r="P272" s="6" t="s">
-        <v>295</v>
+        <v>266</v>
       </c>
       <c r="Q272" s="6">
         <v>45469786</v>
       </c>
       <c r="R272" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S272" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="273" spans="1:42">
       <c r="A273" s="6" t="s">
         <v>506</v>
       </c>
       <c r="B273" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C273" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D273" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E273" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F273" s="6">
         <v>1.0</v>
       </c>
       <c r="G273" s="9">
         <v>200.0</v>
       </c>
       <c r="H273" s="8" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="I273" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J273" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K273" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>507</v>
+        <v>407</v>
       </c>
       <c r="M273" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N273" s="6">
-        <v>28.29</v>
+        <v>31.14</v>
       </c>
       <c r="O273" s="6"/>
       <c r="P273" s="6" t="s">
         <v>302</v>
       </c>
       <c r="Q273" s="6">
         <v>45469786</v>
       </c>
       <c r="R273" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S273" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="274" spans="1:42">
       <c r="A274" s="6" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B274" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C274" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E274" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F274" s="6">
         <v>1.0</v>
       </c>
       <c r="G274" s="9">
         <v>200.0</v>
       </c>
       <c r="H274" s="8" t="s">
-        <v>120</v>
+        <v>86</v>
       </c>
       <c r="I274" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J274" s="6" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="K274" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M274" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N274" s="6">
-        <v>37.43</v>
+        <v>33.0</v>
       </c>
       <c r="O274" s="6"/>
       <c r="P274" s="6" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="Q274" s="6">
         <v>45469786</v>
       </c>
       <c r="R274" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S274" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="275" spans="1:42">
       <c r="A275" s="6" t="s">
         <v>509</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C275" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E275" s="7">
-        <v>2.0</v>
+        <v>1.75</v>
       </c>
       <c r="F275" s="6">
         <v>1.0</v>
       </c>
       <c r="G275" s="9">
         <v>200.0</v>
       </c>
       <c r="H275" s="8" t="s">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I275" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J275" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K275" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L275" s="6" t="s">
         <v>510</v>
       </c>
       <c r="M275" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N275" s="6">
-        <v>34.29</v>
+        <v>28.29</v>
       </c>
       <c r="O275" s="6"/>
       <c r="P275" s="6" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="Q275" s="6">
         <v>45469786</v>
       </c>
       <c r="R275" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S275" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:42">
       <c r="A276" s="6" t="s">
         <v>511</v>
       </c>
       <c r="B276" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C276" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E276" s="7">
         <v>2.0</v>
       </c>
       <c r="F276" s="6">
         <v>1.0</v>
       </c>
       <c r="G276" s="9">
         <v>200.0</v>
       </c>
       <c r="H276" s="8" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="I276" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J276" s="6" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="K276" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="M276" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N276" s="6">
-        <v>35.43</v>
+        <v>37.43</v>
       </c>
       <c r="O276" s="6"/>
       <c r="P276" s="6" t="s">
-        <v>266</v>
+        <v>298</v>
       </c>
       <c r="Q276" s="6">
         <v>45469786</v>
       </c>
       <c r="R276" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S276" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="277" spans="1:42">
       <c r="A277" s="6" t="s">
         <v>512</v>
       </c>
       <c r="B277" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C277" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E277" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F277" s="6">
         <v>1.0</v>
       </c>
       <c r="G277" s="9">
         <v>200.0</v>
       </c>
       <c r="H277" s="8" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I277" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J277" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K277" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>404</v>
+        <v>513</v>
       </c>
       <c r="M277" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N277" s="6">
-        <v>30.71</v>
+        <v>34.29</v>
       </c>
       <c r="O277" s="6"/>
       <c r="P277" s="6" t="s">
-        <v>469</v>
+        <v>295</v>
       </c>
       <c r="Q277" s="6">
         <v>45469786</v>
       </c>
       <c r="R277" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S277" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="278" spans="1:42">
       <c r="A278" s="6" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B278" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C278" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E278" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F278" s="6">
         <v>1.0</v>
       </c>
       <c r="G278" s="9">
         <v>200.0</v>
       </c>
       <c r="H278" s="8" t="s">
-        <v>37</v>
+        <v>147</v>
       </c>
       <c r="I278" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J278" s="6" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="K278" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>391</v>
+        <v>510</v>
       </c>
       <c r="M278" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N278" s="6">
-        <v>31.86</v>
+        <v>35.43</v>
       </c>
       <c r="O278" s="6"/>
       <c r="P278" s="6" t="s">
-        <v>62</v>
+        <v>266</v>
       </c>
       <c r="Q278" s="6">
         <v>45469786</v>
       </c>
       <c r="R278" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S278" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="279" spans="1:42">
       <c r="A279" s="6" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C279" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E279" s="7">
         <v>1.25</v>
       </c>
       <c r="F279" s="6">
         <v>1.0</v>
       </c>
       <c r="G279" s="9">
         <v>200.0</v>
       </c>
       <c r="H279" s="8" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I279" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J279" s="6" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="K279" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>515</v>
+        <v>404</v>
       </c>
       <c r="M279" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N279" s="6">
-        <v>37.71</v>
+        <v>30.71</v>
       </c>
       <c r="O279" s="6"/>
       <c r="P279" s="6" t="s">
-        <v>372</v>
+        <v>468</v>
       </c>
       <c r="Q279" s="6">
         <v>45469786</v>
       </c>
       <c r="R279" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S279" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="280" spans="1:42">
       <c r="A280" s="6" t="s">
         <v>516</v>
       </c>
       <c r="B280" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C280" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E280" s="7">
         <v>1.25</v>
       </c>
       <c r="F280" s="6">
         <v>1.0</v>
       </c>
       <c r="G280" s="9">
         <v>200.0</v>
       </c>
       <c r="H280" s="8" t="s">
-        <v>134</v>
+        <v>37</v>
       </c>
       <c r="I280" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J280" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K280" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>515</v>
+        <v>391</v>
       </c>
       <c r="M280" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N280" s="6">
-        <v>36.0</v>
+        <v>31.86</v>
       </c>
       <c r="O280" s="6"/>
       <c r="P280" s="6" t="s">
-        <v>278</v>
+        <v>62</v>
       </c>
       <c r="Q280" s="6">
         <v>45469786</v>
       </c>
       <c r="R280" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S280" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="281" spans="1:42">
       <c r="A281" s="6" t="s">
         <v>517</v>
       </c>
       <c r="B281" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C281" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E281" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F281" s="6">
         <v>1.0</v>
       </c>
       <c r="G281" s="9">
         <v>200.0</v>
       </c>
       <c r="H281" s="8" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="I281" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J281" s="6" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="K281" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L281" s="6" t="s">
         <v>518</v>
       </c>
       <c r="M281" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N281" s="6">
-        <v>29.14</v>
+        <v>37.71</v>
       </c>
       <c r="O281" s="6"/>
       <c r="P281" s="6" t="s">
-        <v>469</v>
+        <v>372</v>
       </c>
       <c r="Q281" s="6">
         <v>45469786</v>
       </c>
       <c r="R281" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S281" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="282" spans="1:42">
       <c r="A282" s="6" t="s">
         <v>519</v>
       </c>
       <c r="B282" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C282" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E282" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F282" s="6">
         <v>1.0</v>
       </c>
       <c r="G282" s="9">
         <v>200.0</v>
       </c>
       <c r="H282" s="8" t="s">
-        <v>192</v>
+        <v>134</v>
       </c>
       <c r="I282" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J282" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K282" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="M282" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N282" s="6">
-        <v>39.0</v>
+        <v>36.0</v>
       </c>
       <c r="O282" s="6"/>
       <c r="P282" s="6" t="s">
-        <v>520</v>
+        <v>278</v>
       </c>
       <c r="Q282" s="6">
         <v>45469786</v>
       </c>
       <c r="R282" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S282" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="283" spans="1:42">
       <c r="A283" s="6" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B283" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C283" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E283" s="7">
         <v>1.5</v>
       </c>
       <c r="F283" s="6">
         <v>1.0</v>
       </c>
       <c r="G283" s="9">
         <v>200.0</v>
       </c>
       <c r="H283" s="8" t="s">
-        <v>134</v>
+        <v>57</v>
       </c>
       <c r="I283" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J283" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K283" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>385</v>
+        <v>521</v>
       </c>
       <c r="M283" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N283" s="6">
-        <v>28.14</v>
+        <v>29.14</v>
       </c>
       <c r="O283" s="6"/>
       <c r="P283" s="6" t="s">
-        <v>298</v>
+        <v>468</v>
       </c>
       <c r="Q283" s="6">
         <v>45469786</v>
       </c>
       <c r="R283" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S283" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="284" spans="1:42">
       <c r="A284" s="6" t="s">
         <v>522</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C284" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E284" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F284" s="6">
         <v>1.0</v>
       </c>
       <c r="G284" s="9">
         <v>200.0</v>
       </c>
       <c r="H284" s="8" t="s">
-        <v>76</v>
+        <v>192</v>
       </c>
       <c r="I284" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J284" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K284" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="M284" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N284" s="6">
-        <v>33.57</v>
+        <v>39.0</v>
       </c>
       <c r="O284" s="6"/>
       <c r="P284" s="6" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="Q284" s="6">
         <v>45469786</v>
       </c>
       <c r="R284" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S284" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="285" spans="1:42">
       <c r="A285" s="6" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C285" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D285" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E285" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F285" s="6">
         <v>1.0</v>
       </c>
       <c r="G285" s="9">
         <v>200.0</v>
       </c>
       <c r="H285" s="8" t="s">
-        <v>57</v>
+        <v>134</v>
       </c>
       <c r="I285" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J285" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K285" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>523</v>
+        <v>385</v>
       </c>
       <c r="M285" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N285" s="6">
-        <v>33.86</v>
+        <v>28.14</v>
       </c>
       <c r="O285" s="6"/>
       <c r="P285" s="6" t="s">
-        <v>41</v>
+        <v>298</v>
       </c>
       <c r="Q285" s="6">
         <v>45469786</v>
       </c>
       <c r="R285" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S285" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="286" spans="1:42">
       <c r="A286" s="6" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C286" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D286" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E286" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F286" s="6">
         <v>1.0</v>
       </c>
       <c r="G286" s="9">
         <v>200.0</v>
       </c>
       <c r="H286" s="8" t="s">
-        <v>109</v>
+        <v>76</v>
       </c>
       <c r="I286" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J286" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K286" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="M286" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N286" s="6">
-        <v>36.29</v>
+        <v>33.57</v>
       </c>
       <c r="O286" s="6"/>
       <c r="P286" s="6" t="s">
-        <v>39</v>
+        <v>527</v>
       </c>
       <c r="Q286" s="6">
         <v>45469786</v>
       </c>
       <c r="R286" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S286" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="287" spans="1:42">
       <c r="A287" s="6" t="s">
         <v>528</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C287" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E287" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F287" s="6">
         <v>1.0</v>
       </c>
       <c r="G287" s="9">
         <v>200.0</v>
       </c>
       <c r="H287" s="8" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I287" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J287" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K287" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="M287" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N287" s="6">
-        <v>36.29</v>
+        <v>33.86</v>
       </c>
       <c r="O287" s="6"/>
       <c r="P287" s="6" t="s">
-        <v>298</v>
+        <v>41</v>
       </c>
       <c r="Q287" s="6">
         <v>45469786</v>
       </c>
       <c r="R287" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S287" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="288" spans="1:42">
       <c r="A288" s="6" t="s">
         <v>529</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C288" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E288" s="7">
-        <v>1.75</v>
+        <v>1.0</v>
       </c>
       <c r="F288" s="6">
         <v>1.0</v>
       </c>
       <c r="G288" s="9">
         <v>200.0</v>
       </c>
       <c r="H288" s="8" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="I288" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J288" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K288" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L288" s="6" t="s">
         <v>530</v>
       </c>
       <c r="M288" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N288" s="6">
-        <v>29.0</v>
+        <v>36.29</v>
       </c>
       <c r="O288" s="6"/>
       <c r="P288" s="6" t="s">
-        <v>531</v>
+        <v>39</v>
       </c>
       <c r="Q288" s="6">
         <v>45469786</v>
       </c>
       <c r="R288" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S288" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="289" spans="1:42">
       <c r="A289" s="6" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C289" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E289" s="7">
         <v>1.5</v>
       </c>
       <c r="F289" s="6">
         <v>1.0</v>
       </c>
       <c r="G289" s="9">
         <v>200.0</v>
       </c>
       <c r="H289" s="8" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="I289" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J289" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K289" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>61</v>
+        <v>530</v>
       </c>
       <c r="M289" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N289" s="6">
-        <v>31.0</v>
+        <v>36.29</v>
       </c>
       <c r="O289" s="6"/>
       <c r="P289" s="6" t="s">
-        <v>372</v>
+        <v>298</v>
       </c>
       <c r="Q289" s="6">
         <v>45469786</v>
       </c>
       <c r="R289" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S289" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="290" spans="1:42">
       <c r="A290" s="6" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B290" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C290" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E290" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F290" s="6">
         <v>1.0</v>
       </c>
       <c r="G290" s="9">
         <v>200.0</v>
       </c>
       <c r="H290" s="8" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="I290" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J290" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K290" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>27</v>
+        <v>533</v>
       </c>
       <c r="M290" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N290" s="6">
-        <v>29.71</v>
+        <v>29.0</v>
       </c>
       <c r="O290" s="6"/>
       <c r="P290" s="6" t="s">
-        <v>445</v>
+        <v>534</v>
       </c>
       <c r="Q290" s="6">
         <v>45469786</v>
       </c>
       <c r="R290" s="6" t="s">
-        <v>73</v>
+        <v>245</v>
       </c>
       <c r="S290" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="291" spans="1:42">
       <c r="A291" s="6" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B291" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C291" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E291" s="7">
         <v>1.5</v>
       </c>
       <c r="F291" s="6">
         <v>1.0</v>
       </c>
       <c r="G291" s="9">
         <v>200.0</v>
       </c>
       <c r="H291" s="8" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I291" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J291" s="6" t="s">
-        <v>411</v>
+        <v>25</v>
       </c>
       <c r="K291" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="M291" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N291" s="6">
-        <v>36.0</v>
+        <v>31.0</v>
       </c>
       <c r="O291" s="6"/>
       <c r="P291" s="6" t="s">
-        <v>278</v>
+        <v>372</v>
       </c>
       <c r="Q291" s="6">
         <v>45469786</v>
       </c>
       <c r="R291" s="6" t="s">
-        <v>73</v>
+        <v>245</v>
       </c>
       <c r="S291" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="292" spans="1:42">
       <c r="A292" s="6" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C292" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D292" s="6" t="s">
-        <v>468</v>
+        <v>43</v>
       </c>
       <c r="E292" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F292" s="6">
         <v>1.0</v>
       </c>
       <c r="G292" s="9">
         <v>200.0</v>
       </c>
       <c r="H292" s="8" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="I292" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J292" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K292" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>536</v>
+        <v>27</v>
       </c>
       <c r="M292" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N292" s="6">
-        <v>40.14</v>
+        <v>29.71</v>
       </c>
       <c r="O292" s="6"/>
       <c r="P292" s="6" t="s">
-        <v>298</v>
+        <v>444</v>
       </c>
       <c r="Q292" s="6">
         <v>45469786</v>
       </c>
       <c r="R292" s="6" t="s">
-        <v>248</v>
+        <v>73</v>
       </c>
       <c r="S292" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="293" spans="1:42">
       <c r="A293" s="6" t="s">
         <v>537</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C293" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E293" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F293" s="6">
         <v>1.0</v>
       </c>
       <c r="G293" s="9">
         <v>200.0</v>
       </c>
       <c r="H293" s="8" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I293" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J293" s="6" t="s">
-        <v>81</v>
+        <v>322</v>
       </c>
       <c r="K293" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>538</v>
+        <v>27</v>
       </c>
       <c r="M293" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N293" s="6">
-        <v>36.71</v>
+        <v>36.0</v>
       </c>
       <c r="O293" s="6"/>
       <c r="P293" s="6" t="s">
-        <v>539</v>
+        <v>278</v>
       </c>
       <c r="Q293" s="6">
         <v>45469786</v>
       </c>
       <c r="R293" s="6" t="s">
-        <v>248</v>
+        <v>73</v>
       </c>
       <c r="S293" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="294" spans="1:42">
       <c r="A294" s="6" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B294" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C294" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D294" s="6" t="s">
-        <v>43</v>
+        <v>467</v>
       </c>
       <c r="E294" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F294" s="6">
         <v>1.0</v>
       </c>
       <c r="G294" s="9">
         <v>200.0</v>
       </c>
       <c r="H294" s="8" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="I294" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J294" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K294" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="M294" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N294" s="6">
-        <v>38.71</v>
+        <v>40.14</v>
       </c>
       <c r="O294" s="6"/>
       <c r="P294" s="6" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="Q294" s="6">
         <v>45469786</v>
       </c>
       <c r="R294" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S294" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="295" spans="1:42">
       <c r="A295" s="6" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C295" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D295" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E295" s="7">
         <v>2.0</v>
       </c>
       <c r="F295" s="6">
         <v>1.0</v>
       </c>
       <c r="G295" s="9">
         <v>200.0</v>
       </c>
       <c r="H295" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="I295" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J295" s="6" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="K295" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="M295" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N295" s="6">
-        <v>34.86</v>
+        <v>36.71</v>
       </c>
       <c r="O295" s="6"/>
       <c r="P295" s="6" t="s">
-        <v>372</v>
+        <v>542</v>
       </c>
       <c r="Q295" s="6">
         <v>45469786</v>
       </c>
       <c r="R295" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S295" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="296" spans="1:42">
       <c r="A296" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C296" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E296" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F296" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G296" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H296" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I296" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J296" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K296" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L296" s="6" t="s">
         <v>544</v>
       </c>
-      <c r="B296" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M296" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N296" s="6">
-        <v>38.14</v>
+        <v>38.71</v>
       </c>
       <c r="O296" s="6"/>
       <c r="P296" s="6" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
       <c r="Q296" s="6">
         <v>45469786</v>
       </c>
       <c r="R296" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S296" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="297" spans="1:42">
       <c r="A297" s="6" t="s">
         <v>545</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C297" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D297" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E297" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F297" s="6">
         <v>1.0</v>
       </c>
       <c r="G297" s="9">
         <v>200.0</v>
       </c>
       <c r="H297" s="8" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="I297" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J297" s="6" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="K297" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="M297" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N297" s="6">
-        <v>35.14</v>
+        <v>34.86</v>
       </c>
       <c r="O297" s="6"/>
       <c r="P297" s="6" t="s">
-        <v>266</v>
+        <v>372</v>
       </c>
       <c r="Q297" s="6">
         <v>45469786</v>
       </c>
       <c r="R297" s="6" t="s">
-        <v>245</v>
+        <v>365</v>
       </c>
       <c r="S297" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="298" spans="1:42">
       <c r="A298" s="6" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B298" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C298" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D298" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E298" s="7">
         <v>1.5</v>
       </c>
       <c r="F298" s="6">
         <v>1.0</v>
       </c>
       <c r="G298" s="9">
         <v>200.0</v>
       </c>
       <c r="H298" s="8" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="I298" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J298" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K298" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="M298" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N298" s="6">
-        <v>35.71</v>
+        <v>38.14</v>
       </c>
       <c r="O298" s="6"/>
       <c r="P298" s="6" t="s">
-        <v>405</v>
+        <v>266</v>
       </c>
       <c r="Q298" s="6">
         <v>45469786</v>
       </c>
       <c r="R298" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S298" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="299" spans="1:42">
       <c r="A299" s="6" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B299" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C299" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D299" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E299" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F299" s="6">
         <v>1.0</v>
       </c>
       <c r="G299" s="9">
         <v>200.0</v>
       </c>
       <c r="H299" s="8" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="I299" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J299" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K299" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L299" s="6" t="s">
         <v>541</v>
       </c>
       <c r="M299" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N299" s="6">
-        <v>33.29</v>
+        <v>35.14</v>
       </c>
       <c r="O299" s="6"/>
       <c r="P299" s="6" t="s">
-        <v>368</v>
+        <v>266</v>
       </c>
       <c r="Q299" s="6">
         <v>45469786</v>
       </c>
       <c r="R299" s="6" t="s">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="S299" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="300" spans="1:42">
       <c r="A300" s="6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C300" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D300" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E300" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F300" s="6">
         <v>1.0</v>
       </c>
       <c r="G300" s="9">
         <v>200.0</v>
       </c>
       <c r="H300" s="8" t="s">
-        <v>104</v>
+        <v>86</v>
       </c>
       <c r="I300" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J300" s="6" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="K300" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="M300" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N300" s="6">
-        <v>34.14</v>
+        <v>35.71</v>
       </c>
       <c r="O300" s="6"/>
       <c r="P300" s="6" t="s">
-        <v>278</v>
+        <v>405</v>
       </c>
       <c r="Q300" s="6">
         <v>45469786</v>
       </c>
       <c r="R300" s="6" t="s">
-        <v>550</v>
+        <v>248</v>
       </c>
       <c r="S300" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="301" spans="1:42">
       <c r="A301" s="6" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C301" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D301" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E301" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F301" s="6">
         <v>1.0</v>
       </c>
       <c r="G301" s="9">
         <v>200.0</v>
       </c>
       <c r="H301" s="8" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="I301" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J301" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K301" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="M301" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N301" s="6">
-        <v>30.14</v>
+        <v>33.29</v>
       </c>
       <c r="O301" s="6"/>
       <c r="P301" s="6" t="s">
-        <v>278</v>
+        <v>368</v>
       </c>
       <c r="Q301" s="6">
         <v>45469786</v>
       </c>
       <c r="R301" s="6" t="s">
-        <v>245</v>
+        <v>365</v>
       </c>
       <c r="S301" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="302" spans="1:42">
       <c r="A302" s="6" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C302" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D302" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E302" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F302" s="6">
         <v>1.0</v>
       </c>
       <c r="G302" s="9">
         <v>200.0</v>
       </c>
       <c r="H302" s="8" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="I302" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J302" s="6" t="s">
-        <v>411</v>
+        <v>38</v>
       </c>
       <c r="K302" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="M302" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N302" s="6">
-        <v>32.0</v>
+        <v>34.14</v>
       </c>
       <c r="O302" s="6"/>
       <c r="P302" s="6" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="Q302" s="6">
         <v>45469786</v>
       </c>
       <c r="R302" s="6" t="s">
-        <v>343</v>
+        <v>553</v>
       </c>
       <c r="S302" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="303" spans="1:42">
       <c r="A303" s="6" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C303" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D303" s="6" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="E303" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F303" s="6">
         <v>1.0</v>
       </c>
       <c r="G303" s="9">
         <v>200.0</v>
       </c>
       <c r="H303" s="8" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="I303" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J303" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K303" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>27</v>
+        <v>552</v>
       </c>
       <c r="M303" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N303" s="6">
-        <v>28.57</v>
+        <v>30.14</v>
       </c>
       <c r="O303" s="6"/>
       <c r="P303" s="6" t="s">
-        <v>554</v>
+        <v>278</v>
       </c>
       <c r="Q303" s="6">
         <v>45469786</v>
       </c>
       <c r="R303" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S303" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="304" spans="1:42">
       <c r="A304" s="6" t="s">
         <v>555</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C304" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D304" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E304" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F304" s="6">
         <v>1.0</v>
       </c>
       <c r="G304" s="9">
         <v>200.0</v>
       </c>
       <c r="H304" s="8" t="s">
-        <v>192</v>
+        <v>76</v>
       </c>
       <c r="I304" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J304" s="6" t="s">
-        <v>73</v>
+        <v>322</v>
       </c>
       <c r="K304" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="M304" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N304" s="6">
-        <v>37.71</v>
+        <v>32.0</v>
       </c>
       <c r="O304" s="6"/>
       <c r="P304" s="6" t="s">
-        <v>453</v>
+        <v>268</v>
       </c>
       <c r="Q304" s="6">
         <v>45469786</v>
       </c>
       <c r="R304" s="6" t="s">
-        <v>245</v>
+        <v>343</v>
       </c>
       <c r="S304" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="305" spans="1:42">
       <c r="A305" s="6" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D305" s="6" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="E305" s="7">
         <v>1.5</v>
       </c>
       <c r="F305" s="6">
         <v>1.0</v>
       </c>
       <c r="G305" s="9">
         <v>200.0</v>
       </c>
       <c r="H305" s="8" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="I305" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J305" s="6" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="K305" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="M305" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N305" s="6">
-        <v>29.43</v>
+        <v>28.86</v>
       </c>
       <c r="O305" s="6"/>
       <c r="P305" s="6" t="s">
-        <v>559</v>
+        <v>278</v>
       </c>
       <c r="Q305" s="6">
         <v>45469786</v>
       </c>
       <c r="R305" s="6" t="s">
-        <v>73</v>
+        <v>248</v>
       </c>
       <c r="S305" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="306" spans="1:42">
       <c r="A306" s="6" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="B306" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C306" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D306" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E306" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F306" s="6">
         <v>1.0</v>
       </c>
       <c r="G306" s="9">
         <v>200.0</v>
       </c>
       <c r="H306" s="8" t="s">
-        <v>170</v>
+        <v>72</v>
       </c>
       <c r="I306" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J306" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K306" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>27</v>
+        <v>559</v>
       </c>
       <c r="M306" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N306" s="6">
-        <v>29.0</v>
+        <v>34.14</v>
       </c>
       <c r="O306" s="6"/>
       <c r="P306" s="6" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="Q306" s="6">
         <v>45469786</v>
       </c>
       <c r="R306" s="6" t="s">
-        <v>248</v>
+        <v>343</v>
       </c>
       <c r="S306" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="307" spans="1:42">
       <c r="A307" s="6" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B307" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D307" s="6" t="s">
-        <v>468</v>
+        <v>300</v>
       </c>
       <c r="E307" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F307" s="6">
         <v>1.0</v>
       </c>
       <c r="G307" s="9">
         <v>200.0</v>
       </c>
       <c r="H307" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I307" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J307" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K307" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="M307" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N307" s="6">
-        <v>37.43</v>
+        <v>28.0</v>
       </c>
       <c r="O307" s="6"/>
       <c r="P307" s="6" t="s">
-        <v>563</v>
+        <v>278</v>
       </c>
       <c r="Q307" s="6">
         <v>45469786</v>
       </c>
       <c r="R307" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S307" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="308" spans="1:42">
       <c r="A308" s="6" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C308" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D308" s="6" t="s">
-        <v>468</v>
+        <v>300</v>
       </c>
       <c r="E308" s="7">
-        <v>1.5</v>
+        <v>2.5</v>
       </c>
       <c r="F308" s="6">
         <v>1.0</v>
       </c>
       <c r="G308" s="9">
         <v>200.0</v>
       </c>
       <c r="H308" s="8" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="I308" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J308" s="6" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="K308" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="M308" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N308" s="6">
-        <v>34.0</v>
+        <v>29.29</v>
       </c>
       <c r="O308" s="6"/>
       <c r="P308" s="6" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="Q308" s="6">
         <v>45469786</v>
       </c>
       <c r="R308" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S308" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="309" spans="1:42">
       <c r="A309" s="6" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B309" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C309" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D309" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E309" s="7">
         <v>1.5</v>
       </c>
       <c r="F309" s="6">
         <v>1.0</v>
       </c>
       <c r="G309" s="9">
         <v>200.0</v>
       </c>
       <c r="H309" s="8" t="s">
         <v>57</v>
       </c>
       <c r="I309" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J309" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K309" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="M309" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N309" s="6">
-        <v>33.86</v>
+        <v>30.0</v>
       </c>
       <c r="O309" s="6"/>
       <c r="P309" s="6" t="s">
-        <v>566</v>
+        <v>278</v>
       </c>
       <c r="Q309" s="6">
         <v>45469786</v>
       </c>
       <c r="R309" s="6" t="s">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="S309" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="310" spans="1:42">
       <c r="A310" s="6" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="B310" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C310" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D310" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E310" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F310" s="6">
         <v>1.0</v>
       </c>
       <c r="G310" s="9">
         <v>200.0</v>
       </c>
       <c r="H310" s="8" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="I310" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J310" s="6" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="K310" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="M310" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N310" s="6">
-        <v>36.43</v>
+        <v>32.57</v>
       </c>
       <c r="O310" s="6"/>
       <c r="P310" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q310" s="6">
         <v>45469786</v>
       </c>
       <c r="R310" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S310" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="311" spans="1:42">
       <c r="A311" s="6" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C311" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D311" s="6" t="s">
-        <v>468</v>
+        <v>300</v>
       </c>
       <c r="E311" s="7">
         <v>1.0</v>
       </c>
       <c r="F311" s="6">
         <v>1.0</v>
       </c>
       <c r="G311" s="9">
         <v>200.0</v>
       </c>
       <c r="H311" s="8" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="I311" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J311" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K311" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>570</v>
+        <v>557</v>
       </c>
       <c r="M311" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N311" s="6">
-        <v>37.57</v>
+        <v>37.14</v>
       </c>
       <c r="O311" s="6"/>
       <c r="P311" s="6" t="s">
-        <v>368</v>
+        <v>278</v>
       </c>
       <c r="Q311" s="6">
         <v>45469786</v>
       </c>
       <c r="R311" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S311" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="312" spans="1:42">
       <c r="A312" s="6" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D312" s="6" t="s">
-        <v>468</v>
+        <v>300</v>
       </c>
       <c r="E312" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F312" s="6">
         <v>1.0</v>
       </c>
       <c r="G312" s="9">
         <v>200.0</v>
       </c>
       <c r="H312" s="8" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="I312" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J312" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K312" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="M312" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N312" s="6">
-        <v>39.14</v>
+        <v>32.14</v>
       </c>
       <c r="O312" s="6"/>
       <c r="P312" s="6" t="s">
-        <v>520</v>
+        <v>278</v>
       </c>
       <c r="Q312" s="6">
         <v>45469786</v>
       </c>
       <c r="R312" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S312" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="313" spans="1:42">
       <c r="A313" s="6" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C313" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D313" s="6" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="E313" s="7">
         <v>1.5</v>
       </c>
       <c r="F313" s="6">
         <v>1.0</v>
       </c>
       <c r="G313" s="9">
         <v>200.0</v>
       </c>
       <c r="H313" s="8" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="I313" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J313" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K313" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="M313" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N313" s="6">
-        <v>30.71</v>
+        <v>32.0</v>
       </c>
       <c r="O313" s="6"/>
       <c r="P313" s="6" t="s">
         <v>278</v>
       </c>
       <c r="Q313" s="6">
         <v>45469786</v>
       </c>
       <c r="R313" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S313" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="314" spans="1:42">
       <c r="A314" s="6" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C314" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D314" s="6" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="E314" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F314" s="6">
         <v>1.0</v>
       </c>
       <c r="G314" s="9">
         <v>200.0</v>
       </c>
       <c r="H314" s="8" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I314" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J314" s="6" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="K314" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="M314" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N314" s="6">
-        <v>35.71</v>
+        <v>31.71</v>
       </c>
       <c r="O314" s="6"/>
       <c r="P314" s="6" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="Q314" s="6">
         <v>45469786</v>
       </c>
       <c r="R314" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S314" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="315" spans="1:42">
       <c r="A315" s="6" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C315" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D315" s="6" t="s">
-        <v>280</v>
+        <v>22</v>
       </c>
       <c r="E315" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F315" s="6">
         <v>1.0</v>
       </c>
       <c r="G315" s="9">
         <v>200.0</v>
       </c>
       <c r="H315" s="8" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="I315" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J315" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K315" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>536</v>
+        <v>27</v>
       </c>
       <c r="M315" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N315" s="6">
-        <v>39.86</v>
+        <v>28.57</v>
       </c>
       <c r="O315" s="6"/>
       <c r="P315" s="6" t="s">
-        <v>368</v>
+        <v>570</v>
       </c>
       <c r="Q315" s="6">
         <v>45469786</v>
       </c>
       <c r="R315" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S315" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="316" spans="1:42">
       <c r="A316" s="6" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="B316" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C316" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D316" s="6" t="s">
-        <v>280</v>
+        <v>43</v>
       </c>
       <c r="E316" s="7">
         <v>1.5</v>
       </c>
       <c r="F316" s="6">
         <v>1.0</v>
       </c>
       <c r="G316" s="9">
         <v>200.0</v>
       </c>
       <c r="H316" s="8" t="s">
-        <v>52</v>
+        <v>192</v>
       </c>
       <c r="I316" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J316" s="6" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="K316" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="M316" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N316" s="6">
-        <v>29.0</v>
+        <v>37.71</v>
       </c>
       <c r="O316" s="6"/>
       <c r="P316" s="6" t="s">
-        <v>577</v>
+        <v>452</v>
       </c>
       <c r="Q316" s="6">
         <v>45469786</v>
       </c>
       <c r="R316" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S316" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="317" spans="1:42">
       <c r="A317" s="6" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C317" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D317" s="6" t="s">
-        <v>468</v>
+        <v>22</v>
       </c>
       <c r="E317" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F317" s="6">
         <v>1.0</v>
       </c>
       <c r="G317" s="9">
         <v>200.0</v>
       </c>
       <c r="H317" s="8" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="I317" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J317" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K317" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="M317" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N317" s="6">
-        <v>30.29</v>
+        <v>29.43</v>
       </c>
       <c r="O317" s="6"/>
       <c r="P317" s="6" t="s">
-        <v>447</v>
+        <v>575</v>
       </c>
       <c r="Q317" s="6">
         <v>45469786</v>
       </c>
       <c r="R317" s="6" t="s">
-        <v>248</v>
+        <v>73</v>
       </c>
       <c r="S317" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="318" spans="1:42">
       <c r="A318" s="6" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D318" s="6" t="s">
-        <v>468</v>
+        <v>43</v>
       </c>
       <c r="E318" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F318" s="6">
         <v>1.0</v>
       </c>
       <c r="G318" s="9">
         <v>200.0</v>
       </c>
       <c r="H318" s="8" t="s">
-        <v>106</v>
+        <v>170</v>
       </c>
       <c r="I318" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J318" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K318" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>562</v>
+        <v>27</v>
       </c>
       <c r="M318" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N318" s="6">
-        <v>34.14</v>
+        <v>29.0</v>
       </c>
       <c r="O318" s="6"/>
       <c r="P318" s="6" t="s">
-        <v>580</v>
+        <v>266</v>
       </c>
       <c r="Q318" s="6">
         <v>45469786</v>
       </c>
       <c r="R318" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S318" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="319" spans="1:42">
       <c r="A319" s="6" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C319" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D319" s="6" t="s">
-        <v>43</v>
+        <v>467</v>
       </c>
       <c r="E319" s="7">
         <v>1.5</v>
       </c>
       <c r="F319" s="6">
         <v>1.0</v>
       </c>
       <c r="G319" s="9">
         <v>200.0</v>
       </c>
       <c r="H319" s="8" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="I319" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J319" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K319" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>562</v>
+        <v>578</v>
       </c>
       <c r="M319" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N319" s="6">
-        <v>37.29</v>
+        <v>37.43</v>
       </c>
       <c r="O319" s="6"/>
       <c r="P319" s="6" t="s">
-        <v>295</v>
+        <v>579</v>
       </c>
       <c r="Q319" s="6">
         <v>45469786</v>
       </c>
       <c r="R319" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S319" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="320" spans="1:42">
       <c r="A320" s="6" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="B320" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C320" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D320" s="6" t="s">
-        <v>43</v>
+        <v>467</v>
       </c>
       <c r="E320" s="7">
         <v>1.5</v>
       </c>
       <c r="F320" s="6">
         <v>1.0</v>
       </c>
       <c r="G320" s="9">
         <v>200.0</v>
       </c>
       <c r="H320" s="8" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="I320" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J320" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K320" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>543</v>
+        <v>578</v>
       </c>
       <c r="M320" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N320" s="6">
-        <v>37.43</v>
+        <v>34.0</v>
       </c>
       <c r="O320" s="6"/>
       <c r="P320" s="6" t="s">
         <v>298</v>
       </c>
       <c r="Q320" s="6">
         <v>45469786</v>
       </c>
       <c r="R320" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S320" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="321" spans="1:42">
       <c r="A321" s="6" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C321" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D321" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E321" s="7">
         <v>1.5</v>
       </c>
       <c r="F321" s="6">
         <v>1.0</v>
       </c>
       <c r="G321" s="9">
         <v>200.0</v>
       </c>
       <c r="H321" s="8" t="s">
         <v>57</v>
       </c>
       <c r="I321" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J321" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K321" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>543</v>
+        <v>578</v>
       </c>
       <c r="M321" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N321" s="6">
-        <v>36.57</v>
+        <v>33.86</v>
       </c>
       <c r="O321" s="6"/>
       <c r="P321" s="6" t="s">
-        <v>408</v>
+        <v>582</v>
       </c>
       <c r="Q321" s="6">
         <v>45469786</v>
       </c>
       <c r="R321" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S321" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="322" spans="1:42">
       <c r="A322" s="6" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C322" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D322" s="6" t="s">
-        <v>468</v>
+        <v>43</v>
       </c>
       <c r="E322" s="7">
         <v>1.5</v>
       </c>
       <c r="F322" s="6">
         <v>1.0</v>
       </c>
       <c r="G322" s="9">
         <v>200.0</v>
       </c>
       <c r="H322" s="8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I322" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J322" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K322" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>538</v>
+        <v>584</v>
       </c>
       <c r="M322" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N322" s="6">
-        <v>38.29</v>
+        <v>36.43</v>
       </c>
       <c r="O322" s="6"/>
       <c r="P322" s="6" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="Q322" s="6">
         <v>45469786</v>
       </c>
       <c r="R322" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S322" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:42">
       <c r="A323" s="6" t="s">
         <v>585</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C323" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D323" s="6" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="E323" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F323" s="6">
         <v>1.0</v>
       </c>
       <c r="G323" s="9">
         <v>200.0</v>
       </c>
       <c r="H323" s="8" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="I323" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J323" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K323" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>538</v>
+        <v>586</v>
       </c>
       <c r="M323" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N323" s="6">
-        <v>32.14</v>
+        <v>37.57</v>
       </c>
       <c r="O323" s="6"/>
       <c r="P323" s="6" t="s">
-        <v>485</v>
+        <v>368</v>
       </c>
       <c r="Q323" s="6">
         <v>45469786</v>
       </c>
       <c r="R323" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S323" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="324" spans="1:42">
       <c r="A324" s="6" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C324" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D324" s="6" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="E324" s="7">
         <v>1.5</v>
       </c>
       <c r="F324" s="6">
         <v>1.0</v>
       </c>
       <c r="G324" s="9">
         <v>200.0</v>
       </c>
       <c r="H324" s="8" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="I324" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J324" s="6" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="K324" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>538</v>
+        <v>588</v>
       </c>
       <c r="M324" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N324" s="6">
-        <v>38.29</v>
+        <v>39.14</v>
       </c>
       <c r="O324" s="6"/>
       <c r="P324" s="6" t="s">
-        <v>383</v>
+        <v>523</v>
       </c>
       <c r="Q324" s="6">
         <v>45469786</v>
       </c>
       <c r="R324" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S324" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="325" spans="1:42">
       <c r="A325" s="6" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B325" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C325" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D325" s="6" t="s">
-        <v>43</v>
+        <v>280</v>
       </c>
       <c r="E325" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F325" s="6">
         <v>1.0</v>
       </c>
       <c r="G325" s="9">
         <v>200.0</v>
       </c>
       <c r="H325" s="8" t="s">
-        <v>120</v>
+        <v>57</v>
       </c>
       <c r="I325" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J325" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K325" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="M325" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N325" s="6">
-        <v>33.71</v>
+        <v>30.71</v>
       </c>
       <c r="O325" s="6"/>
       <c r="P325" s="6" t="s">
-        <v>524</v>
+        <v>278</v>
       </c>
       <c r="Q325" s="6">
         <v>45469786</v>
       </c>
       <c r="R325" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S325" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="326" spans="1:42">
       <c r="A326" s="6" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C326" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D326" s="6" t="s">
-        <v>43</v>
+        <v>280</v>
       </c>
       <c r="E326" s="7">
         <v>1.5</v>
       </c>
       <c r="F326" s="6">
         <v>1.0</v>
       </c>
       <c r="G326" s="9">
         <v>200.0</v>
       </c>
       <c r="H326" s="8" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I326" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J326" s="6" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="K326" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="M326" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N326" s="6">
-        <v>35.43</v>
+        <v>35.71</v>
       </c>
       <c r="O326" s="6"/>
       <c r="P326" s="6" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="Q326" s="6">
         <v>45469786</v>
       </c>
       <c r="R326" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S326" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="327" spans="1:42">
       <c r="A327" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C327" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D327" s="6" t="s">
-        <v>43</v>
+        <v>280</v>
       </c>
       <c r="E327" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F327" s="6">
         <v>1.0</v>
       </c>
       <c r="G327" s="9">
         <v>200.0</v>
       </c>
       <c r="H327" s="8" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="I327" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J327" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K327" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>588</v>
+        <v>539</v>
       </c>
       <c r="M327" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N327" s="6">
-        <v>30.14</v>
+        <v>39.86</v>
       </c>
       <c r="O327" s="6"/>
       <c r="P327" s="6" t="s">
-        <v>591</v>
+        <v>368</v>
       </c>
       <c r="Q327" s="6">
         <v>45469786</v>
       </c>
       <c r="R327" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S327" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="328" spans="1:42">
       <c r="A328" s="6" t="s">
         <v>592</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C328" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D328" s="6" t="s">
-        <v>43</v>
+        <v>280</v>
       </c>
       <c r="E328" s="7">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="F328" s="6">
         <v>1.0</v>
       </c>
       <c r="G328" s="9">
         <v>200.0</v>
       </c>
       <c r="H328" s="8" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="I328" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J328" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K328" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>543</v>
+        <v>584</v>
       </c>
       <c r="M328" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N328" s="6">
-        <v>31.86</v>
+        <v>29.0</v>
       </c>
       <c r="O328" s="6"/>
       <c r="P328" s="6" t="s">
-        <v>485</v>
+        <v>593</v>
       </c>
       <c r="Q328" s="6">
         <v>45469786</v>
       </c>
       <c r="R328" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S328" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="329" spans="1:42">
       <c r="A329" s="6" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C329" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D329" s="6" t="s">
-        <v>300</v>
+        <v>467</v>
       </c>
       <c r="E329" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F329" s="6">
         <v>1.0</v>
       </c>
       <c r="G329" s="9">
         <v>200.0</v>
       </c>
       <c r="H329" s="8" t="s">
-        <v>34</v>
+        <v>131</v>
       </c>
       <c r="I329" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J329" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K329" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>487</v>
+        <v>584</v>
       </c>
       <c r="M329" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N329" s="6">
-        <v>31.29</v>
+        <v>30.29</v>
       </c>
       <c r="O329" s="6"/>
       <c r="P329" s="6" t="s">
-        <v>594</v>
+        <v>446</v>
       </c>
       <c r="Q329" s="6">
         <v>45469786</v>
       </c>
       <c r="R329" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S329" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="330" spans="1:42">
       <c r="A330" s="6" t="s">
         <v>595</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C330" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D330" s="6" t="s">
-        <v>300</v>
+        <v>467</v>
       </c>
       <c r="E330" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F330" s="6">
         <v>1.0</v>
       </c>
       <c r="G330" s="9">
         <v>200.0</v>
       </c>
       <c r="H330" s="8" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="I330" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J330" s="6" t="s">
-        <v>411</v>
+        <v>81</v>
       </c>
       <c r="K330" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>480</v>
+        <v>578</v>
       </c>
       <c r="M330" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N330" s="6">
-        <v>39.14</v>
+        <v>34.14</v>
       </c>
       <c r="O330" s="6"/>
       <c r="P330" s="6" t="s">
-        <v>298</v>
+        <v>596</v>
       </c>
       <c r="Q330" s="6">
         <v>45469786</v>
       </c>
       <c r="R330" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S330" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:42">
       <c r="A331" s="6" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C331" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E331" s="7">
         <v>1.5</v>
       </c>
       <c r="F331" s="6">
         <v>1.0</v>
       </c>
       <c r="G331" s="9">
         <v>200.0</v>
       </c>
       <c r="H331" s="8" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="I331" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J331" s="6" t="s">
-        <v>411</v>
+        <v>25</v>
       </c>
       <c r="K331" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>487</v>
+        <v>578</v>
       </c>
       <c r="M331" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N331" s="6">
-        <v>32.14</v>
+        <v>37.29</v>
       </c>
       <c r="O331" s="6"/>
       <c r="P331" s="6" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="Q331" s="6">
         <v>45469786</v>
       </c>
       <c r="R331" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S331" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="332" spans="1:42">
       <c r="A332" s="6" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C332" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D332" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E332" s="7">
         <v>1.5</v>
       </c>
       <c r="F332" s="6">
         <v>1.0</v>
       </c>
       <c r="G332" s="9">
         <v>200.0</v>
       </c>
       <c r="H332" s="8" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I332" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J332" s="6" t="s">
         <v>81</v>
       </c>
       <c r="K332" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>487</v>
+        <v>546</v>
       </c>
       <c r="M332" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N332" s="6">
-        <v>30.0</v>
+        <v>37.43</v>
       </c>
       <c r="O332" s="6"/>
       <c r="P332" s="6" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="Q332" s="6">
         <v>45469786</v>
       </c>
       <c r="R332" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S332" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="333" spans="1:42">
       <c r="A333" s="6" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C333" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D333" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E333" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F333" s="6">
         <v>1.0</v>
       </c>
       <c r="G333" s="9">
         <v>200.0</v>
       </c>
       <c r="H333" s="8" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="I333" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J333" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K333" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>599</v>
+        <v>546</v>
       </c>
       <c r="M333" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N333" s="6">
-        <v>37.86</v>
+        <v>36.57</v>
       </c>
       <c r="O333" s="6"/>
       <c r="P333" s="6" t="s">
-        <v>298</v>
+        <v>408</v>
       </c>
       <c r="Q333" s="6">
         <v>45469786</v>
       </c>
       <c r="R333" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S333" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="334" spans="1:42">
       <c r="A334" s="6" t="s">
         <v>600</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C334" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D334" s="6" t="s">
-        <v>43</v>
+        <v>467</v>
       </c>
       <c r="E334" s="7">
         <v>1.5</v>
       </c>
       <c r="F334" s="6">
         <v>1.0</v>
       </c>
       <c r="G334" s="9">
         <v>200.0</v>
       </c>
       <c r="H334" s="8" t="s">
         <v>50</v>
       </c>
       <c r="I334" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J334" s="6" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
       <c r="K334" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>482</v>
+        <v>541</v>
       </c>
       <c r="M334" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N334" s="6">
-        <v>39.14</v>
+        <v>38.29</v>
       </c>
       <c r="O334" s="6"/>
       <c r="P334" s="6" t="s">
-        <v>368</v>
+        <v>298</v>
       </c>
       <c r="Q334" s="6">
         <v>45469786</v>
       </c>
       <c r="R334" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S334" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="335" spans="1:42">
       <c r="A335" s="6" t="s">
         <v>601</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C335" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D335" s="6" t="s">
-        <v>300</v>
+        <v>467</v>
       </c>
       <c r="E335" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F335" s="6">
         <v>1.0</v>
       </c>
       <c r="G335" s="9">
         <v>200.0</v>
       </c>
       <c r="H335" s="8" t="s">
-        <v>192</v>
+        <v>60</v>
       </c>
       <c r="I335" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J335" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K335" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>484</v>
+        <v>541</v>
       </c>
       <c r="M335" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N335" s="6">
-        <v>30.43</v>
+        <v>32.14</v>
       </c>
       <c r="O335" s="6"/>
       <c r="P335" s="6" t="s">
-        <v>441</v>
+        <v>484</v>
       </c>
       <c r="Q335" s="6">
         <v>45469786</v>
       </c>
       <c r="R335" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S335" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="336" spans="1:42">
       <c r="A336" s="6" t="s">
         <v>602</v>
       </c>
       <c r="B336" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C336" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D336" s="6" t="s">
-        <v>43</v>
+        <v>467</v>
       </c>
       <c r="E336" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F336" s="6">
         <v>1.0</v>
       </c>
       <c r="G336" s="9">
         <v>200.0</v>
       </c>
       <c r="H336" s="8" t="s">
-        <v>34</v>
+        <v>131</v>
       </c>
       <c r="I336" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J336" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K336" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>482</v>
+        <v>541</v>
       </c>
       <c r="M336" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N336" s="6">
-        <v>32.14</v>
+        <v>38.29</v>
       </c>
       <c r="O336" s="6"/>
       <c r="P336" s="6" t="s">
-        <v>594</v>
+        <v>383</v>
       </c>
       <c r="Q336" s="6">
         <v>45469786</v>
       </c>
       <c r="R336" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S336" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="337" spans="1:42">
       <c r="A337" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C337" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D337" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E337" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F337" s="6">
         <v>1.0</v>
       </c>
       <c r="G337" s="9">
         <v>200.0</v>
       </c>
       <c r="H337" s="8" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="I337" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J337" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K337" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>484</v>
+        <v>604</v>
       </c>
       <c r="M337" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N337" s="6">
-        <v>33.43</v>
+        <v>33.71</v>
       </c>
       <c r="O337" s="6"/>
       <c r="P337" s="6" t="s">
-        <v>604</v>
+        <v>527</v>
       </c>
       <c r="Q337" s="6">
         <v>45469786</v>
       </c>
       <c r="R337" s="6" t="s">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="S337" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="338" spans="1:42">
       <c r="A338" s="6" t="s">
         <v>605</v>
       </c>
       <c r="B338" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C338" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D338" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E338" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F338" s="6">
         <v>1.0</v>
       </c>
       <c r="G338" s="9">
         <v>200.0</v>
       </c>
       <c r="H338" s="8" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I338" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J338" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K338" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>484</v>
+        <v>604</v>
       </c>
       <c r="M338" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N338" s="6">
-        <v>31.43</v>
+        <v>35.43</v>
       </c>
       <c r="O338" s="6"/>
       <c r="P338" s="6" t="s">
-        <v>594</v>
+        <v>278</v>
       </c>
       <c r="Q338" s="6">
         <v>45469786</v>
       </c>
       <c r="R338" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S338" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="339" spans="1:42">
       <c r="A339" s="6" t="s">
         <v>606</v>
       </c>
       <c r="B339" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C339" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D339" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E339" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F339" s="6">
         <v>1.0</v>
       </c>
       <c r="G339" s="9">
         <v>200.0</v>
       </c>
       <c r="H339" s="8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I339" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J339" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K339" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>484</v>
+        <v>604</v>
       </c>
       <c r="M339" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N339" s="6">
-        <v>32.86</v>
+        <v>30.14</v>
       </c>
       <c r="O339" s="6"/>
       <c r="P339" s="6" t="s">
-        <v>298</v>
+        <v>607</v>
       </c>
       <c r="Q339" s="6">
         <v>45469786</v>
       </c>
       <c r="R339" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S339" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="340" spans="1:42">
       <c r="A340" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B340" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C340" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D340" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E340" s="7">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="F340" s="6">
         <v>1.0</v>
       </c>
       <c r="G340" s="9">
         <v>200.0</v>
       </c>
       <c r="H340" s="8" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="I340" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J340" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K340" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>608</v>
+        <v>546</v>
       </c>
       <c r="M340" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N340" s="6">
-        <v>36.14</v>
+        <v>31.86</v>
       </c>
       <c r="O340" s="6"/>
       <c r="P340" s="6" t="s">
-        <v>298</v>
+        <v>484</v>
       </c>
       <c r="Q340" s="6">
         <v>45469786</v>
       </c>
       <c r="R340" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S340" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="341" spans="1:42">
       <c r="A341" s="6" t="s">
         <v>609</v>
       </c>
       <c r="B341" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C341" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D341" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E341" s="7">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="F341" s="6">
         <v>1.0</v>
       </c>
       <c r="G341" s="9">
         <v>200.0</v>
       </c>
       <c r="H341" s="8" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="I341" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J341" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K341" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>608</v>
+        <v>486</v>
       </c>
       <c r="M341" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N341" s="6">
-        <v>32.43</v>
+        <v>31.29</v>
       </c>
       <c r="O341" s="6"/>
       <c r="P341" s="6" t="s">
-        <v>485</v>
+        <v>610</v>
       </c>
       <c r="Q341" s="6">
         <v>45469786</v>
       </c>
       <c r="R341" s="6" t="s">
-        <v>245</v>
+        <v>365</v>
       </c>
       <c r="S341" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="342" spans="1:42">
       <c r="A342" s="6" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B342" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C342" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D342" s="6" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="E342" s="7">
         <v>1.5</v>
       </c>
       <c r="F342" s="6">
         <v>1.0</v>
       </c>
       <c r="G342" s="9">
         <v>200.0</v>
       </c>
       <c r="H342" s="8" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="I342" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J342" s="6" t="s">
-        <v>25</v>
+        <v>322</v>
       </c>
       <c r="K342" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>611</v>
+        <v>479</v>
       </c>
       <c r="M342" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N342" s="6">
-        <v>37.57</v>
+        <v>39.14</v>
       </c>
       <c r="O342" s="6"/>
       <c r="P342" s="6" t="s">
-        <v>372</v>
+        <v>298</v>
       </c>
       <c r="Q342" s="6">
         <v>45469786</v>
       </c>
       <c r="R342" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S342" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:42">
       <c r="A343" s="6" t="s">
         <v>612</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C343" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E343" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F343" s="6">
         <v>1.0</v>
       </c>
       <c r="G343" s="9">
         <v>200.0</v>
       </c>
       <c r="H343" s="8" t="s">
         <v>23</v>
       </c>
       <c r="I343" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J343" s="6" t="s">
-        <v>25</v>
+        <v>322</v>
       </c>
       <c r="K343" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="M343" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N343" s="6">
-        <v>39.0</v>
+        <v>32.14</v>
       </c>
       <c r="O343" s="6"/>
       <c r="P343" s="6" t="s">
-        <v>368</v>
+        <v>278</v>
       </c>
       <c r="Q343" s="6">
         <v>45469786</v>
       </c>
       <c r="R343" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S343" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="344" spans="1:42">
       <c r="A344" s="6" t="s">
         <v>613</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C344" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E344" s="7">
         <v>1.5</v>
       </c>
       <c r="F344" s="6">
         <v>1.0</v>
       </c>
       <c r="G344" s="9">
         <v>200.0</v>
       </c>
       <c r="H344" s="8" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I344" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J344" s="6" t="s">
-        <v>411</v>
+        <v>81</v>
       </c>
       <c r="K344" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>502</v>
+        <v>486</v>
       </c>
       <c r="M344" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N344" s="6">
-        <v>38.29</v>
+        <v>30.0</v>
       </c>
       <c r="O344" s="6"/>
       <c r="P344" s="6" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="Q344" s="6">
         <v>45469786</v>
       </c>
       <c r="R344" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S344" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="345" spans="1:42">
       <c r="A345" s="6" t="s">
         <v>614</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C345" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E345" s="7">
         <v>1.25</v>
       </c>
       <c r="F345" s="6">
         <v>1.0</v>
       </c>
       <c r="G345" s="9">
         <v>200.0</v>
       </c>
       <c r="H345" s="8" t="s">
-        <v>134</v>
+        <v>72</v>
       </c>
       <c r="I345" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J345" s="6" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="K345" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L345" s="6" t="s">
         <v>615</v>
       </c>
       <c r="M345" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N345" s="6">
-        <v>38.29</v>
+        <v>37.86</v>
       </c>
       <c r="O345" s="6"/>
       <c r="P345" s="6" t="s">
-        <v>383</v>
+        <v>298</v>
       </c>
       <c r="Q345" s="6">
         <v>45469786</v>
       </c>
       <c r="R345" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S345" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="346" spans="1:42">
       <c r="A346" s="6" t="s">
         <v>616</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D346" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E346" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F346" s="6">
         <v>1.0</v>
       </c>
       <c r="G346" s="9">
         <v>200.0</v>
       </c>
       <c r="H346" s="8" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I346" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J346" s="6" t="s">
-        <v>81</v>
+        <v>38</v>
       </c>
       <c r="K346" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>615</v>
+        <v>481</v>
       </c>
       <c r="M346" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N346" s="6">
-        <v>38.0</v>
+        <v>39.14</v>
       </c>
       <c r="O346" s="6"/>
       <c r="P346" s="6" t="s">
-        <v>298</v>
+        <v>368</v>
       </c>
       <c r="Q346" s="6">
         <v>45469786</v>
       </c>
       <c r="R346" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S346" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:42">
       <c r="A347" s="6" t="s">
         <v>617</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C347" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D347" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E347" s="7">
         <v>1.25</v>
       </c>
       <c r="F347" s="6">
         <v>1.0</v>
       </c>
       <c r="G347" s="9">
         <v>200.0</v>
       </c>
       <c r="H347" s="8" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="I347" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J347" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K347" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>615</v>
+        <v>483</v>
       </c>
       <c r="M347" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N347" s="6">
-        <v>35.71</v>
+        <v>30.43</v>
       </c>
       <c r="O347" s="6"/>
       <c r="P347" s="6" t="s">
-        <v>618</v>
+        <v>440</v>
       </c>
       <c r="Q347" s="6">
         <v>45469786</v>
       </c>
       <c r="R347" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S347" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="348" spans="1:42">
       <c r="A348" s="6" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C348" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D348" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E348" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F348" s="6">
         <v>1.0</v>
       </c>
       <c r="G348" s="9">
         <v>200.0</v>
       </c>
       <c r="H348" s="8" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="I348" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J348" s="6" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="K348" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>615</v>
+        <v>481</v>
       </c>
       <c r="M348" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N348" s="6">
-        <v>34.43</v>
+        <v>32.14</v>
       </c>
       <c r="O348" s="6"/>
       <c r="P348" s="6" t="s">
-        <v>372</v>
+        <v>610</v>
       </c>
       <c r="Q348" s="6">
         <v>45469786</v>
       </c>
       <c r="R348" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="S348" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="349" spans="1:42">
       <c r="A349" s="6" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C349" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D349" s="6" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="E349" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F349" s="6">
         <v>1.0</v>
       </c>
       <c r="G349" s="9">
         <v>200.0</v>
       </c>
       <c r="H349" s="8" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="I349" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J349" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K349" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>621</v>
+        <v>483</v>
       </c>
       <c r="M349" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N349" s="6">
-        <v>32.43</v>
+        <v>33.43</v>
       </c>
       <c r="O349" s="6"/>
       <c r="P349" s="6" t="s">
-        <v>298</v>
+        <v>620</v>
       </c>
       <c r="Q349" s="6">
         <v>45469786</v>
       </c>
       <c r="R349" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S349" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="350" spans="1:42">
       <c r="A350" s="6" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C350" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D350" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E350" s="7">
         <v>1.0</v>
       </c>
       <c r="F350" s="6">
         <v>1.0</v>
       </c>
       <c r="G350" s="9">
         <v>200.0</v>
       </c>
       <c r="H350" s="8" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="I350" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J350" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K350" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>549</v>
+        <v>483</v>
       </c>
       <c r="M350" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N350" s="6">
-        <v>33.71</v>
+        <v>31.43</v>
       </c>
       <c r="O350" s="6"/>
       <c r="P350" s="6" t="s">
-        <v>524</v>
+        <v>610</v>
       </c>
       <c r="Q350" s="6">
         <v>45469786</v>
       </c>
       <c r="R350" s="6" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="S350" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="351" spans="1:42">
       <c r="A351" s="6" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C351" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D351" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E351" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F351" s="6">
         <v>1.0</v>
       </c>
       <c r="G351" s="9">
         <v>200.0</v>
       </c>
       <c r="H351" s="8" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="I351" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J351" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K351" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>549</v>
+        <v>483</v>
       </c>
       <c r="M351" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N351" s="6">
-        <v>38.0</v>
+        <v>32.86</v>
       </c>
       <c r="O351" s="6"/>
       <c r="P351" s="6" t="s">
-        <v>368</v>
+        <v>298</v>
       </c>
       <c r="Q351" s="6">
         <v>45469786</v>
       </c>
       <c r="R351" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S351" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="352" spans="1:42">
       <c r="A352" s="6" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C352" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D352" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E352" s="7">
         <v>1.5</v>
       </c>
       <c r="F352" s="6">
         <v>1.0</v>
       </c>
       <c r="G352" s="9">
         <v>200.0</v>
       </c>
       <c r="H352" s="8" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="I352" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J352" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K352" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="M352" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N352" s="6">
-        <v>29.57</v>
+        <v>36.14</v>
       </c>
       <c r="O352" s="6"/>
       <c r="P352" s="6" t="s">
-        <v>531</v>
+        <v>298</v>
       </c>
       <c r="Q352" s="6">
         <v>45469786</v>
       </c>
       <c r="R352" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="S352" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="353" spans="1:42">
       <c r="A353" s="6" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D353" s="6" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="E353" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F353" s="6">
         <v>1.0</v>
       </c>
       <c r="G353" s="9">
         <v>200.0</v>
       </c>
       <c r="H353" s="8" t="s">
-        <v>57</v>
+        <v>134</v>
       </c>
       <c r="I353" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J353" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="K353" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="M353" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N353" s="6">
-        <v>36.0</v>
+        <v>32.43</v>
       </c>
       <c r="O353" s="6"/>
       <c r="P353" s="6" t="s">
-        <v>278</v>
+        <v>484</v>
       </c>
       <c r="Q353" s="6">
         <v>45469786</v>
       </c>
       <c r="R353" s="6" t="s">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="S353" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="354" spans="1:42">
       <c r="A354" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="B354" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C354" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D354" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E354" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F354" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G354" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H354" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I354" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J354" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K354" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L354" s="6" t="s">
         <v>627</v>
       </c>
-      <c r="B354" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M354" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N354" s="6">
-        <v>31.0</v>
+        <v>37.57</v>
       </c>
       <c r="O354" s="6"/>
       <c r="P354" s="6" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="Q354" s="6">
         <v>45469786</v>
       </c>
       <c r="R354" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S354" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="355" spans="1:42">
       <c r="A355" s="6" t="s">
         <v>628</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C355" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E355" s="7">
         <v>1.25</v>
       </c>
       <c r="F355" s="6">
         <v>1.0</v>
       </c>
       <c r="G355" s="9">
         <v>200.0</v>
       </c>
       <c r="H355" s="8" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I355" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J355" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K355" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>621</v>
+        <v>495</v>
       </c>
       <c r="M355" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N355" s="6">
-        <v>31.71</v>
+        <v>39.0</v>
       </c>
       <c r="O355" s="6"/>
       <c r="P355" s="6" t="s">
-        <v>35</v>
+        <v>368</v>
       </c>
       <c r="Q355" s="6">
         <v>45469786</v>
       </c>
       <c r="R355" s="6" t="s">
         <v>245</v>
       </c>
       <c r="S355" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="356" spans="1:42">
       <c r="A356" s="6" t="s">
         <v>629</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C356" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E356" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F356" s="6">
         <v>1.0</v>
       </c>
       <c r="G356" s="9">
         <v>200.0</v>
       </c>
       <c r="H356" s="8" t="s">
-        <v>630</v>
+        <v>50</v>
       </c>
       <c r="I356" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J356" s="6" t="s">
-        <v>73</v>
+        <v>322</v>
       </c>
       <c r="K356" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>615</v>
+        <v>501</v>
       </c>
       <c r="M356" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N356" s="6">
-        <v>30.29</v>
+        <v>38.29</v>
       </c>
       <c r="O356" s="6"/>
       <c r="P356" s="6" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="Q356" s="6">
         <v>45469786</v>
       </c>
       <c r="R356" s="6" t="s">
-        <v>422</v>
+        <v>245</v>
       </c>
       <c r="S356" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="357" spans="1:42">
       <c r="A357" s="6" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="B357" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C357" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D357" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E357" s="7">
         <v>1.25</v>
       </c>
       <c r="F357" s="6">
         <v>1.0</v>
       </c>
       <c r="G357" s="9">
         <v>200.0</v>
       </c>
       <c r="H357" s="8" t="s">
-        <v>60</v>
+        <v>134</v>
       </c>
       <c r="I357" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J357" s="6" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="K357" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="M357" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N357" s="6">
-        <v>36.71</v>
+        <v>38.29</v>
       </c>
       <c r="O357" s="6"/>
       <c r="P357" s="6" t="s">
-        <v>268</v>
+        <v>383</v>
       </c>
       <c r="Q357" s="6">
         <v>45469786</v>
       </c>
       <c r="R357" s="6" t="s">
-        <v>343</v>
+        <v>248</v>
       </c>
       <c r="S357" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="358" spans="1:42">
       <c r="A358" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C358" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E358" s="7">
         <v>1.25</v>
       </c>
       <c r="F358" s="6">
         <v>1.0</v>
       </c>
       <c r="G358" s="9">
         <v>200.0</v>
       </c>
       <c r="H358" s="8" t="s">
-        <v>147</v>
+        <v>60</v>
       </c>
       <c r="I358" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J358" s="6" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="K358" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="M358" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N358" s="6">
-        <v>29.29</v>
+        <v>38.0</v>
       </c>
       <c r="O358" s="6"/>
       <c r="P358" s="6" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="Q358" s="6">
         <v>45469786</v>
       </c>
       <c r="R358" s="6" t="s">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="S358" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="359" spans="1:42">
       <c r="A359" s="6" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C359" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E359" s="7">
         <v>1.25</v>
       </c>
       <c r="F359" s="6">
         <v>1.0</v>
       </c>
       <c r="G359" s="9">
         <v>200.0</v>
       </c>
       <c r="H359" s="8" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="I359" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J359" s="6" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K359" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="M359" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N359" s="6">
-        <v>32.0</v>
+        <v>35.71</v>
       </c>
       <c r="O359" s="6"/>
       <c r="P359" s="6" t="s">
-        <v>62</v>
+        <v>634</v>
       </c>
       <c r="Q359" s="6">
         <v>45469786</v>
       </c>
       <c r="R359" s="6" t="s">
-        <v>365</v>
+        <v>248</v>
       </c>
       <c r="S359" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="360" spans="1:42">
       <c r="A360" s="6" t="s">
         <v>635</v>
       </c>
       <c r="B360" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C360" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D360" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E360" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F360" s="6">
         <v>1.0</v>
       </c>
       <c r="G360" s="9">
         <v>200.0</v>
       </c>
       <c r="H360" s="8" t="s">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="I360" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J360" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K360" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="M360" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N360" s="6">
-        <v>39.86</v>
+        <v>34.43</v>
       </c>
       <c r="O360" s="6"/>
       <c r="P360" s="6" t="s">
-        <v>295</v>
+        <v>372</v>
       </c>
       <c r="Q360" s="6">
         <v>45469786</v>
       </c>
       <c r="R360" s="6" t="s">
         <v>248</v>
       </c>
       <c r="S360" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="361" spans="1:42">
+      <c r="A361" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="B361" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C361" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E361" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F361" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G361" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H361" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I361" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J361" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K361" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L361" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="M361" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N361" s="6">
+        <v>32.43</v>
+      </c>
+      <c r="O361" s="6"/>
+      <c r="P361" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q361" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R361" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S361" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="362" spans="1:42">
+      <c r="A362" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="B362" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C362" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E362" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F362" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G362" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H362" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="I362" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J362" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K362" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L362" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="M362" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N362" s="6">
+        <v>33.71</v>
+      </c>
+      <c r="O362" s="6"/>
+      <c r="P362" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q362" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R362" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S362" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="363" spans="1:42">
+      <c r="A363" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="B363" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C363" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D363" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E363" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F363" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G363" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H363" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I363" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J363" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K363" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L363" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="M363" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N363" s="6">
+        <v>38.0</v>
+      </c>
+      <c r="O363" s="6"/>
+      <c r="P363" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q363" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R363" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S363" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="364" spans="1:42">
+      <c r="A364" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="B364" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C364" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D364" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E364" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F364" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G364" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H364" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I364" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J364" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K364" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L364" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="M364" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N364" s="6">
+        <v>29.57</v>
+      </c>
+      <c r="O364" s="6"/>
+      <c r="P364" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="Q364" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R364" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S364" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="365" spans="1:42">
+      <c r="A365" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="B365" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C365" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D365" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E365" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F365" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G365" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H365" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="I365" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J365" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K365" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L365" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="M365" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N365" s="6">
+        <v>33.57</v>
+      </c>
+      <c r="O365" s="6"/>
+      <c r="P365" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="Q365" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R365" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S365" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="366" spans="1:42">
+      <c r="A366" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="B366" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C366" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D366" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E366" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F366" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G366" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H366" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I366" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J366" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K366" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L366" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="M366" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N366" s="6">
+        <v>38.14</v>
+      </c>
+      <c r="O366" s="6"/>
+      <c r="P366" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q366" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R366" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S366" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="367" spans="1:42">
+      <c r="A367" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="B367" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C367" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E367" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F367" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G367" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H367" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I367" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J367" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K367" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L367" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="M367" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N367" s="6">
+        <v>28.0</v>
+      </c>
+      <c r="O367" s="6"/>
+      <c r="P367" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q367" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R367" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S367" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="368" spans="1:42">
+      <c r="A368" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="B368" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C368" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E368" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F368" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G368" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H368" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I368" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J368" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K368" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L368" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="M368" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N368" s="6">
+        <v>37.29</v>
+      </c>
+      <c r="O368" s="6"/>
+      <c r="P368" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="Q368" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R368" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S368" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="369" spans="1:42">
+      <c r="A369" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="B369" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E369" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F369" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G369" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H369" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I369" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J369" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K369" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L369" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="M369" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N369" s="6">
+        <v>33.14</v>
+      </c>
+      <c r="O369" s="6"/>
+      <c r="P369" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="Q369" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R369" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S369" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="370" spans="1:42">
+      <c r="A370" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="B370" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E370" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F370" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G370" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H370" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="I370" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J370" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K370" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L370" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="M370" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N370" s="6">
+        <v>32.57</v>
+      </c>
+      <c r="O370" s="6"/>
+      <c r="P370" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q370" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R370" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S370" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="371" spans="1:42">
+      <c r="A371" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="B371" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C371" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E371" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F371" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G371" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H371" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I371" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J371" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K371" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L371" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="M371" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N371" s="6">
+        <v>29.57</v>
+      </c>
+      <c r="O371" s="6"/>
+      <c r="P371" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="Q371" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R371" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S371" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="372" spans="1:42">
+      <c r="A372" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="B372" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C372" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E372" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F372" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G372" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H372" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="I372" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J372" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K372" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L372" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="M372" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N372" s="6">
+        <v>32.29</v>
+      </c>
+      <c r="O372" s="6"/>
+      <c r="P372" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q372" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R372" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S372" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="373" spans="1:42">
+      <c r="A373" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B373" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C373" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E373" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F373" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G373" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H373" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="I373" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J373" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K373" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L373" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="M373" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N373" s="6">
+        <v>34.14</v>
+      </c>
+      <c r="O373" s="6"/>
+      <c r="P373" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q373" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R373" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S373" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="374" spans="1:42">
+      <c r="A374" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B374" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C374" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D374" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E374" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F374" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G374" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H374" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I374" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J374" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K374" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L374" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="M374" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N374" s="6">
+        <v>40.86</v>
+      </c>
+      <c r="O374" s="6"/>
+      <c r="P374" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q374" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R374" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S374" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="375" spans="1:42">
+      <c r="A375" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B375" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E375" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F375" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G375" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H375" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="I375" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J375" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K375" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L375" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="M375" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N375" s="6">
+        <v>30.14</v>
+      </c>
+      <c r="O375" s="6"/>
+      <c r="P375" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="Q375" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R375" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S375" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="376" spans="1:42">
+      <c r="A376" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B376" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E376" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F376" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G376" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H376" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="I376" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J376" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K376" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L376" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="M376" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N376" s="6">
+        <v>39.0</v>
+      </c>
+      <c r="O376" s="6"/>
+      <c r="P376" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="Q376" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R376" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S376" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="377" spans="1:42">
+      <c r="A377" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="B377" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C377" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E377" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F377" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G377" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H377" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="I377" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J377" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K377" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L377" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="M377" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N377" s="6">
+        <v>37.29</v>
+      </c>
+      <c r="O377" s="6"/>
+      <c r="P377" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="Q377" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R377" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S377" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="378" spans="1:42">
+      <c r="A378" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B378" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C378" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E378" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F378" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G378" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H378" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I378" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J378" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K378" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L378" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="M378" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N378" s="6">
+        <v>41.43</v>
+      </c>
+      <c r="O378" s="6"/>
+      <c r="P378" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q378" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R378" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S378" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="379" spans="1:42">
+      <c r="A379" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E379" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F379" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G379" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H379" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I379" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J379" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K379" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L379" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="M379" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N379" s="6">
+        <v>35.29</v>
+      </c>
+      <c r="O379" s="6"/>
+      <c r="P379" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q379" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R379" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="S379" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="380" spans="1:42">
+      <c r="A380" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E380" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F380" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G380" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H380" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I380" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J380" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K380" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L380" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="M380" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N380" s="6">
+        <v>36.0</v>
+      </c>
+      <c r="O380" s="6"/>
+      <c r="P380" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q380" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R380" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S380" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="381" spans="1:42">
+      <c r="A381" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="B381" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C381" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D381" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E381" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F381" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G381" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H381" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I381" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J381" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K381" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L381" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="M381" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N381" s="6">
+        <v>31.0</v>
+      </c>
+      <c r="O381" s="6"/>
+      <c r="P381" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q381" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R381" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S381" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="382" spans="1:42">
+      <c r="A382" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="B382" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E382" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F382" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G382" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H382" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I382" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J382" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K382" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L382" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="M382" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N382" s="6">
+        <v>31.71</v>
+      </c>
+      <c r="O382" s="6"/>
+      <c r="P382" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q382" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R382" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S382" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="383" spans="1:42">
+      <c r="A383" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="B383" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E383" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F383" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G383" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H383" s="8" t="s">
+        <v>665</v>
+      </c>
+      <c r="I383" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J383" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K383" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L383" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="M383" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N383" s="6">
+        <v>30.29</v>
+      </c>
+      <c r="O383" s="6"/>
+      <c r="P383" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q383" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R383" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="S383" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="384" spans="1:42">
+      <c r="A384" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="B384" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C384" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E384" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F384" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G384" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H384" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="I384" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J384" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K384" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L384" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="M384" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N384" s="6">
+        <v>36.71</v>
+      </c>
+      <c r="O384" s="6"/>
+      <c r="P384" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q384" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R384" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="S384" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="385" spans="1:42">
+      <c r="A385" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="B385" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C385" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D385" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E385" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F385" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G385" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H385" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="I385" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J385" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K385" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L385" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="M385" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N385" s="6">
+        <v>29.29</v>
+      </c>
+      <c r="O385" s="6"/>
+      <c r="P385" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q385" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R385" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S385" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="386" spans="1:42">
+      <c r="A386" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="B386" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C386" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D386" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E386" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F386" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G386" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H386" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I386" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J386" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K386" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L386" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="M386" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N386" s="6">
+        <v>32.0</v>
+      </c>
+      <c r="O386" s="6"/>
+      <c r="P386" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q386" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R386" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="S386" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="387" spans="1:42">
+      <c r="A387" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="B387" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C387" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D387" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E387" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F387" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G387" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H387" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="I387" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J387" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K387" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L387" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="M387" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N387" s="6">
+        <v>39.86</v>
+      </c>
+      <c r="O387" s="6"/>
+      <c r="P387" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="Q387" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R387" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S387" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="388" spans="1:42">
+      <c r="A388" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="B388" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C388" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D388" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E388" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F388" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G388" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H388" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I388" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J388" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K388" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L388" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="M388" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N388" s="6">
+        <v>30.86</v>
+      </c>
+      <c r="O388" s="6"/>
+      <c r="P388" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q388" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R388" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S388" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="389" spans="1:42">
+      <c r="A389" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="B389" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C389" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D389" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E389" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F389" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G389" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H389" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I389" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J389" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K389" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L389" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="M389" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N389" s="6">
+        <v>33.0</v>
+      </c>
+      <c r="O389" s="6"/>
+      <c r="P389" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q389" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R389" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="S389" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="390" spans="1:42">
+      <c r="A390" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="B390" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C390" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D390" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E390" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F390" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G390" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H390" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I390" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J390" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K390" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L390" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="M390" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N390" s="6">
+        <v>29.86</v>
+      </c>
+      <c r="O390" s="6"/>
+      <c r="P390" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q390" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R390" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S390" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="391" spans="1:42">
+      <c r="A391" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="B391" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C391" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D391" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E391" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F391" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G391" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H391" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I391" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J391" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K391" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L391" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="M391" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N391" s="6">
+        <v>30.0</v>
+      </c>
+      <c r="O391" s="6"/>
+      <c r="P391" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q391" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R391" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S391" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="392" spans="1:42">
+      <c r="A392" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="B392" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C392" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D392" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E392" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F392" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G392" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H392" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="I392" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J392" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K392" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L392" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="M392" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N392" s="6">
+        <v>28.29</v>
+      </c>
+      <c r="O392" s="6"/>
+      <c r="P392" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q392" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R392" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S392" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R360"/>
+  <autoFilter ref="A2:R392"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>