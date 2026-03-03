--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$U$35</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$W$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -81,50 +81,56 @@
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>Test 1</t>
   </si>
   <si>
     <t>Test 1 Result</t>
   </si>
   <si>
     <t>Test 1 Units</t>
   </si>
   <si>
     <t>Test 1 Detail</t>
   </si>
   <si>
     <t>Test 2</t>
   </si>
   <si>
     <t>Test 2 Result</t>
   </si>
   <si>
     <t>IRB Approval ID</t>
   </si>
   <si>
+    <t>Fibrosis Metavir Classification:</t>
+  </si>
+  <si>
+    <t>Inflameter Metavir Classification:</t>
+  </si>
+  <si>
     <t>Fibrosis Metavir Classification</t>
   </si>
   <si>
     <t>Inflameter Metavir Classification</t>
   </si>
   <si>
     <t>BF19861645</t>
   </si>
   <si>
     <t>Hepatitis C (HCV)</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Serum</t>
   </si>
   <si>
     <t>62 Y</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>U/A</t>
@@ -132,267 +138,273 @@
   <si>
     <t>&lt;-70C</t>
   </si>
   <si>
     <t>01-Apr-24</t>
   </si>
   <si>
     <t>Hologic Panther</t>
   </si>
   <si>
     <t>IU/mL</t>
   </si>
   <si>
     <t>00002526</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>BF19861646</t>
   </si>
   <si>
     <t>40 Y</t>
   </si>
   <si>
-    <t>BF19861647</t>
-[...2 lines deleted...]
-    <t>48 Y</t>
+    <t>BF19861648</t>
+  </si>
+  <si>
+    <t>35 Y</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>BF19861649</t>
+  </si>
+  <si>
+    <t>37 Y</t>
+  </si>
+  <si>
+    <t>BF19861650</t>
+  </si>
+  <si>
+    <t>49 Y</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
-    <t>White</t>
-[...20 lines deleted...]
-    <t>BF19861676</t>
+    <t>BF19861677</t>
   </si>
   <si>
     <t>K2 EDTA Plasma</t>
   </si>
   <si>
+    <t>32 Y</t>
+  </si>
+  <si>
+    <t>01-Feb-24</t>
+  </si>
+  <si>
+    <t>BF19861678</t>
+  </si>
+  <si>
+    <t>42 Y</t>
+  </si>
+  <si>
+    <t>01-Jan-24</t>
+  </si>
+  <si>
+    <t>BF19861679</t>
+  </si>
+  <si>
+    <t>BF19861680</t>
+  </si>
+  <si>
+    <t>60 Y</t>
+  </si>
+  <si>
+    <t>BF19861682</t>
+  </si>
+  <si>
+    <t>BF19861684</t>
+  </si>
+  <si>
+    <t>51 Y</t>
+  </si>
+  <si>
+    <t>BF19861685</t>
+  </si>
+  <si>
+    <t>50 Y</t>
+  </si>
+  <si>
+    <t>01-Mar-24</t>
+  </si>
+  <si>
+    <t>BF19861686</t>
+  </si>
+  <si>
+    <t>61 Y</t>
+  </si>
+  <si>
+    <t>BF19861692</t>
+  </si>
+  <si>
+    <t>BF19861693</t>
+  </si>
+  <si>
+    <t>BF19861694</t>
+  </si>
+  <si>
+    <t>BF19861695</t>
+  </si>
+  <si>
+    <t>BF19861696</t>
+  </si>
+  <si>
+    <t>01-Dec-23</t>
+  </si>
+  <si>
+    <t>BF19861697</t>
+  </si>
+  <si>
+    <t>BF19861698</t>
+  </si>
+  <si>
+    <t>BF19861700</t>
+  </si>
+  <si>
+    <t>17 Y</t>
+  </si>
+  <si>
+    <t>BF19861757</t>
+  </si>
+  <si>
+    <t>31 Y</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>01-May-24</t>
+  </si>
+  <si>
+    <t>BF19861758</t>
+  </si>
+  <si>
+    <t>BF19861761</t>
+  </si>
+  <si>
+    <t>36 Y</t>
+  </si>
+  <si>
+    <t>BF19861762</t>
+  </si>
+  <si>
+    <t>KH25-01437</t>
+  </si>
+  <si>
+    <t>1 M</t>
+  </si>
+  <si>
+    <t>04-Mar-25</t>
+  </si>
+  <si>
+    <t>Abbott Alinity HCV</t>
+  </si>
+  <si>
+    <t>S/Co</t>
+  </si>
+  <si>
+    <t>Hepatitis C (HCV) Ab</t>
+  </si>
+  <si>
+    <t>KH25-11081</t>
+  </si>
+  <si>
+    <t>26-Sep-25</t>
+  </si>
+  <si>
+    <t>Roche cobas RNA Qt</t>
+  </si>
+  <si>
+    <t>Genotype</t>
+  </si>
+  <si>
+    <t>1a / 1b</t>
+  </si>
+  <si>
+    <t>KH25-12259</t>
+  </si>
+  <si>
+    <t>2 Y</t>
+  </si>
+  <si>
+    <t>20-Nov-25</t>
+  </si>
+  <si>
+    <t>1a or 1b</t>
+  </si>
+  <si>
+    <t>KH25-13288</t>
+  </si>
+  <si>
     <t>26 Y</t>
   </si>
   <si>
-    <t>01-Feb-24</t>
-[...176 lines deleted...]
-    <t>1a / 1b</t>
+    <t>07-Jan-26</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>KH25-13289</t>
+  </si>
+  <si>
+    <t>68 Y</t>
+  </si>
+  <si>
+    <t>KH25-14441</t>
+  </si>
+  <si>
+    <t>65 Y</t>
+  </si>
+  <si>
+    <t>17-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14442</t>
+  </si>
+  <si>
+    <t>19-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14443</t>
+  </si>
+  <si>
+    <t>39 Y</t>
+  </si>
+  <si>
+    <t>16-Dec-25</t>
+  </si>
+  <si>
+    <t>F1 [F1-F2]</t>
+  </si>
+  <si>
+    <t>A1/A2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -773,52 +785,54 @@
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="20.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="42.275" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
@@ -852,2012 +866,2099 @@
       </c>
       <c r="N2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="U2" s="5" t="s">
         <v>21</v>
       </c>
+      <c r="V2" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="W2" s="5" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="3" spans="1:42">
       <c r="A3" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E3" s="7">
         <v>1.25</v>
       </c>
       <c r="F3" s="6">
         <v>1.0</v>
       </c>
       <c r="G3" s="9">
         <v>250.0</v>
       </c>
       <c r="H3" s="8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I3" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J3" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K3" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M3" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N3" s="6">
         <v>13801382.0</v>
       </c>
       <c r="O3" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P3" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T3" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+      <c r="W3" s="6"/>
     </row>
     <row r="4" spans="1:42">
       <c r="A4" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" s="7">
         <v>1.0</v>
       </c>
       <c r="F4" s="6">
         <v>1.0</v>
       </c>
       <c r="G4" s="9">
         <v>250.0</v>
       </c>
       <c r="H4" s="8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I4" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J4" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K4" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M4" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N4" s="6">
         <v>33359.0</v>
       </c>
       <c r="O4" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P4" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T4" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U4" s="6"/>
+      <c r="V4" s="6"/>
+      <c r="W4" s="6"/>
     </row>
     <row r="5" spans="1:42">
       <c r="A5" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E5" s="7">
         <v>1.0</v>
       </c>
       <c r="F5" s="6">
         <v>1.0</v>
       </c>
       <c r="G5" s="9">
         <v>250.0</v>
       </c>
       <c r="H5" s="8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J5" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N5" s="6">
-        <v>15377456.0</v>
+        <v>1240730.0</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T5" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E6" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F6" s="6">
         <v>1.0</v>
       </c>
       <c r="G6" s="9">
         <v>250.0</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I6" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J6" s="6" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K6" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M6" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N6" s="6">
-        <v>1240730.0</v>
+        <v>19.0</v>
       </c>
       <c r="O6" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T6" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U6" s="6"/>
+      <c r="V6" s="6"/>
+      <c r="W6" s="6"/>
     </row>
     <row r="7" spans="1:42">
       <c r="A7" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E7" s="7">
         <v>1.25</v>
       </c>
       <c r="F7" s="6">
         <v>1.0</v>
       </c>
       <c r="G7" s="9">
         <v>250.0</v>
       </c>
       <c r="H7" s="8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N7" s="6">
-        <v>19.0</v>
+        <v>21.0</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U7" s="6"/>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6"/>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="E8" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F8" s="6">
         <v>1.0</v>
       </c>
       <c r="G8" s="9">
         <v>250.0</v>
       </c>
       <c r="H8" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="I8" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="I8" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" s="6" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N8" s="6">
-        <v>21.0</v>
+        <v>23260906.0</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T8" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U8" s="6"/>
+      <c r="V8" s="6"/>
+      <c r="W8" s="6"/>
     </row>
     <row r="9" spans="1:42">
       <c r="A9" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="7">
         <v>1.0</v>
       </c>
       <c r="F9" s="6">
         <v>1.0</v>
       </c>
       <c r="G9" s="9">
         <v>250.0</v>
       </c>
       <c r="H9" s="8" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J9" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="M9" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N9" s="6">
-        <v>100000000.0</v>
+        <v>11525720.0</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T9" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U9" s="6"/>
+      <c r="V9" s="6"/>
+      <c r="W9" s="6"/>
     </row>
     <row r="10" spans="1:42">
       <c r="A10" s="6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="7">
         <v>1.0</v>
       </c>
       <c r="F10" s="6">
         <v>1.0</v>
       </c>
       <c r="G10" s="9">
         <v>250.0</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>52</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J10" s="6" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="M10" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N10" s="6">
-        <v>23260906.0</v>
+        <v>13867049.0</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T10" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U10" s="6"/>
+      <c r="V10" s="6"/>
+      <c r="W10" s="6"/>
     </row>
     <row r="11" spans="1:42">
       <c r="A11" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="7">
         <v>1.0</v>
       </c>
       <c r="F11" s="6">
         <v>1.0</v>
       </c>
       <c r="G11" s="9">
         <v>250.0</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N11" s="6">
-        <v>11525720.0</v>
+        <v>34700000.0</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U11" s="6"/>
+      <c r="V11" s="6"/>
+      <c r="W11" s="6"/>
     </row>
     <row r="12" spans="1:42">
       <c r="A12" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E12" s="7">
         <v>1.0</v>
       </c>
       <c r="F12" s="6">
         <v>1.0</v>
       </c>
       <c r="G12" s="9">
         <v>250.0</v>
       </c>
       <c r="H12" s="8" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J12" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K12" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M12" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N12" s="6">
-        <v>13867049.0</v>
+        <v>10305069.0</v>
       </c>
       <c r="O12" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T12" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U12" s="6"/>
+      <c r="V12" s="6"/>
+      <c r="W12" s="6"/>
     </row>
     <row r="13" spans="1:42">
       <c r="A13" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E13" s="7">
         <v>1.0</v>
       </c>
       <c r="F13" s="6">
         <v>1.0</v>
       </c>
       <c r="G13" s="9">
         <v>250.0</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N13" s="6">
-        <v>34700000.0</v>
+        <v>24463249.0</v>
       </c>
       <c r="O13" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U13" s="6"/>
+      <c r="V13" s="6"/>
+      <c r="W13" s="6"/>
     </row>
     <row r="14" spans="1:42">
       <c r="A14" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F14" s="6">
         <v>1.0</v>
       </c>
       <c r="G14" s="9">
         <v>250.0</v>
       </c>
       <c r="H14" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N14" s="6">
-        <v>29521417.0</v>
+        <v>10307587.0</v>
       </c>
       <c r="O14" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U14" s="6"/>
+      <c r="V14" s="6"/>
+      <c r="W14" s="6"/>
     </row>
     <row r="15" spans="1:42">
       <c r="A15" s="6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="7">
         <v>1.0</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="9">
         <v>250.0</v>
       </c>
       <c r="H15" s="8" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N15" s="6">
-        <v>10305069.0</v>
+        <v>18026065.0</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U15" s="6"/>
+      <c r="V15" s="6"/>
+      <c r="W15" s="6"/>
     </row>
     <row r="16" spans="1:42">
       <c r="A16" s="6" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="E16" s="7">
         <v>1.0</v>
       </c>
       <c r="F16" s="6">
         <v>1.0</v>
       </c>
       <c r="G16" s="9">
         <v>250.0</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N16" s="6">
-        <v>30118610.0</v>
+        <v>433350.0</v>
       </c>
       <c r="O16" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U16" s="6"/>
+      <c r="V16" s="6"/>
+      <c r="W16" s="6"/>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="E17" s="7">
         <v>1.0</v>
       </c>
       <c r="F17" s="6">
         <v>1.0</v>
       </c>
       <c r="G17" s="9">
         <v>250.0</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="M17" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N17" s="6">
-        <v>24463249.0</v>
+        <v>3628947.0</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U17" s="6"/>
+      <c r="V17" s="6"/>
+      <c r="W17" s="6"/>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="E18" s="7">
         <v>2.0</v>
       </c>
       <c r="F18" s="6">
         <v>1.0</v>
       </c>
       <c r="G18" s="9">
         <v>250.0</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K18" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="M18" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N18" s="6">
-        <v>10307587.0</v>
+        <v>395.0</v>
       </c>
       <c r="O18" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T18" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U18" s="6"/>
+      <c r="V18" s="6"/>
+      <c r="W18" s="6"/>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="E19" s="7">
         <v>1.0</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>250.0</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N19" s="6">
-        <v>18026065.0</v>
+        <v>404451.0</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U19" s="6"/>
+      <c r="V19" s="6"/>
+      <c r="W19" s="6"/>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E20" s="7">
         <v>1.0</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>250.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I20" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K20" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="M20" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N20" s="6">
-        <v>433350.0</v>
+        <v>4114848.0</v>
       </c>
       <c r="O20" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T20" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U20" s="6"/>
+      <c r="V20" s="6"/>
+      <c r="W20" s="6"/>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E21" s="7">
         <v>1.0</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>250.0</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K21" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N21" s="6">
-        <v>3628947.0</v>
+        <v>5037319.0</v>
       </c>
       <c r="O21" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U21" s="6"/>
+      <c r="V21" s="6"/>
+      <c r="W21" s="6"/>
     </row>
     <row r="22" spans="1:42">
       <c r="A22" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E22" s="7">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F22" s="6">
         <v>1.0</v>
       </c>
       <c r="G22" s="9">
         <v>250.0</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I22" s="6" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N22" s="6">
-        <v>395.0</v>
+        <v>3380162.0</v>
       </c>
       <c r="O22" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T22" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U22" s="6"/>
+      <c r="V22" s="6"/>
+      <c r="W22" s="6"/>
     </row>
     <row r="23" spans="1:42">
       <c r="A23" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E23" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>
       </c>
       <c r="G23" s="9">
         <v>250.0</v>
       </c>
       <c r="H23" s="8" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N23" s="6">
-        <v>404451.0</v>
+        <v>20498.0</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U23" s="6"/>
+      <c r="V23" s="6"/>
+      <c r="W23" s="6"/>
     </row>
     <row r="24" spans="1:42">
       <c r="A24" s="6" t="s">
         <v>75</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E24" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>250.0</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="I24" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N24" s="6">
-        <v>4114848.0</v>
+        <v>45682.0</v>
       </c>
       <c r="O24" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T24" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U24" s="6"/>
+      <c r="V24" s="6"/>
+      <c r="W24" s="6"/>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E25" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F25" s="6">
         <v>1.0</v>
       </c>
       <c r="G25" s="9">
         <v>250.0</v>
       </c>
       <c r="H25" s="8" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="I25" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N25" s="6">
-        <v>5037319.0</v>
+        <v>117946.0</v>
       </c>
       <c r="O25" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q25" s="6"/>
       <c r="R25" s="6"/>
       <c r="S25" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T25" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U25" s="6"/>
+      <c r="V25" s="6"/>
+      <c r="W25" s="6"/>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E26" s="7">
         <v>1.0</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>250.0</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="I26" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K26" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N26" s="6">
-        <v>3380162.0</v>
+        <v>206660.0</v>
       </c>
       <c r="O26" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T26" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U26" s="6"/>
+      <c r="V26" s="6"/>
+      <c r="W26" s="6"/>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E27" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>250.0</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>80</v>
+        <v>38</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="N27" s="6">
-        <v>20498.0</v>
+        <v>31.0</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q27" s="6"/>
       <c r="R27" s="6"/>
       <c r="S27" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U27" s="6"/>
+      <c r="V27" s="6"/>
+      <c r="W27" s="6"/>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E28" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
-        <v>250.0</v>
+        <v>400.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I28" s="6" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>83</v>
+        <v>41</v>
       </c>
       <c r="K28" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="N28" s="6">
-        <v>45682.0</v>
+        <v>8.98</v>
       </c>
       <c r="O28" s="6" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="Q28" s="6"/>
       <c r="R28" s="6"/>
-      <c r="S28" s="6" t="s">
-        <v>33</v>
+      <c r="S28" s="6">
+        <v>45469786</v>
       </c>
       <c r="T28" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U28" s="6"/>
+      <c r="V28" s="6"/>
+      <c r="W28" s="6"/>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E29" s="7">
         <v>1.5</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
-        <v>250.0</v>
+        <v>400.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="N29" s="6">
-        <v>117946.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4540000.0</v>
+      </c>
+      <c r="O29" s="6"/>
       <c r="P29" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        <v>33</v>
+        <v>25</v>
+      </c>
+      <c r="Q29" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="R29" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="S29" s="6">
+        <v>45469786</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U29" s="6"/>
+      <c r="V29" s="6"/>
+      <c r="W29" s="6"/>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E30" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
-        <v>250.0</v>
+        <v>400.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="I30" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K30" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="N30" s="6">
-        <v>206660.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680000.0</v>
+      </c>
+      <c r="O30" s="6"/>
       <c r="P30" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        <v>33</v>
+        <v>25</v>
+      </c>
+      <c r="Q30" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="R30" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="S30" s="6">
+        <v>45469786</v>
       </c>
       <c r="T30" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="U30" s="6"/>
+      <c r="V30" s="6"/>
+      <c r="W30" s="6"/>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E31" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
-        <v>250.0</v>
+        <v>400.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="N31" s="6">
-        <v>31.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>27000.0</v>
+      </c>
+      <c r="O31" s="6"/>
       <c r="P31" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        <v>33</v>
+        <v>25</v>
+      </c>
+      <c r="Q31" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="R31" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="S31" s="6">
+        <v>45469786</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="U31" s="6"/>
+        <v>101</v>
+      </c>
+      <c r="U31" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="V31" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="W31" s="6"/>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E32" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>400.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="K32" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L32" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="M32" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="M32" s="6" t="s">
+      <c r="N32" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="O32" s="6"/>
+      <c r="P32" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q32" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="N32" s="6">
-[...9 lines deleted...]
-      <c r="R32" s="6"/>
+      <c r="R32" s="6" t="s">
+        <v>97</v>
+      </c>
       <c r="S32" s="6">
         <v>45469786</v>
       </c>
       <c r="T32" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="U32" s="6"/>
+        <v>101</v>
+      </c>
+      <c r="U32" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="V32" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="W32" s="6"/>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E33" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>400.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K33" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="N33" s="6">
-        <v>52400000.0</v>
+        <v>4020000.0</v>
       </c>
       <c r="O33" s="6"/>
       <c r="P33" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q33" s="6" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="S33" s="6">
         <v>45469786</v>
       </c>
-      <c r="T33" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="T33" s="6"/>
       <c r="U33" s="6"/>
+      <c r="V33" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="W33" s="6"/>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E34" s="7">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>400.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I34" s="6" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>83</v>
+        <v>41</v>
       </c>
       <c r="K34" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="N34" s="6">
-        <v>8330000.0</v>
+        <v>4690000.0</v>
       </c>
       <c r="O34" s="6"/>
       <c r="P34" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q34" s="6" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="R34" s="6" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="S34" s="6">
         <v>45469786</v>
       </c>
-      <c r="T34" s="6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T34" s="6"/>
+      <c r="U34" s="6"/>
+      <c r="V34" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="W34" s="6"/>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E35" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>400.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="N35" s="6">
-        <v>4540000.0</v>
+        <v>2520000.0</v>
       </c>
       <c r="O35" s="6"/>
       <c r="P35" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="S35" s="6">
         <v>45469786</v>
       </c>
       <c r="T35" s="6"/>
       <c r="U35" s="6"/>
-      <c r="V35" t="s">
-        <v>34</v>
+      <c r="V35" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="W35" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="X35" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:U35"/>
+  <autoFilter ref="A2:W35"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>