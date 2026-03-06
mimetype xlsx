--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Y$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$AD$13</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -78,135 +78,252 @@
   <si>
     <t>Storage Temp</t>
   </si>
   <si>
     <t>Sample Date</t>
   </si>
   <si>
     <t>Test 1</t>
   </si>
   <si>
     <t>Test 1 Result</t>
   </si>
   <si>
     <t>Test 2</t>
   </si>
   <si>
     <t>Test 2 Result</t>
   </si>
   <si>
     <t>Test 3</t>
   </si>
   <si>
     <t>Test 3 Result</t>
   </si>
   <si>
+    <t>Stage</t>
+  </si>
+  <si>
+    <t>Treatment Status</t>
+  </si>
+  <si>
+    <t>Site of Primary Disease 1</t>
+  </si>
+  <si>
+    <t>Specific Diagnosis 1</t>
+  </si>
+  <si>
+    <t>Primary/Metastatic</t>
+  </si>
+  <si>
+    <t>Malignant/Benign</t>
+  </si>
+  <si>
     <t>TNM:</t>
   </si>
   <si>
     <t>Grade</t>
   </si>
   <si>
-    <t>Stage</t>
-[...1 lines deleted...]
-  <si>
     <t>Tumor size/ foci</t>
   </si>
   <si>
     <t>Tumor content %</t>
   </si>
   <si>
     <t>Necrosis %</t>
   </si>
   <si>
     <t>HIV-I/II, Hepatitis B, Hepatitis C Test Results</t>
   </si>
   <si>
+    <t>07B84ED86D</t>
+  </si>
+  <si>
+    <t>Ovarian Cancer</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Serum</t>
+  </si>
+  <si>
+    <t>50 Y</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>U/A</t>
+  </si>
+  <si>
+    <t>&lt;-70C</t>
+  </si>
+  <si>
+    <t>04-Mar-26</t>
+  </si>
+  <si>
+    <t>Ischemic Time</t>
+  </si>
+  <si>
+    <t>Consent Status</t>
+  </si>
+  <si>
+    <t>Consented</t>
+  </si>
+  <si>
+    <t>Broad Diagnosis</t>
+  </si>
+  <si>
+    <t>Carcinoma</t>
+  </si>
+  <si>
+    <t>III</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Ovary</t>
+  </si>
+  <si>
+    <t>Serous carcinoma</t>
+  </si>
+  <si>
+    <t>Primary</t>
+  </si>
+  <si>
+    <t>Malignant</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>22P9W2SG1V</t>
+  </si>
+  <si>
+    <t>57 Y</t>
+  </si>
+  <si>
+    <t>Metastatic</t>
+  </si>
+  <si>
+    <t>71V3F64O6A</t>
+  </si>
+  <si>
+    <t>59 Y</t>
+  </si>
+  <si>
+    <t>AQKJG822F3</t>
+  </si>
+  <si>
+    <t>71 Y</t>
+  </si>
+  <si>
+    <t>II</t>
+  </si>
+  <si>
     <t>BF19871378</t>
   </si>
   <si>
-    <t>Ovarian Cancer</t>
-[...1 lines deleted...]
-  <si>
     <t>Ukraine</t>
   </si>
   <si>
-    <t>Serum</t>
-[...1 lines deleted...]
-  <si>
     <t>45 Y</t>
   </si>
   <si>
-    <t>F</t>
-[...1 lines deleted...]
-  <si>
     <t>White</t>
   </si>
   <si>
-    <t>&lt;-70C</t>
-[...1 lines deleted...]
-  <si>
     <t>26-Sep-24</t>
   </si>
   <si>
     <t>Organ</t>
   </si>
   <si>
-    <t>Ovary</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Diagnosis</t>
   </si>
   <si>
     <t>Ovarian cancer</t>
   </si>
   <si>
     <t>Pathological Diagnosis</t>
   </si>
   <si>
     <t>Pseudomucinous adenocarcinoma</t>
   </si>
   <si>
     <t>T2N0M0</t>
   </si>
   <si>
     <t>G1</t>
   </si>
   <si>
-    <t>II</t>
-[...1 lines deleted...]
-  <si>
     <t>2*2,1*1,8</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>Negative</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
+    <t>F2GT7B4DVM</t>
+  </si>
+  <si>
+    <t>F5G8YKU4X3</t>
+  </si>
+  <si>
+    <t>79 Y</t>
+  </si>
+  <si>
+    <t>Sebaceous carcinoma</t>
+  </si>
+  <si>
+    <t>KUKQ0UGLY9</t>
+  </si>
+  <si>
+    <t>O9YPGX6W4L</t>
+  </si>
+  <si>
+    <t>66 Y</t>
+  </si>
+  <si>
+    <t>IV</t>
+  </si>
+  <si>
+    <t>OAH1AA93DS</t>
+  </si>
+  <si>
+    <t>35 Y</t>
+  </si>
+  <si>
+    <t>Endometrioid carcinoma</t>
+  </si>
+  <si>
+    <t>PCVUGM3ZV3</t>
+  </si>
+  <si>
+    <t>70 Y</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -559,84 +676,89 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP3"/>
+  <dimension ref="A1:AP13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
-    <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="1"/>
+    <col min="13" max="13" width="16.425" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="25" max="25" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
@@ -682,133 +804,979 @@
       </c>
       <c r="R2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="U2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="V2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="W2" s="5" t="s">
         <v>23</v>
       </c>
       <c r="X2" s="5" t="s">
         <v>24</v>
       </c>
       <c r="Y2" s="5" t="s">
         <v>25</v>
       </c>
+      <c r="Z2" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="AA2" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="AB2" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="AC2" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD2" s="5" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="3" spans="1:42">
       <c r="A3" s="6" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E3" s="7">
         <v>1.0</v>
       </c>
       <c r="F3" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G3" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H3" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" s="6">
+        <v>61.0</v>
+      </c>
+      <c r="O3" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q3" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R3" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S3" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T3" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U3" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V3" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W3" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X3" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y3" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z3" s="6"/>
+      <c r="AA3" s="6"/>
+      <c r="AB3" s="6"/>
+      <c r="AC3" s="6"/>
+      <c r="AD3" s="6"/>
+    </row>
+    <row r="4" spans="1:42">
+      <c r="A4" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F4" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G4" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" s="6">
+        <v>85.0</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R4" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T4" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U4" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V4" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W4" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="X4" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y4" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z4" s="6"/>
+      <c r="AA4" s="6"/>
+      <c r="AB4" s="6"/>
+      <c r="AC4" s="6"/>
+      <c r="AD4" s="6"/>
+    </row>
+    <row r="5" spans="1:42">
+      <c r="A5" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F5" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G5" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M5" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" s="6">
+        <v>70.0</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R5" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S5" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T5" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U5" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V5" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W5" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="X5" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y5" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+    </row>
+    <row r="6" spans="1:42">
+      <c r="A6" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G6" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" s="6">
+        <v>49.0</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R6" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V6" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W6" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X6" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y6" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z6" s="6"/>
+      <c r="AA6" s="6"/>
+      <c r="AB6" s="6"/>
+      <c r="AC6" s="6"/>
+      <c r="AD6" s="6"/>
+    </row>
+    <row r="7" spans="1:42">
+      <c r="A7" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F7" s="6">
         <v>3.0</v>
       </c>
-      <c r="G3" s="9">
+      <c r="G7" s="9">
         <v>450.0</v>
       </c>
-      <c r="H3" s="8" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="6" t="s">
+      <c r="H7" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T7" s="6"/>
+      <c r="U7" s="6"/>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6"/>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="Z7" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA7" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD7" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="1:42">
+      <c r="A8" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="K3" s="6" t="s">
+      <c r="C8" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="D8" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="M3" s="6" t="s">
+      <c r="E8" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" s="6">
+        <v>95.0</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R8" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S8" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T8" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U8" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V8" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W8" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X8" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y8" s="6"/>
+      <c r="Z8" s="6"/>
+      <c r="AA8" s="6"/>
+      <c r="AB8" s="6"/>
+      <c r="AC8" s="6"/>
+      <c r="AD8" s="6"/>
+      <c r="AE8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9" spans="1:42">
+      <c r="A9" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F9" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G9" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" s="6">
+        <v>64.0</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S9" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="T9" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U9" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V9" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="W9" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X9" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y9" s="6"/>
+      <c r="Z9" s="6"/>
+      <c r="AA9" s="6"/>
+      <c r="AB9" s="6"/>
+      <c r="AC9" s="6"/>
+      <c r="AD9" s="6"/>
+      <c r="AE9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:42">
+      <c r="A10" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G10" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H10" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="N3" s="6" t="s">
+      <c r="I10" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="O3" s="6" t="s">
+      <c r="J10" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P3" s="6" t="s">
+      <c r="K10" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Q3" s="6" t="s">
+      <c r="L10" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="R3" s="6" t="s">
+      <c r="M10" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="S3" s="6" t="s">
+      <c r="N10" s="6">
+        <v>61.0</v>
+      </c>
+      <c r="O10" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="T3" s="6" t="s">
+      <c r="P10" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="U3" s="6" t="s">
+      <c r="Q10" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="V3" s="6" t="s">
+      <c r="R10" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="W3" s="6" t="s">
+      <c r="S10" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="X3" s="6" t="s">
+      <c r="T10" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U10" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V10" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W10" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X10" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y10" s="6"/>
+      <c r="Z10" s="6"/>
+      <c r="AA10" s="6"/>
+      <c r="AB10" s="6"/>
+      <c r="AC10" s="6"/>
+      <c r="AD10" s="6"/>
+      <c r="AE10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42">
+      <c r="A11" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M11" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N11" s="6">
+        <v>196.0</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S11" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T11" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U11" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V11" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W11" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X11" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y11" s="6"/>
+      <c r="Z11" s="6"/>
+      <c r="AA11" s="6"/>
+      <c r="AB11" s="6"/>
+      <c r="AC11" s="6"/>
+      <c r="AD11" s="6"/>
+      <c r="AE11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:42">
+      <c r="A12" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F12" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M12" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N12" s="6">
+        <v>215.0</v>
+      </c>
+      <c r="O12" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S12" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Y3" s="6" t="s">
+      <c r="T12" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Z3" t="s">
+      <c r="U12" s="6" t="s">
         <v>47</v>
+      </c>
+      <c r="V12" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="W12" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="X12" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y12" s="6"/>
+      <c r="Z12" s="6"/>
+      <c r="AA12" s="6"/>
+      <c r="AB12" s="6"/>
+      <c r="AC12" s="6"/>
+      <c r="AD12" s="6"/>
+      <c r="AE12" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42">
+      <c r="A13" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N13" s="6">
+        <v>60.0</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="P13" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R13" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="S13" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T13" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="U13" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="V13" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W13" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="X13" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y13" s="6"/>
+      <c r="Z13" s="6"/>
+      <c r="AA13" s="6"/>
+      <c r="AB13" s="6"/>
+      <c r="AC13" s="6"/>
+      <c r="AD13" s="6"/>
+      <c r="AE13" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:Y3"/>
+  <autoFilter ref="A2:AD13"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>