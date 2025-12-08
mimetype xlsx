--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$86</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -658,50 +658,80 @@
     <t>KH25-10295</t>
   </si>
   <si>
     <t>89 + Y</t>
   </si>
   <si>
     <t>KH25-10509</t>
   </si>
   <si>
     <t>KH25-10533</t>
   </si>
   <si>
     <t>78 Y</t>
   </si>
   <si>
     <t>25-Sep-25</t>
   </si>
   <si>
     <t>KH25-10614</t>
   </si>
   <si>
     <t>KH25-10615</t>
   </si>
   <si>
     <t>KH25-11073</t>
+  </si>
+  <si>
+    <t>KH25-11396</t>
+  </si>
+  <si>
+    <t>74 Y</t>
+  </si>
+  <si>
+    <t>12-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14046</t>
+  </si>
+  <si>
+    <t>54 Y</t>
+  </si>
+  <si>
+    <t>29-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-14210</t>
+  </si>
+  <si>
+    <t>18-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14211</t>
+  </si>
+  <si>
+    <t>46 Y</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1054,51 +1084,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP86"/>
+  <dimension ref="A1:AP90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
@@ -5850,52 +5880,276 @@
       <c r="K86" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>155</v>
       </c>
       <c r="M86" s="6" t="s">
         <v>198</v>
       </c>
       <c r="N86" s="6">
         <v>1349.0</v>
       </c>
       <c r="O86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q86" s="6">
         <v>45469786</v>
       </c>
       <c r="R86" t="s">
         <v>30</v>
       </c>
     </row>
+    <row r="87" spans="1:42">
+      <c r="A87" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E87" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F87" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G87" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H87" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J87" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="M87" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="N87" s="6">
+        <v>929.0</v>
+      </c>
+      <c r="O87" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q87" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R87" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="1:42">
+      <c r="A88" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E88" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F88" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G88" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H88" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J88" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="M88" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="N88" s="6">
+        <v>356.0</v>
+      </c>
+      <c r="O88" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q88" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R88" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:42">
+      <c r="A89" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E89" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F89" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G89" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H89" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="M89" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="N89" s="6">
+        <v>1660.0</v>
+      </c>
+      <c r="O89" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q89" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R89" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="1:42">
+      <c r="A90" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E90" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F90" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G90" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H90" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J90" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="M90" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="N90" s="6">
+        <v>363.0</v>
+      </c>
+      <c r="O90" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q90" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R90" t="s">
+        <v>30</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:Q86"/>
+  <autoFilter ref="A2:Q90"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>