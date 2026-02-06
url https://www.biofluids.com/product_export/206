--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$68</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -129,609 +129,513 @@
   <si>
     <t>U/mL</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>BF19867978</t>
   </si>
   <si>
     <t>62 Y</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Hispanic</t>
   </si>
   <si>
     <t>29-Jun-25</t>
   </si>
   <si>
-    <t>BF19867980</t>
+    <t>BF19867995</t>
+  </si>
+  <si>
+    <t>80 Y</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>BF19868009</t>
+  </si>
+  <si>
+    <t>48 Y</t>
+  </si>
+  <si>
+    <t>BF19868072</t>
+  </si>
+  <si>
+    <t>47 Y</t>
+  </si>
+  <si>
+    <t>14-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868185</t>
+  </si>
+  <si>
+    <t>16 Y</t>
+  </si>
+  <si>
+    <t>20-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868186</t>
+  </si>
+  <si>
+    <t>75 Y</t>
+  </si>
+  <si>
+    <t>U/A</t>
+  </si>
+  <si>
+    <t>BF19868188</t>
+  </si>
+  <si>
+    <t>21-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868202</t>
+  </si>
+  <si>
+    <t>77 Y</t>
+  </si>
+  <si>
+    <t>BF19868204</t>
   </si>
   <si>
     <t>52 Y</t>
   </si>
   <si>
-    <t>26-Jun-25</t>
-[...44 lines deleted...]
-    <t>BF19868187</t>
+    <t>22-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868205</t>
+  </si>
+  <si>
+    <t>51 Y</t>
+  </si>
+  <si>
+    <t>BF19868207</t>
+  </si>
+  <si>
+    <t>66 Y</t>
+  </si>
+  <si>
+    <t>BF19868228</t>
+  </si>
+  <si>
+    <t>79 Y</t>
+  </si>
+  <si>
+    <t>BF19868275</t>
+  </si>
+  <si>
+    <t>56 Y</t>
+  </si>
+  <si>
+    <t>27-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868287</t>
+  </si>
+  <si>
+    <t>55 Y</t>
+  </si>
+  <si>
+    <t>BF19868301</t>
+  </si>
+  <si>
+    <t>89 Y</t>
+  </si>
+  <si>
+    <t>29-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868309</t>
+  </si>
+  <si>
+    <t>67 Y</t>
+  </si>
+  <si>
+    <t>31-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868310</t>
+  </si>
+  <si>
+    <t>82 Y</t>
+  </si>
+  <si>
+    <t>01-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868320</t>
+  </si>
+  <si>
+    <t>64 Y</t>
+  </si>
+  <si>
+    <t>Asian</t>
+  </si>
+  <si>
+    <t>03-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868535</t>
+  </si>
+  <si>
+    <t>85 Y</t>
+  </si>
+  <si>
+    <t>28-Jul-25</t>
+  </si>
+  <si>
+    <t>BF19868546</t>
   </si>
   <si>
     <t>76 Y</t>
   </si>
   <si>
-    <t>21-Jul-25</t>
-[...23 lines deleted...]
-    <t>BF19868206</t>
+    <t>04-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868572</t>
+  </si>
+  <si>
+    <t>73 Y</t>
+  </si>
+  <si>
+    <t>06-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868584</t>
+  </si>
+  <si>
+    <t>99 Y</t>
+  </si>
+  <si>
+    <t>10-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868586</t>
+  </si>
+  <si>
+    <t>BF19868611</t>
+  </si>
+  <si>
+    <t>34 Y</t>
+  </si>
+  <si>
+    <t>15-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868635</t>
+  </si>
+  <si>
+    <t>17-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868657</t>
+  </si>
+  <si>
+    <t>20-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868696</t>
+  </si>
+  <si>
+    <t>01-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19868711</t>
+  </si>
+  <si>
+    <t>53 Y</t>
+  </si>
+  <si>
+    <t>02-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19868717</t>
+  </si>
+  <si>
+    <t>60 Y</t>
+  </si>
+  <si>
+    <t>03-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19868718</t>
+  </si>
+  <si>
+    <t>69 Y</t>
+  </si>
+  <si>
+    <t>BF19868726</t>
+  </si>
+  <si>
+    <t>BF19868728</t>
+  </si>
+  <si>
+    <t>19-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868729</t>
+  </si>
+  <si>
+    <t>70 Y</t>
+  </si>
+  <si>
+    <t>18-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19868768</t>
+  </si>
+  <si>
+    <t>24-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19868781</t>
+  </si>
+  <si>
+    <t>63 Y</t>
+  </si>
+  <si>
+    <t>BF19868792</t>
+  </si>
+  <si>
+    <t>14 Y</t>
+  </si>
+  <si>
+    <t>28-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19868807</t>
+  </si>
+  <si>
+    <t>90 Y</t>
+  </si>
+  <si>
+    <t>02-Oct-25</t>
+  </si>
+  <si>
+    <t>BF19868809</t>
+  </si>
+  <si>
+    <t>43 Y</t>
+  </si>
+  <si>
+    <t>BF19868825</t>
+  </si>
+  <si>
+    <t>59 Y</t>
+  </si>
+  <si>
+    <t>05-Oct-25</t>
+  </si>
+  <si>
+    <t>BF19868826</t>
+  </si>
+  <si>
+    <t>61 Y</t>
+  </si>
+  <si>
+    <t>BF19868827</t>
+  </si>
+  <si>
+    <t>84 Y</t>
+  </si>
+  <si>
+    <t>BF19868828</t>
+  </si>
+  <si>
+    <t>06-Oct-25</t>
+  </si>
+  <si>
+    <t>BF19868829</t>
+  </si>
+  <si>
+    <t>BF19870299</t>
+  </si>
+  <si>
+    <t>10 Y</t>
+  </si>
+  <si>
+    <t>07-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19870300</t>
+  </si>
+  <si>
+    <t>35 Y</t>
+  </si>
+  <si>
+    <t>08-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19870321</t>
+  </si>
+  <si>
+    <t>09-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19870336</t>
+  </si>
+  <si>
+    <t>14-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19870344</t>
+  </si>
+  <si>
+    <t>86 Y</t>
+  </si>
+  <si>
+    <t>15-Sep-25</t>
+  </si>
+  <si>
+    <t>BF19870648</t>
+  </si>
+  <si>
+    <t>41 Y</t>
+  </si>
+  <si>
+    <t>11-Jun-25</t>
+  </si>
+  <si>
+    <t>BF19870649</t>
+  </si>
+  <si>
+    <t>13-Jun-25</t>
+  </si>
+  <si>
+    <t>BF19870738</t>
+  </si>
+  <si>
+    <t>65 Y</t>
+  </si>
+  <si>
+    <t>16-Jun-25</t>
+  </si>
+  <si>
+    <t>BF19870740</t>
+  </si>
+  <si>
+    <t>BF19870794</t>
+  </si>
+  <si>
+    <t>29 Y</t>
+  </si>
+  <si>
+    <t>06-Jun-25</t>
+  </si>
+  <si>
+    <t>BF19870813</t>
+  </si>
+  <si>
+    <t>01-Jun-25</t>
+  </si>
+  <si>
+    <t>BF19870814</t>
+  </si>
+  <si>
+    <t>KH25-06470</t>
+  </si>
+  <si>
+    <t>12-Jun-25</t>
+  </si>
+  <si>
+    <t>Abbott Architect Immunoturbidimetric</t>
+  </si>
+  <si>
+    <t>KH25-06471</t>
+  </si>
+  <si>
+    <t>58 Y</t>
+  </si>
+  <si>
+    <t>KH25-06756</t>
   </si>
   <si>
     <t>72 Y</t>
   </si>
   <si>
-    <t>BF19868207</t>
-[...239 lines deleted...]
-    <t>BF19868791</t>
+    <t>07-Jul-25</t>
+  </si>
+  <si>
+    <t>KH25-07682</t>
   </si>
   <si>
     <t>29-Sep-25</t>
   </si>
   <si>
-    <t>&gt;650</t>
-[...169 lines deleted...]
-  <si>
     <t>KH25-10295</t>
   </si>
   <si>
     <t>89 + Y</t>
   </si>
   <si>
     <t>KH25-10509</t>
   </si>
   <si>
-    <t>KH25-10533</t>
+    <t>KH25-12343</t>
   </si>
   <si>
     <t>78 Y</t>
   </si>
   <si>
-    <t>25-Sep-25</t>
-[...17 lines deleted...]
-    <t>12-Nov-25</t>
+    <t>18-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12422</t>
+  </si>
+  <si>
+    <t>29-Dec-25</t>
   </si>
   <si>
     <t>KH25-14046</t>
   </si>
   <si>
     <t>54 Y</t>
   </si>
   <si>
     <t>29-Oct-25</t>
   </si>
   <si>
-    <t>KH25-14210</t>
+    <t>KH25-14211</t>
+  </si>
+  <si>
+    <t>46 Y</t>
   </si>
   <si>
     <t>18-Nov-25</t>
-  </si>
-[...4 lines deleted...]
-    <t>46 Y</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1084,51 +988,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP90"/>
+  <dimension ref="A1:AP68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
@@ -1314,4842 +1218,3610 @@
       <c r="A5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="7">
         <v>1.5</v>
       </c>
       <c r="F5" s="6">
         <v>1.0</v>
       </c>
       <c r="G5" s="9">
         <v>250.0</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J5" s="6" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="6">
-        <v>513.0</v>
+        <v>389.0</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="7">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="F6" s="6">
         <v>1.0</v>
       </c>
       <c r="G6" s="9">
         <v>250.0</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N6" s="6">
-        <v>389.0</v>
+        <v>415.0</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:42">
       <c r="A7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F7" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G7" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H7" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="6" t="s">
-[...17 lines deleted...]
-      <c r="H7" s="8" t="s">
+      <c r="I7" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="I7" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N7" s="6">
-        <v>415.0</v>
+        <v>371.0</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:42">
       <c r="A8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="7">
-        <v>1.4</v>
+        <v>1.6</v>
       </c>
       <c r="F8" s="6">
         <v>1.0</v>
       </c>
       <c r="G8" s="9">
         <v>250.0</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>45</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N8" s="6">
-        <v>371.0</v>
+        <v>454.0</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:42">
       <c r="A9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="7">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="F9" s="6">
         <v>1.0</v>
       </c>
       <c r="G9" s="9">
         <v>250.0</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>48</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J9" s="6" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="M9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N9" s="6">
-        <v>454.0</v>
+        <v>305.0</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:42">
       <c r="A10" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F10" s="6">
         <v>1.0</v>
       </c>
       <c r="G10" s="9">
         <v>250.0</v>
       </c>
       <c r="H10" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="I10" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N10" s="6">
-        <v>305.0</v>
+        <v>340.0</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:42">
       <c r="A11" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.1</v>
+      </c>
+      <c r="F11" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H11" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I11" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N11" s="6">
-        <v>521.0</v>
+        <v>393.0</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:42">
       <c r="A12" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="F12" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L12" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N12" s="6">
-        <v>340.0</v>
+        <v>316.0</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:42">
       <c r="A13" s="6" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="7">
-        <v>1.1</v>
+        <v>1.3</v>
       </c>
       <c r="F13" s="6">
         <v>1.0</v>
       </c>
       <c r="G13" s="9">
         <v>250.0</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>58</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N13" s="6">
-        <v>393.0</v>
+        <v>323.0</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R13" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:42">
       <c r="A14" s="6" t="s">
         <v>59</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="7">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="F14" s="6">
         <v>1.0</v>
       </c>
       <c r="G14" s="9">
         <v>250.0</v>
       </c>
       <c r="H14" s="8" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N14" s="6">
-        <v>316.0</v>
+        <v>446.0</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:42">
       <c r="A15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="7">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="9">
         <v>250.0</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N15" s="6">
-        <v>323.0</v>
+        <v>322.0</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:42">
       <c r="A16" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="7">
-        <v>1.1</v>
+        <v>1.2</v>
       </c>
       <c r="F16" s="6">
         <v>1.0</v>
       </c>
       <c r="G16" s="9">
         <v>250.0</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>64</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N16" s="6">
-        <v>567.0</v>
+        <v>302.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:42">
       <c r="A17" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="7">
+        <v>1.1</v>
+      </c>
+      <c r="F17" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="B17" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N17" s="6">
-        <v>446.0</v>
+        <v>338.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R17" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:42">
       <c r="A18" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="7">
         <v>1.5</v>
       </c>
       <c r="F18" s="6">
         <v>1.0</v>
       </c>
       <c r="G18" s="9">
         <v>250.0</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N18" s="6">
-        <v>322.0</v>
+        <v>452.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:42">
       <c r="A19" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="7">
-        <v>1.2</v>
+        <v>1.1</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="9">
         <v>250.0</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N19" s="6">
-        <v>302.0</v>
+        <v>376.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R19" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:42">
       <c r="A20" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="7">
-        <v>1.1</v>
+        <v>1.7</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="9">
         <v>250.0</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N20" s="6">
-        <v>338.0</v>
+        <v>366.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:42">
       <c r="A21" s="6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="7">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F21" s="6">
         <v>1.0</v>
       </c>
       <c r="G21" s="9">
         <v>250.0</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N21" s="6">
-        <v>452.0</v>
+        <v>455.0</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R21" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:42">
       <c r="A22" s="6" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="7">
-        <v>1.1</v>
+        <v>1.5</v>
       </c>
       <c r="F22" s="6">
         <v>1.0</v>
       </c>
       <c r="G22" s="9">
         <v>250.0</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="I22" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N22" s="6">
-        <v>376.0</v>
+        <v>483.0</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R22" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:42">
       <c r="A23" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="7">
-        <v>1.7</v>
+        <v>1.2</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>
       </c>
       <c r="G23" s="9">
         <v>250.0</v>
       </c>
       <c r="H23" s="8" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N23" s="6">
-        <v>366.0</v>
+        <v>382.0</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R23" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:42">
       <c r="A24" s="6" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="7">
         <v>1.5</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>250.0</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="I24" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N24" s="6">
-        <v>535.0</v>
+        <v>344.0</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="7">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="F25" s="6">
         <v>1.0</v>
       </c>
       <c r="G25" s="9">
         <v>250.0</v>
       </c>
       <c r="H25" s="8" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N25" s="6">
-        <v>455.0</v>
+        <v>343.0</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R25" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="7">
-        <v>1.1</v>
+        <v>1.5</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>250.0</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>92</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N26" s="6">
-        <v>580.0</v>
+        <v>341.0</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="7">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>250.0</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N27" s="6">
-        <v>483.0</v>
+        <v>389.0</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R27" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="7">
         <v>1.4</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>250.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N28" s="6">
-        <v>530.0</v>
+        <v>324.0</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R28" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="7">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>250.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N29" s="6">
-        <v>382.0</v>
+        <v>491.0</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R29" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>250.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>102</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N30" s="6">
-        <v>344.0</v>
+        <v>352.0</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R30" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="7">
-        <v>1.5</v>
+        <v>1.2</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>250.0</v>
       </c>
       <c r="H31" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N31" s="6">
-        <v>343.0</v>
+        <v>371.0</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="7">
         <v>1.5</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>250.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N32" s="6">
-        <v>341.0</v>
+        <v>424.0</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R32" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="7">
-        <v>1.8</v>
+        <v>1.4</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>250.0</v>
       </c>
       <c r="H33" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L33" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="I33" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N33" s="6">
-        <v>389.0</v>
+        <v>421.0</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R33" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="7">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>250.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N34" s="6">
-        <v>324.0</v>
+        <v>456.0</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R34" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>250.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>113</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N35" s="6">
-        <v>491.0</v>
+        <v>403.0</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R35" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:42">
       <c r="A36" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="7">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="F36" s="6">
         <v>1.0</v>
       </c>
       <c r="G36" s="9">
         <v>250.0</v>
       </c>
       <c r="H36" s="8" t="s">
         <v>115</v>
       </c>
       <c r="I36" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>116</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N36" s="6">
-        <v>546.0</v>
+        <v>360.0</v>
       </c>
       <c r="O36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R36" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:42">
       <c r="A37" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="7">
-        <v>1.0</v>
+        <v>1.4</v>
       </c>
       <c r="F37" s="6">
         <v>1.0</v>
       </c>
       <c r="G37" s="9">
         <v>250.0</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>118</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N37" s="6">
-        <v>352.0</v>
+        <v>344.0</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R37" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:42">
       <c r="A38" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="7">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="F38" s="6">
         <v>1.0</v>
       </c>
       <c r="G38" s="9">
         <v>250.0</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>120</v>
       </c>
       <c r="I38" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N38" s="6">
-        <v>371.0</v>
+        <v>471.0</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R38" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:42">
       <c r="A39" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E39" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="F39" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G39" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H39" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="B39" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I39" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N39" s="6">
-        <v>564.0</v>
+        <v>421</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R39" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:42">
       <c r="A40" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="7">
         <v>1.5</v>
       </c>
       <c r="F40" s="6">
         <v>1.0</v>
       </c>
       <c r="G40" s="9">
         <v>250.0</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N40" s="6">
-        <v>424.0</v>
+        <v>417</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q40" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:42">
       <c r="A41" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="7">
         <v>1.4</v>
       </c>
       <c r="F41" s="6">
         <v>1.0</v>
       </c>
       <c r="G41" s="9">
         <v>250.0</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N41" s="6">
-        <v>421.0</v>
+        <v>321</v>
       </c>
       <c r="O41" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q41" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R41" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:42">
       <c r="A42" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="7">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="9">
         <v>250.0</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N42" s="6">
-        <v>456.0</v>
+        <v>345.0</v>
       </c>
       <c r="O42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R42" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:42">
       <c r="A43" s="6" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="7">
-        <v>1.0</v>
+        <v>1.6</v>
       </c>
       <c r="F43" s="6">
         <v>1.0</v>
       </c>
       <c r="G43" s="9">
         <v>250.0</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N43" s="6">
-        <v>403.0</v>
+        <v>370.0</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R43" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:42">
       <c r="A44" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F44" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G44" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="B44" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M44" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N44" s="6">
-        <v>360.0</v>
+        <v>430.0</v>
       </c>
       <c r="O44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q44" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:42">
       <c r="A45" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E45" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="F45" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G45" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H45" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="B45" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I45" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N45" s="6">
-        <v>554.0</v>
+        <v>328.0</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q45" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R45" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:42">
       <c r="A46" s="6" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="7">
-        <v>1.3</v>
+        <v>1.7</v>
       </c>
       <c r="F46" s="6">
         <v>1.0</v>
       </c>
       <c r="G46" s="9">
         <v>250.0</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I46" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>113</v>
+        <v>137</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N46" s="6">
-        <v>572.0</v>
+        <v>448.0</v>
       </c>
       <c r="O46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q46" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R46" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="7">
         <v>2.0</v>
       </c>
       <c r="F47" s="6">
         <v>1.0</v>
       </c>
       <c r="G47" s="9">
         <v>250.0</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>113</v>
+        <v>141</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N47" s="6">
-        <v>561.0</v>
+        <v>364.0</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R47" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="7">
         <v>1.4</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
         <v>250.0</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>62</v>
+        <v>143</v>
       </c>
       <c r="I48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J48" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N48" s="6">
-        <v>344.0</v>
+        <v>480.0</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R48" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="7">
-        <v>1.3</v>
+        <v>1.1</v>
       </c>
       <c r="F49" s="6">
         <v>1.0</v>
       </c>
       <c r="G49" s="9">
         <v>250.0</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>136</v>
+        <v>60</v>
       </c>
       <c r="I49" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N49" s="6">
-        <v>471.0</v>
+        <v>429.0</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R49" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E50" s="7">
+        <v>1.6</v>
+      </c>
+      <c r="F50" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G50" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H50" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="B50" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I50" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N50" s="6">
-        <v>650.0</v>
+        <v>304.0</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q50" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R50" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:42">
       <c r="A51" s="6" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="7">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="F51" s="6">
         <v>1.0</v>
       </c>
       <c r="G51" s="9">
         <v>250.0</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N51" s="6">
-        <v>1700.0</v>
+        <v>329.0</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R51" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="7">
-        <v>1.0</v>
+        <v>1.1</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
         <v>250.0</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="I52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N52" s="6">
-        <v>753</v>
+        <v>386.0</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R52" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="7">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>250.0</v>
       </c>
       <c r="H53" s="8" t="s">
         <v>32</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="N53" s="6" t="s">
-        <v>147</v>
+      <c r="N53" s="6">
+        <v>325.0</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R53" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="7">
-        <v>1.4</v>
+        <v>2.4</v>
       </c>
       <c r="F54" s="6">
         <v>1.0</v>
       </c>
       <c r="G54" s="9">
         <v>250.0</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="I54" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N54" s="6">
-        <v>421</v>
+        <v>362.0</v>
       </c>
       <c r="O54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q54" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R54" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="7">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>250.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>151</v>
+        <v>120</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N55" s="6">
-        <v>611</v>
+        <v>371.0</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R55" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="7">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>250.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="I56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N56" s="6">
-        <v>417</v>
+        <v>495.0</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R56" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="7">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>250.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N57" s="6">
-        <v>792</v>
+        <v>440.0</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R57" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="7">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>250.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I58" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N58" s="6">
-        <v>321</v>
+        <v>320.0</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R58" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="7">
-        <v>1.4</v>
+        <v>1.0</v>
       </c>
       <c r="F59" s="6">
         <v>1.0</v>
       </c>
       <c r="G59" s="9">
         <v>250.0</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N59" s="6">
-        <v>345.0</v>
+        <v>373.0</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q59" s="6" t="s">
-        <v>29</v>
+      <c r="Q59" s="6">
+        <v>45469786</v>
       </c>
       <c r="R59" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="7">
-        <v>1.6</v>
+        <v>1.25</v>
       </c>
       <c r="F60" s="6">
         <v>1.0</v>
       </c>
       <c r="G60" s="9">
         <v>250.0</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="I60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N60" s="6">
-        <v>370.0</v>
+        <v>301.0</v>
       </c>
       <c r="O60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q60" s="6" t="s">
-        <v>29</v>
+      <c r="Q60" s="6">
+        <v>45469786</v>
       </c>
       <c r="R60" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="7">
         <v>1.5</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
         <v>250.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N61" s="6">
-        <v>430.0</v>
+        <v>486.0</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q61" s="6" t="s">
-        <v>29</v>
+      <c r="Q61" s="6">
+        <v>45469786</v>
       </c>
       <c r="R61" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="7">
-        <v>1.7</v>
+        <v>2.0</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>250.0</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>163</v>
+        <v>82</v>
       </c>
       <c r="I62" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N62" s="6">
-        <v>328.0</v>
+        <v>392.0</v>
       </c>
       <c r="O62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q62" s="6" t="s">
-        <v>29</v>
+      <c r="Q62" s="6">
+        <v>45469786</v>
       </c>
       <c r="R62" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:42">
       <c r="A63" s="6" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="7">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="F63" s="6">
         <v>1.0</v>
       </c>
       <c r="G63" s="9">
         <v>250.0</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>167</v>
+        <v>108</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N63" s="6">
-        <v>448.0</v>
+        <v>476.0</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q63" s="6" t="s">
-        <v>29</v>
+      <c r="Q63" s="6">
+        <v>45469786</v>
       </c>
       <c r="R63" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:42">
       <c r="A64" s="6" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="7">
         <v>2.0</v>
       </c>
       <c r="F64" s="6">
         <v>1.0</v>
       </c>
       <c r="G64" s="9">
         <v>250.0</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>170</v>
+        <v>48</v>
       </c>
       <c r="I64" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>171</v>
+        <v>118</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N64" s="6">
-        <v>364.0</v>
+        <v>452.0</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q64" s="6" t="s">
-        <v>29</v>
+      <c r="Q64" s="6">
+        <v>45469786</v>
       </c>
       <c r="R64" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65" spans="1:42">
       <c r="A65" s="6" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="7">
-        <v>1.4</v>
+        <v>1.25</v>
       </c>
       <c r="F65" s="6">
         <v>1.0</v>
       </c>
       <c r="G65" s="9">
         <v>250.0</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="I65" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N65" s="6">
-        <v>480.0</v>
+        <v>303.0</v>
       </c>
       <c r="O65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P65" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q65" s="6" t="s">
-        <v>29</v>
+      <c r="Q65" s="6">
+        <v>45469786</v>
       </c>
       <c r="R65" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:42">
       <c r="A66" s="6" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="7">
-        <v>1.1</v>
+        <v>1.5</v>
       </c>
       <c r="F66" s="6">
         <v>1.0</v>
       </c>
       <c r="G66" s="9">
         <v>250.0</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="I66" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N66" s="6">
-        <v>429.0</v>
+        <v>338.0</v>
       </c>
       <c r="O66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P66" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q66" s="6" t="s">
-        <v>29</v>
+      <c r="Q66" s="6">
+        <v>45469786</v>
       </c>
       <c r="R66" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="67" spans="1:42">
       <c r="A67" s="6" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="7">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="F67" s="6">
         <v>1.0</v>
       </c>
       <c r="G67" s="9">
         <v>250.0</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="I67" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N67" s="6">
-        <v>304.0</v>
+        <v>356.0</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P67" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q67" s="6" t="s">
-        <v>29</v>
+      <c r="Q67" s="6">
+        <v>45469786</v>
       </c>
       <c r="R67" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:42">
       <c r="A68" s="6" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F68" s="6">
         <v>1.0</v>
       </c>
       <c r="G68" s="9">
         <v>250.0</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>84</v>
+        <v>189</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J68" s="6" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="N68" s="6">
-        <v>329.0</v>
+        <v>363.0</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q68" s="6" t="s">
-        <v>29</v>
+      <c r="Q68" s="6">
+        <v>45469786</v>
       </c>
       <c r="R68" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="69" spans="1:42">
-[...1230 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:Q90"/>
+  <autoFilter ref="A2:Q68"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>