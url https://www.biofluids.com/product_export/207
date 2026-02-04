--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$61</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -306,113 +306,71 @@
   <si>
     <t>57 Y</t>
   </si>
   <si>
     <t>01-Jul-25</t>
   </si>
   <si>
     <t>KH25-06648</t>
   </si>
   <si>
     <t>KH25-06649</t>
   </si>
   <si>
     <t>74 Y</t>
   </si>
   <si>
     <t>KH25-06795</t>
   </si>
   <si>
     <t>38 Y</t>
   </si>
   <si>
     <t>14-Jul-25</t>
   </si>
   <si>
-    <t>KH25-06900</t>
-[...7 lines deleted...]
-  <si>
     <t>KH25-07357</t>
   </si>
   <si>
     <t>21-May-25</t>
   </si>
   <si>
-    <t>KH25-07587</t>
-[...19 lines deleted...]
-  <si>
     <t>KH25-07643</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
     <t>18-Sep-25</t>
   </si>
   <si>
-    <t>KH25-07762</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-07763</t>
   </si>
   <si>
     <t>10-Oct-25</t>
   </si>
   <si>
-    <t>KH25-07783</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-09258</t>
   </si>
   <si>
     <t>89 Y</t>
   </si>
   <si>
     <t>31-May-25</t>
   </si>
   <si>
     <t>KH25-09259</t>
   </si>
   <si>
     <t>39 Y</t>
   </si>
   <si>
     <t>27-May-25</t>
   </si>
   <si>
     <t>KH25-09263</t>
   </si>
   <si>
     <t>KH25-09264</t>
   </si>
   <si>
     <t>16-Jun-25</t>
@@ -429,138 +387,156 @@
   <si>
     <t>KH25-09863</t>
   </si>
   <si>
     <t>06-Oct-25</t>
   </si>
   <si>
     <t>KH25-09867</t>
   </si>
   <si>
     <t>23 Y</t>
   </si>
   <si>
     <t>07-Oct-25</t>
   </si>
   <si>
     <t>KH25-09869</t>
   </si>
   <si>
     <t>KH25-09920</t>
   </si>
   <si>
     <t>09-Oct-25</t>
   </si>
   <si>
-    <t>KH25-09921</t>
+    <t>KH25-09922</t>
+  </si>
+  <si>
+    <t>31 Y</t>
   </si>
   <si>
     <t>08-Oct-25</t>
   </si>
   <si>
-    <t>KH25-09922</t>
-[...7 lines deleted...]
-  <si>
     <t>KH25-10307</t>
   </si>
   <si>
     <t>54 Y</t>
   </si>
   <si>
     <t>04-Sep-25</t>
   </si>
   <si>
-    <t>KH25-10308</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-10309</t>
   </si>
   <si>
     <t>03-Sep-25</t>
   </si>
   <si>
     <t>KH25-10616</t>
   </si>
   <si>
     <t>02-Oct-25</t>
   </si>
   <si>
     <t>KH25-11062</t>
   </si>
   <si>
     <t>30-Sep-25</t>
   </si>
   <si>
-    <t>KH25-11199</t>
-[...13 lines deleted...]
-  <si>
     <t>KH25-11421</t>
   </si>
   <si>
     <t>19-Nov-25</t>
   </si>
   <si>
     <t>KH25-11437</t>
   </si>
   <si>
     <t>20-Nov-25</t>
   </si>
   <si>
     <t>KH25-12107</t>
   </si>
   <si>
     <t>31-Oct-25</t>
   </si>
   <si>
     <t>KH25-12110</t>
   </si>
   <si>
     <t>KH25-12261</t>
   </si>
   <si>
     <t>26-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12419</t>
+  </si>
+  <si>
+    <t>26-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12430</t>
+  </si>
+  <si>
+    <t>30-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12431</t>
+  </si>
+  <si>
+    <t>KH25-12434</t>
+  </si>
+  <si>
+    <t>31-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14357</t>
+  </si>
+  <si>
+    <t>02-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14358</t>
+  </si>
+  <si>
+    <t>KH25-14531</t>
+  </si>
+  <si>
+    <t>02-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14532</t>
+  </si>
+  <si>
+    <t>KH25-14584</t>
+  </si>
+  <si>
+    <t>07-Jan-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -913,51 +889,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP63"/>
+  <dimension ref="A1:AP61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
@@ -2531,1942 +2507,1830 @@
       </c>
       <c r="P29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q29" s="6">
         <v>45469786</v>
       </c>
       <c r="R29" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
         <v>95</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H30" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L30" s="6" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N30" s="6">
-        <v>9.2</v>
+        <v>4.7</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q30" s="6">
         <v>45469786</v>
       </c>
       <c r="R30" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N31" s="6">
-        <v>4.7</v>
+        <v>16.1</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="6">
         <v>45469786</v>
       </c>
       <c r="R31" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
         <v>100</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N32" s="6">
-        <v>6.8</v>
+        <v>42.8</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q32" s="6">
         <v>45469786</v>
       </c>
       <c r="R32" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
         <v>102</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="7">
         <v>1.5</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J33" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N33" s="6">
-        <v>8.9</v>
+        <v>3.1</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q33" s="6">
         <v>45469786</v>
       </c>
       <c r="R33" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="7">
-        <v>1.75</v>
+        <v>1.0</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N34" s="6">
-        <v>8.5</v>
+        <v>3.0</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q34" s="6">
         <v>45469786</v>
       </c>
       <c r="R34" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="7">
         <v>1.5</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N35" s="6">
-        <v>16.1</v>
+        <v>3.0</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q35" s="6">
         <v>45469786</v>
       </c>
       <c r="R35" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:42">
       <c r="A36" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F36" s="6">
         <v>1.0</v>
       </c>
       <c r="G36" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N36" s="6">
-        <v>9.3</v>
+        <v>3.2</v>
       </c>
       <c r="O36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q36" s="6">
         <v>45469786</v>
       </c>
       <c r="R36" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:42">
       <c r="A37" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F37" s="6">
         <v>1.0</v>
       </c>
       <c r="G37" s="9">
-        <v>250.0</v>
+        <v>100.0</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N37" s="6">
-        <v>42.8</v>
+        <v>3.2</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q37" s="6">
         <v>45469786</v>
       </c>
       <c r="R37" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:42">
       <c r="A38" s="6" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F38" s="6">
         <v>1.0</v>
       </c>
       <c r="G38" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N38" s="6">
-        <v>8.6</v>
+        <v>4.7</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q38" s="6">
         <v>45469786</v>
       </c>
       <c r="R38" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:42">
       <c r="A39" s="6" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="7">
         <v>1.5</v>
       </c>
       <c r="F39" s="6">
         <v>1.0</v>
       </c>
       <c r="G39" s="9">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N39" s="6">
-        <v>3.1</v>
+        <v>6.9</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q39" s="6">
         <v>45469786</v>
       </c>
       <c r="R39" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:42">
       <c r="A40" s="6" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F40" s="6">
         <v>1.0</v>
       </c>
       <c r="G40" s="9">
-        <v>100.0</v>
+        <v>250.0</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J40" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N40" s="6">
-        <v>3.0</v>
+        <v>54.0</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q40" s="6">
         <v>45469786</v>
       </c>
       <c r="R40" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:42">
       <c r="A41" s="6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F41" s="6">
         <v>1.0</v>
       </c>
       <c r="G41" s="9">
-        <v>100.0</v>
+        <v>250.0</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J41" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N41" s="6">
-        <v>3.0</v>
+        <v>54.0</v>
       </c>
       <c r="O41" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q41" s="6">
         <v>45469786</v>
       </c>
       <c r="R41" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:42">
       <c r="A42" s="6" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="7">
         <v>1.0</v>
       </c>
       <c r="F42" s="6">
         <v>1.0</v>
       </c>
       <c r="G42" s="9">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N42" s="6">
-        <v>3.2</v>
+        <v>18.3</v>
       </c>
       <c r="O42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q42" s="6">
         <v>45469786</v>
       </c>
       <c r="R42" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:42">
       <c r="A43" s="6" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="7">
-        <v>1.0</v>
+        <v>3.5</v>
       </c>
       <c r="F43" s="6">
         <v>1.0</v>
       </c>
       <c r="G43" s="9">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>124</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N43" s="6">
-        <v>3.2</v>
+        <v>21.1</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q43" s="6">
         <v>45469786</v>
       </c>
       <c r="R43" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:42">
       <c r="A44" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F44" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G44" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H44" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="B44" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I44" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J44" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>127</v>
       </c>
       <c r="M44" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N44" s="6">
-        <v>4.7</v>
+        <v>10.0</v>
       </c>
       <c r="O44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q44" s="6">
         <v>45469786</v>
       </c>
       <c r="R44" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:42">
       <c r="A45" s="6" t="s">
         <v>128</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="7">
         <v>1.5</v>
       </c>
       <c r="F45" s="6">
         <v>1.0</v>
       </c>
       <c r="G45" s="9">
         <v>150.0</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="I45" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>129</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N45" s="6">
-        <v>6.9</v>
+        <v>7.8</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q45" s="6">
         <v>45469786</v>
       </c>
       <c r="R45" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:42">
       <c r="A46" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F46" s="6">
         <v>1.0</v>
       </c>
       <c r="G46" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>131</v>
+        <v>79</v>
       </c>
       <c r="I46" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J46" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N46" s="6">
-        <v>54.0</v>
+        <v>15.4</v>
       </c>
       <c r="O46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q46" s="6">
         <v>45469786</v>
       </c>
       <c r="R46" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F47" s="6">
         <v>1.0</v>
       </c>
       <c r="G47" s="9">
         <v>250.0</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N47" s="6">
-        <v>54.0</v>
+        <v>40.4</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q47" s="6">
         <v>45469786</v>
       </c>
       <c r="R47" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
-        <v>150.0</v>
+        <v>500.0</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="J48" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>135</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N48" s="6">
-        <v>18.3</v>
+        <v>182718.0</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q48" s="6">
         <v>45469786</v>
       </c>
       <c r="R48" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F49" s="6">
         <v>1.0</v>
       </c>
       <c r="G49" s="9">
-        <v>150.0</v>
+        <v>500.0</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J49" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>137</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N49" s="6">
-        <v>6.9</v>
+        <v>46851.4</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q49" s="6">
         <v>45469786</v>
       </c>
       <c r="R49" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="7">
-        <v>3.5</v>
+        <v>1.0</v>
       </c>
       <c r="F50" s="6">
         <v>1.0</v>
       </c>
       <c r="G50" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="I50" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N50" s="6">
-        <v>21.1</v>
+        <v>650.4</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q50" s="6">
         <v>45469786</v>
       </c>
       <c r="R50" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:42">
       <c r="A51" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="7">
-        <v>3.5</v>
+        <v>1.0</v>
       </c>
       <c r="F51" s="6">
         <v>1.0</v>
       </c>
       <c r="G51" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N51" s="6">
-        <v>9.2</v>
+        <v>650.4</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q51" s="6">
         <v>45469786</v>
       </c>
       <c r="R51" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
-        <v>150.0</v>
+        <v>500.0</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>142</v>
+        <v>91</v>
       </c>
       <c r="I52" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J52" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N52" s="6">
-        <v>10.0</v>
+        <v>68709.4</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q52" s="6">
         <v>45469786</v>
       </c>
       <c r="R52" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="7">
         <v>1.25</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>150.0</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>145</v>
+        <v>31</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N53" s="6">
-        <v>9.4</v>
+        <v>55.7</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q53" s="6">
         <v>45469786</v>
       </c>
       <c r="R53" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E54" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F54" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G54" s="9">
+        <v>500.0</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L54" s="6" t="s">
         <v>146</v>
-      </c>
-[...31 lines deleted...]
-        <v>147</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N54" s="6">
-        <v>7.8</v>
+        <v>11745.5</v>
       </c>
       <c r="O54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q54" s="6">
         <v>45469786</v>
       </c>
       <c r="R54" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="7">
-        <v>2.0</v>
+        <v>1.75</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
-        <v>150.0</v>
+        <v>500.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N55" s="6">
-        <v>15.4</v>
+        <v>11745.5</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q55" s="6">
         <v>45469786</v>
       </c>
       <c r="R55" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="7">
-        <v>1.75</v>
+        <v>2.0</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>250.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="I56" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N56" s="6">
-        <v>40.4</v>
+        <v>101.2</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q56" s="6">
         <v>45469786</v>
       </c>
       <c r="R56" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="7">
-        <v>2.0</v>
+        <v>1.75</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N57" s="6">
-        <v>7.0</v>
+        <v>121.9</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q57" s="6">
         <v>45469786</v>
       </c>
       <c r="R57" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="7">
         <v>2.0</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>155</v>
+        <v>87</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N58" s="6">
-        <v>7.4</v>
+        <v>121.9</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q58" s="6">
         <v>45469786</v>
       </c>
       <c r="R58" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F59" s="6">
         <v>1.0</v>
       </c>
       <c r="G59" s="9">
         <v>500.0</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N59" s="6">
-        <v>182718.0</v>
+        <v>5040.7</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q59" s="6">
         <v>45469786</v>
       </c>
       <c r="R59" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F60" s="6">
         <v>1.0</v>
       </c>
       <c r="G60" s="9">
         <v>500.0</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="I60" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N60" s="6">
-        <v>46851.4</v>
+        <v>5040.7</v>
       </c>
       <c r="O60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q60" s="6">
         <v>45469786</v>
       </c>
       <c r="R60" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="I61" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J61" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N61" s="6">
-        <v>650.4</v>
+        <v>54.4</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q61" s="6">
         <v>45469786</v>
       </c>
       <c r="R61" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="62" spans="1:42">
-[...110 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:Q63"/>
+  <autoFilter ref="A2:Q61"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>