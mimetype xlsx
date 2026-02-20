--- v0 (2025-12-08)
+++ v1 (2026-02-20)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$133</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$174</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -682,50 +682,74 @@
   <si>
     <t>KH25-11147</t>
   </si>
   <si>
     <t>KH25-11399</t>
   </si>
   <si>
     <t>KH25-11400</t>
   </si>
   <si>
     <t>22 M</t>
   </si>
   <si>
     <t>KH25-11401</t>
   </si>
   <si>
     <t>KH25-11402</t>
   </si>
   <si>
     <t>15-Nov-25</t>
   </si>
   <si>
     <t>Remel MicroTest M6</t>
   </si>
   <si>
+    <t>KH25-11469</t>
+  </si>
+  <si>
+    <t>29-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-11470</t>
+  </si>
+  <si>
+    <t>16 M</t>
+  </si>
+  <si>
+    <t>KH25-11471</t>
+  </si>
+  <si>
+    <t>30-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-11472</t>
+  </si>
+  <si>
+    <t>KH25-11473</t>
+  </si>
+  <si>
     <t>KH25-12033</t>
   </si>
   <si>
     <t>KH25-12051</t>
   </si>
   <si>
     <t>26-Oct-25</t>
   </si>
   <si>
     <t>KH25-12076</t>
   </si>
   <si>
     <t>29-Oct-25</t>
   </si>
   <si>
     <t>KH25-12212</t>
   </si>
   <si>
     <t>13-Nov-25</t>
   </si>
   <si>
     <t>KH25-12220</t>
   </si>
   <si>
     <t>25-Nov-25</t>
@@ -739,138 +763,273 @@
   <si>
     <t>KH25-12223</t>
   </si>
   <si>
     <t>KH25-12224</t>
   </si>
   <si>
     <t>KH25-12225</t>
   </si>
   <si>
     <t>32 Y</t>
   </si>
   <si>
     <t>24-Nov-25</t>
   </si>
   <si>
     <t>KH25-12229</t>
   </si>
   <si>
     <t>26-Nov-25</t>
   </si>
   <si>
     <t>KH25-12230</t>
   </si>
   <si>
+    <t>KH25-12231</t>
+  </si>
+  <si>
+    <t>Copan UTM-RT</t>
+  </si>
+  <si>
+    <t>KH25-12236</t>
+  </si>
+  <si>
+    <t>27-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12237</t>
+  </si>
+  <si>
+    <t>28-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12238</t>
+  </si>
+  <si>
+    <t>KH25-12239</t>
+  </si>
+  <si>
+    <t>KH25-12240</t>
+  </si>
+  <si>
+    <t>KH25-12241</t>
+  </si>
+  <si>
+    <t>KH25-12242</t>
+  </si>
+  <si>
+    <t>20 M</t>
+  </si>
+  <si>
+    <t>KH25-12291</t>
+  </si>
+  <si>
+    <t>09-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12292</t>
+  </si>
+  <si>
+    <t>07-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12293</t>
+  </si>
+  <si>
+    <t>KH25-12294</t>
+  </si>
+  <si>
+    <t>KH25-12295</t>
+  </si>
+  <si>
+    <t>KH25-12296</t>
+  </si>
+  <si>
+    <t>KH25-12297</t>
+  </si>
+  <si>
+    <t>KH25-12298</t>
+  </si>
+  <si>
+    <t>KH25-12299</t>
+  </si>
+  <si>
+    <t>KH25-12300</t>
+  </si>
+  <si>
+    <t>KH25-12301</t>
+  </si>
+  <si>
+    <t>KH25-12302</t>
+  </si>
+  <si>
+    <t>KH25-12303</t>
+  </si>
+  <si>
     <t>KH25-13051</t>
   </si>
   <si>
     <t>KH25-13052</t>
   </si>
   <si>
     <t>KH25-13053</t>
   </si>
   <si>
-    <t>20 M</t>
-[...1 lines deleted...]
-  <si>
     <t>KH25-13054</t>
   </si>
   <si>
     <t>KH25-13055</t>
   </si>
   <si>
     <t>KH25-13129</t>
   </si>
   <si>
     <t>KH25-13130</t>
   </si>
   <si>
     <t>KH25-13141</t>
   </si>
   <si>
-    <t>16 M</t>
-[...1 lines deleted...]
-  <si>
     <t>18-Nov-25</t>
   </si>
   <si>
     <t>KH25-13142</t>
   </si>
   <si>
+    <t>KH25-13150</t>
+  </si>
+  <si>
+    <t>04-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13153</t>
+  </si>
+  <si>
+    <t>05-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13154</t>
+  </si>
+  <si>
+    <t>23 M</t>
+  </si>
+  <si>
+    <t>KH25-13155</t>
+  </si>
+  <si>
+    <t>KH25-13157</t>
+  </si>
+  <si>
+    <t>KH25-13162</t>
+  </si>
+  <si>
+    <t>06-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13163</t>
+  </si>
+  <si>
+    <t>KH25-13164</t>
+  </si>
+  <si>
+    <t>85 Y</t>
+  </si>
+  <si>
+    <t>08-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13165</t>
+  </si>
+  <si>
+    <t>27 Y</t>
+  </si>
+  <si>
+    <t>KH25-13166</t>
+  </si>
+  <si>
+    <t>KH25-13169</t>
+  </si>
+  <si>
+    <t>KH25-13996</t>
+  </si>
+  <si>
+    <t>KH25-13997</t>
+  </si>
+  <si>
+    <t>KH25-13998</t>
+  </si>
+  <si>
+    <t>KH25-13999</t>
+  </si>
+  <si>
     <t>KH25-14239</t>
   </si>
   <si>
     <t>KH25-14240</t>
   </si>
   <si>
     <t>23-Nov-25</t>
   </si>
   <si>
     <t>KH25-14241</t>
   </si>
   <si>
     <t>KH25-14242</t>
   </si>
   <si>
     <t>20-Nov-25</t>
   </si>
   <si>
     <t>KH25-14243</t>
   </si>
   <si>
     <t>22-Nov-25</t>
   </si>
   <si>
     <t>KH25-14244</t>
   </si>
   <si>
     <t>KH25-14245</t>
   </si>
   <si>
     <t>21-Nov-25</t>
   </si>
   <si>
     <t>KH25-14246</t>
   </si>
   <si>
     <t>KH25-14247</t>
   </si>
   <si>
     <t>82 Y</t>
   </si>
   <si>
-    <t>27-Nov-25</t>
-[...1 lines deleted...]
-  <si>
     <t>KH25-14248</t>
   </si>
   <si>
     <t>89 + Y</t>
-  </si>
-[...1 lines deleted...]
-    <t>29-Nov-25</t>
   </si>
   <si>
     <t>KH25-14249</t>
   </si>
   <si>
     <t>KH25-14250</t>
   </si>
   <si>
     <t>KH25-14251</t>
   </si>
   <si>
     <t>KH25-14252</t>
   </si>
   <si>
     <t>KH25-14253</t>
   </si>
   <si>
     <t>KH25-14254</t>
   </si>
   <si>
     <t>KH25-14255</t>
   </si>
   <si>
     <t>8 M</t>
   </si>
@@ -1250,51 +1409,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP133"/>
+  <dimension ref="A1:AP174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="71.84" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="23.423" bestFit="true" customWidth="true" style="0"/>
@@ -6635,2252 +6794,4589 @@
       </c>
     </row>
     <row r="95" spans="1:42">
       <c r="A95" s="6" t="s">
         <v>220</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E95" s="7">
         <v>1.0</v>
       </c>
       <c r="F95" s="6">
         <v>1.0</v>
       </c>
       <c r="G95" s="9">
         <v>200.0</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="I95" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J95" s="6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P95" s="6">
         <v>45469786</v>
       </c>
       <c r="Q95" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R95" s="6"/>
       <c r="S95" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:42">
       <c r="A96" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E96" s="7">
         <v>1.0</v>
       </c>
       <c r="F96" s="6">
         <v>1.0</v>
       </c>
       <c r="G96" s="9">
         <v>200.0</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>23</v>
+        <v>223</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J96" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O96" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P96" s="6">
         <v>45469786</v>
       </c>
       <c r="Q96" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R96" s="6"/>
       <c r="S96" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:42">
       <c r="A97" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E97" s="7">
         <v>1.0</v>
       </c>
       <c r="F97" s="6">
         <v>1.0</v>
       </c>
       <c r="G97" s="9">
         <v>200.0</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="I97" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J97" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O97" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P97" s="6">
         <v>45469786</v>
       </c>
       <c r="Q97" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R97" s="6"/>
       <c r="S97" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="98" spans="1:42">
       <c r="A98" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E98" s="7">
         <v>1.0</v>
       </c>
       <c r="F98" s="6">
         <v>1.0</v>
       </c>
       <c r="G98" s="9">
         <v>200.0</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="I98" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J98" s="6" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P98" s="6">
         <v>45469786</v>
       </c>
       <c r="Q98" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R98" s="6"/>
       <c r="S98" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="99" spans="1:42">
       <c r="A99" s="6" t="s">
         <v>227</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E99" s="7">
         <v>1.0</v>
       </c>
       <c r="F99" s="6">
         <v>1.0</v>
       </c>
       <c r="G99" s="9">
         <v>200.0</v>
       </c>
       <c r="H99" s="8" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="I99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J99" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="M99" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O99" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P99" s="6">
         <v>45469786</v>
       </c>
       <c r="Q99" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R99" s="6"/>
       <c r="S99" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:42">
       <c r="A100" s="6" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E100" s="7">
         <v>1.0</v>
       </c>
       <c r="F100" s="6">
         <v>1.0</v>
       </c>
       <c r="G100" s="9">
         <v>200.0</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="I100" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J100" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>228</v>
+        <v>194</v>
       </c>
       <c r="M100" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P100" s="6">
         <v>45469786</v>
       </c>
       <c r="Q100" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R100" s="6"/>
       <c r="S100" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="101" spans="1:42">
       <c r="A101" s="6" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E101" s="7">
         <v>1.0</v>
       </c>
       <c r="F101" s="6">
         <v>1.0</v>
       </c>
       <c r="G101" s="9">
         <v>200.0</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="I101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J101" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P101" s="6">
         <v>45469786</v>
       </c>
       <c r="Q101" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R101" s="6"/>
       <c r="S101" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:42">
       <c r="A102" s="6" t="s">
         <v>231</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E102" s="7">
         <v>1.0</v>
       </c>
       <c r="F102" s="6">
         <v>1.0</v>
       </c>
       <c r="G102" s="9">
         <v>200.0</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="I102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J102" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P102" s="6">
         <v>45469786</v>
       </c>
       <c r="Q102" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R102" s="6"/>
       <c r="S102" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="103" spans="1:42">
       <c r="A103" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E103" s="7">
         <v>1.0</v>
       </c>
       <c r="F103" s="6">
         <v>1.0</v>
       </c>
       <c r="G103" s="9">
         <v>200.0</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>198</v>
+        <v>46</v>
       </c>
       <c r="I103" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>25</v>
+        <v>141</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O103" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P103" s="6">
         <v>45469786</v>
       </c>
       <c r="Q103" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R103" s="6"/>
       <c r="S103" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="104" spans="1:42">
       <c r="A104" s="6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E104" s="7">
         <v>1.0</v>
       </c>
       <c r="F104" s="6">
         <v>1.0</v>
       </c>
       <c r="G104" s="9">
         <v>200.0</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>234</v>
+        <v>23</v>
       </c>
       <c r="I104" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J104" s="6" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M104" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O104" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P104" s="6">
         <v>45469786</v>
       </c>
       <c r="Q104" s="6" t="s">
-        <v>219</v>
+        <v>32</v>
       </c>
       <c r="R104" s="6"/>
       <c r="S104" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="105" spans="1:42">
       <c r="A105" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E105" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F105" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G105" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H105" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J105" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K105" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L105" s="6" t="s">
         <v>236</v>
-      </c>
-[...31 lines deleted...]
-        <v>237</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P105" s="6">
         <v>45469786</v>
       </c>
       <c r="Q105" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R105" s="6"/>
       <c r="S105" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="106" spans="1:42">
       <c r="A106" s="6" t="s">
         <v>238</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E106" s="7">
         <v>1.0</v>
       </c>
       <c r="F106" s="6">
         <v>1.0</v>
       </c>
       <c r="G106" s="9">
         <v>200.0</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="I106" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J106" s="6" t="s">
         <v>55</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O106" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P106" s="6">
         <v>45469786</v>
       </c>
       <c r="Q106" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R106" s="6"/>
       <c r="S106" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="107" spans="1:42">
       <c r="A107" s="6" t="s">
         <v>239</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E107" s="7">
         <v>1.0</v>
       </c>
       <c r="F107" s="6">
         <v>1.0</v>
       </c>
       <c r="G107" s="9">
         <v>200.0</v>
       </c>
       <c r="H107" s="8" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="I107" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J107" s="6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>70</v>
+        <v>236</v>
       </c>
       <c r="M107" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O107" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P107" s="6">
         <v>45469786</v>
       </c>
       <c r="Q107" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R107" s="6"/>
       <c r="S107" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:42">
       <c r="A108" s="6" t="s">
         <v>240</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E108" s="7">
         <v>1.0</v>
       </c>
       <c r="F108" s="6">
         <v>1.0</v>
       </c>
       <c r="G108" s="9">
         <v>200.0</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>86</v>
+        <v>198</v>
       </c>
       <c r="I108" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J108" s="6" t="s">
-        <v>141</v>
+        <v>25</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>70</v>
+        <v>236</v>
       </c>
       <c r="M108" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O108" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P108" s="6">
         <v>45469786</v>
       </c>
       <c r="Q108" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R108" s="6"/>
       <c r="S108" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="109" spans="1:42">
       <c r="A109" s="6" t="s">
         <v>241</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E109" s="7">
         <v>1.0</v>
       </c>
       <c r="F109" s="6">
         <v>1.0</v>
       </c>
       <c r="G109" s="9">
         <v>200.0</v>
       </c>
       <c r="H109" s="8" t="s">
         <v>242</v>
       </c>
       <c r="I109" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J109" s="6" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>70</v>
+        <v>243</v>
       </c>
       <c r="M109" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O109" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P109" s="6">
         <v>45469786</v>
       </c>
       <c r="Q109" s="6" t="s">
-        <v>32</v>
+        <v>219</v>
       </c>
       <c r="R109" s="6"/>
       <c r="S109" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:42">
       <c r="A110" s="6" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E110" s="7">
         <v>1.0</v>
       </c>
       <c r="F110" s="6">
         <v>1.0</v>
       </c>
       <c r="G110" s="9">
         <v>200.0</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I110" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J110" s="6" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>70</v>
+        <v>245</v>
       </c>
       <c r="M110" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P110" s="6">
         <v>45469786</v>
       </c>
       <c r="Q110" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R110" s="6"/>
       <c r="S110" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:42">
       <c r="A111" s="6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E111" s="7">
         <v>1.0</v>
       </c>
       <c r="F111" s="6">
         <v>1.0</v>
       </c>
       <c r="G111" s="9">
         <v>200.0</v>
       </c>
       <c r="H111" s="8" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I111" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J111" s="6" t="s">
         <v>55</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>70</v>
+        <v>245</v>
       </c>
       <c r="M111" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O111" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P111" s="6">
         <v>45469786</v>
       </c>
       <c r="Q111" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R111" s="6"/>
       <c r="S111" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="112" spans="1:42">
       <c r="A112" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E112" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F112" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G112" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H112" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="I112" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J112" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K112" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L112" s="6" t="s">
         <v>245</v>
-      </c>
-[...31 lines deleted...]
-        <v>218</v>
       </c>
       <c r="M112" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O112" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P112" s="6">
         <v>45469786</v>
       </c>
       <c r="Q112" s="6" t="s">
-        <v>32</v>
+        <v>248</v>
       </c>
       <c r="R112" s="6"/>
       <c r="S112" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="113" spans="1:42">
       <c r="A113" s="6" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E113" s="7">
         <v>1.0</v>
       </c>
       <c r="F113" s="6">
         <v>1.0</v>
       </c>
       <c r="G113" s="9">
         <v>200.0</v>
       </c>
       <c r="H113" s="8" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="I113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J113" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="M113" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O113" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P113" s="6">
         <v>45469786</v>
       </c>
       <c r="Q113" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R113" s="6"/>
       <c r="S113" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="114" spans="1:42">
       <c r="A114" s="6" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E114" s="7">
         <v>1.0</v>
       </c>
       <c r="F114" s="6">
         <v>1.0</v>
       </c>
       <c r="G114" s="9">
         <v>200.0</v>
       </c>
       <c r="H114" s="8" t="s">
-        <v>248</v>
+        <v>86</v>
       </c>
       <c r="I114" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J114" s="6" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O114" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P114" s="6">
         <v>45469786</v>
       </c>
       <c r="Q114" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R114" s="6"/>
       <c r="S114" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="115" spans="1:42">
       <c r="A115" s="6" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E115" s="7">
         <v>1.0</v>
       </c>
       <c r="F115" s="6">
         <v>1.0</v>
       </c>
       <c r="G115" s="9">
         <v>200.0</v>
       </c>
       <c r="H115" s="8" t="s">
-        <v>86</v>
+        <v>133</v>
       </c>
       <c r="I115" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J115" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="M115" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O115" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P115" s="6">
         <v>45469786</v>
       </c>
       <c r="Q115" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R115" s="6"/>
       <c r="S115" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:42">
       <c r="A116" s="6" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E116" s="7">
         <v>1.0</v>
       </c>
       <c r="F116" s="6">
         <v>1.0</v>
       </c>
       <c r="G116" s="9">
         <v>200.0</v>
       </c>
       <c r="H116" s="8" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
       <c r="I116" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J116" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>235</v>
+        <v>250</v>
       </c>
       <c r="M116" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O116" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P116" s="6">
         <v>45469786</v>
       </c>
       <c r="Q116" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R116" s="6"/>
       <c r="S116" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:42">
       <c r="A117" s="6" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E117" s="7">
         <v>1.0</v>
       </c>
       <c r="F117" s="6">
         <v>1.0</v>
       </c>
       <c r="G117" s="9">
         <v>200.0</v>
       </c>
       <c r="H117" s="8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="I117" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J117" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="M117" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O117" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P117" s="6">
         <v>45469786</v>
       </c>
       <c r="Q117" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R117" s="6"/>
       <c r="S117" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="118" spans="1:42">
       <c r="A118" s="6" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E118" s="7">
         <v>1.0</v>
       </c>
       <c r="F118" s="6">
         <v>1.0</v>
       </c>
       <c r="G118" s="9">
         <v>200.0</v>
       </c>
       <c r="H118" s="8" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="I118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J118" s="6" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="K118" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="M118" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O118" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P118" s="6">
         <v>45469786</v>
       </c>
       <c r="Q118" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R118" s="6"/>
       <c r="S118" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="119" spans="1:42">
       <c r="A119" s="6" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E119" s="7">
         <v>1.0</v>
       </c>
       <c r="F119" s="6">
         <v>1.0</v>
       </c>
       <c r="G119" s="9">
         <v>200.0</v>
       </c>
       <c r="H119" s="8" t="s">
-        <v>75</v>
+        <v>258</v>
       </c>
       <c r="I119" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J119" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K119" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="M119" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O119" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P119" s="6">
         <v>45469786</v>
       </c>
       <c r="Q119" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R119" s="6"/>
       <c r="S119" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:42">
       <c r="A120" s="6" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E120" s="7">
         <v>1.0</v>
       </c>
       <c r="F120" s="6">
         <v>1.0</v>
       </c>
       <c r="G120" s="9">
         <v>200.0</v>
       </c>
       <c r="H120" s="8" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="I120" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J120" s="6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M120" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O120" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P120" s="6">
         <v>45469786</v>
       </c>
       <c r="Q120" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R120" s="6"/>
       <c r="S120" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="121" spans="1:42">
       <c r="A121" s="6" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E121" s="7">
         <v>1.0</v>
       </c>
       <c r="F121" s="6">
         <v>1.0</v>
       </c>
       <c r="G121" s="9">
         <v>200.0</v>
       </c>
       <c r="H121" s="8" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="I121" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J121" s="6" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>235</v>
+        <v>262</v>
       </c>
       <c r="M121" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O121" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P121" s="6">
         <v>45469786</v>
       </c>
       <c r="Q121" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R121" s="6"/>
       <c r="S121" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="122" spans="1:42">
       <c r="A122" s="6" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E122" s="7">
         <v>1.0</v>
       </c>
       <c r="F122" s="6">
         <v>1.0</v>
       </c>
       <c r="G122" s="9">
         <v>200.0</v>
       </c>
       <c r="H122" s="8" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="I122" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J122" s="6" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="M122" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O122" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P122" s="6">
         <v>45469786</v>
       </c>
       <c r="Q122" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R122" s="6"/>
       <c r="S122" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:42">
       <c r="A123" s="6" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E123" s="7">
         <v>1.0</v>
       </c>
       <c r="F123" s="6">
         <v>1.0</v>
       </c>
       <c r="G123" s="9">
         <v>200.0</v>
       </c>
       <c r="H123" s="8" t="s">
-        <v>86</v>
+        <v>193</v>
       </c>
       <c r="I123" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J123" s="6" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M123" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O123" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P123" s="6">
         <v>45469786</v>
       </c>
       <c r="Q123" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R123" s="6"/>
       <c r="S123" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="124" spans="1:42">
       <c r="A124" s="6" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E124" s="7">
         <v>1.0</v>
       </c>
       <c r="F124" s="6">
         <v>1.0</v>
       </c>
       <c r="G124" s="9">
         <v>200.0</v>
       </c>
       <c r="H124" s="8" t="s">
-        <v>264</v>
+        <v>64</v>
       </c>
       <c r="I124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J124" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="M124" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O124" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P124" s="6">
         <v>45469786</v>
       </c>
       <c r="Q124" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R124" s="6"/>
       <c r="S124" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:42">
       <c r="A125" s="6" t="s">
         <v>266</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E125" s="7">
         <v>1.0</v>
       </c>
       <c r="F125" s="6">
         <v>1.0</v>
       </c>
       <c r="G125" s="9">
         <v>200.0</v>
       </c>
       <c r="H125" s="8" t="s">
-        <v>267</v>
+        <v>86</v>
       </c>
       <c r="I125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J125" s="6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="M125" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O125" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P125" s="6">
         <v>45469786</v>
       </c>
       <c r="Q125" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R125" s="6"/>
       <c r="S125" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="126" spans="1:42">
       <c r="A126" s="6" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E126" s="7">
         <v>1.0</v>
       </c>
       <c r="F126" s="6">
         <v>1.0</v>
       </c>
       <c r="G126" s="9">
         <v>200.0</v>
       </c>
       <c r="H126" s="8" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="I126" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J126" s="6" t="s">
-        <v>141</v>
+        <v>55</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="M126" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O126" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P126" s="6">
         <v>45469786</v>
       </c>
       <c r="Q126" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R126" s="6"/>
       <c r="S126" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:42">
       <c r="A127" s="6" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E127" s="7">
         <v>1.0</v>
       </c>
       <c r="F127" s="6">
         <v>1.0</v>
       </c>
       <c r="G127" s="9">
         <v>200.0</v>
       </c>
       <c r="H127" s="8" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="I127" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J127" s="6" t="s">
-        <v>25</v>
+        <v>141</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M127" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O127" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P127" s="6">
         <v>45469786</v>
       </c>
       <c r="Q127" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R127" s="6"/>
       <c r="S127" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="128" spans="1:42">
       <c r="A128" s="6" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E128" s="7">
         <v>1.0</v>
       </c>
       <c r="F128" s="6">
         <v>1.0</v>
       </c>
       <c r="G128" s="9">
         <v>200.0</v>
       </c>
       <c r="H128" s="8" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
       <c r="I128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J128" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M128" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O128" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P128" s="6">
         <v>45469786</v>
       </c>
       <c r="Q128" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R128" s="6"/>
       <c r="S128" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:42">
       <c r="A129" s="6" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E129" s="7">
         <v>1.0</v>
       </c>
       <c r="F129" s="6">
         <v>1.0</v>
       </c>
       <c r="G129" s="9">
         <v>200.0</v>
       </c>
       <c r="H129" s="8" t="s">
         <v>36</v>
       </c>
       <c r="I129" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="J129" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="M129" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O129" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P129" s="6">
         <v>45469786</v>
       </c>
       <c r="Q129" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R129" s="6"/>
       <c r="S129" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:42">
       <c r="A130" s="6" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E130" s="7">
         <v>1.0</v>
       </c>
       <c r="F130" s="6">
         <v>1.0</v>
       </c>
       <c r="G130" s="9">
         <v>200.0</v>
       </c>
       <c r="H130" s="8" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="I130" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J130" s="6" t="s">
-        <v>141</v>
+        <v>55</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="M130" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O130" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P130" s="6">
         <v>45469786</v>
       </c>
       <c r="Q130" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R130" s="6"/>
       <c r="S130" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="131" spans="1:42">
       <c r="A131" s="6" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E131" s="7">
         <v>1.0</v>
       </c>
       <c r="F131" s="6">
         <v>1.0</v>
       </c>
       <c r="G131" s="9">
         <v>200.0</v>
       </c>
       <c r="H131" s="8" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="I131" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J131" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="M131" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O131" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P131" s="6">
         <v>45469786</v>
       </c>
       <c r="Q131" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R131" s="6"/>
       <c r="S131" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:42">
       <c r="A132" s="6" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E132" s="7">
         <v>1.0</v>
       </c>
       <c r="F132" s="6">
         <v>1.0</v>
       </c>
       <c r="G132" s="9">
         <v>200.0</v>
       </c>
       <c r="H132" s="8" t="s">
-        <v>276</v>
+        <v>36</v>
       </c>
       <c r="I132" s="6" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J132" s="6" t="s">
         <v>55</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="M132" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O132" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P132" s="6">
         <v>45469786</v>
       </c>
       <c r="Q132" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R132" s="6"/>
       <c r="S132" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="133" spans="1:42">
       <c r="A133" s="6" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E133" s="7">
         <v>1.0</v>
       </c>
       <c r="F133" s="6">
         <v>1.0</v>
       </c>
       <c r="G133" s="9">
         <v>200.0</v>
       </c>
       <c r="H133" s="8" t="s">
         <v>58</v>
       </c>
       <c r="I133" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J133" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K133" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>235</v>
+        <v>70</v>
       </c>
       <c r="M133" s="6" t="s">
         <v>179</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O133" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P133" s="6">
         <v>45469786</v>
       </c>
       <c r="Q133" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R133" s="6"/>
       <c r="S133" t="s">
         <v>34</v>
       </c>
     </row>
+    <row r="134" spans="1:42">
+      <c r="A134" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E134" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F134" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G134" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H134" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I134" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J134" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K134" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M134" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N134" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O134" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P134" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q134" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R134" s="6"/>
+      <c r="S134" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="135" spans="1:42">
+      <c r="A135" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E135" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F135" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G135" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H135" s="8" t="s">
+        <v>258</v>
+      </c>
+      <c r="I135" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J135" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K135" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M135" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N135" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O135" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P135" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q135" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R135" s="6"/>
+      <c r="S135" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="136" spans="1:42">
+      <c r="A136" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E136" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F136" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G136" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H136" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="I136" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J136" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M136" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N136" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O136" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P136" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q136" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R136" s="6"/>
+      <c r="S136" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="137" spans="1:42">
+      <c r="A137" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E137" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F137" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G137" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H137" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I137" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J137" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K137" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L137" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M137" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N137" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O137" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P137" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q137" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R137" s="6"/>
+      <c r="S137" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="138" spans="1:42">
+      <c r="A138" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E138" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F138" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G138" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H138" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I138" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J138" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K138" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L138" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="M138" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N138" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O138" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P138" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q138" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R138" s="6"/>
+      <c r="S138" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="139" spans="1:42">
+      <c r="A139" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E139" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F139" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G139" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H139" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I139" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J139" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K139" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L139" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="M139" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N139" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O139" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P139" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q139" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R139" s="6"/>
+      <c r="S139" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="140" spans="1:42">
+      <c r="A140" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E140" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F140" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G140" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H140" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="I140" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J140" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="M140" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N140" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O140" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P140" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q140" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R140" s="6"/>
+      <c r="S140" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="141" spans="1:42">
+      <c r="A141" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E141" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F141" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G141" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H141" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I141" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J141" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K141" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="M141" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N141" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O141" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P141" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q141" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R141" s="6"/>
+      <c r="S141" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="142" spans="1:42">
+      <c r="A142" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E142" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F142" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G142" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H142" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="I142" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J142" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K142" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="M142" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N142" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O142" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P142" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q142" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R142" s="6"/>
+      <c r="S142" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="143" spans="1:42">
+      <c r="A143" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E143" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F143" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G143" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H143" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I143" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J143" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K143" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M143" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N143" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O143" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P143" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q143" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R143" s="6"/>
+      <c r="S143" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="144" spans="1:42">
+      <c r="A144" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E144" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F144" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G144" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H144" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="I144" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J144" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L144" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M144" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N144" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O144" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P144" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q144" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R144" s="6"/>
+      <c r="S144" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="145" spans="1:42">
+      <c r="A145" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E145" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F145" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G145" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H145" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I145" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J145" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K145" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L145" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M145" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N145" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O145" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P145" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q145" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R145" s="6"/>
+      <c r="S145" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="146" spans="1:42">
+      <c r="A146" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E146" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F146" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G146" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H146" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I146" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J146" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K146" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L146" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M146" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N146" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O146" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P146" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q146" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R146" s="6"/>
+      <c r="S146" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="147" spans="1:42">
+      <c r="A147" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E147" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F147" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G147" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H147" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I147" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J147" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K147" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L147" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="M147" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N147" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O147" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P147" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q147" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R147" s="6"/>
+      <c r="S147" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="148" spans="1:42">
+      <c r="A148" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E148" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F148" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G148" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H148" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="I148" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J148" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K148" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L148" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="M148" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N148" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O148" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P148" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q148" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R148" s="6"/>
+      <c r="S148" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="149" spans="1:42">
+      <c r="A149" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E149" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F149" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G149" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H149" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="I149" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J149" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K149" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L149" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="M149" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N149" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O149" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P149" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q149" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R149" s="6"/>
+      <c r="S149" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="150" spans="1:42">
+      <c r="A150" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E150" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F150" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G150" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H150" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="I150" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J150" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K150" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L150" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="M150" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N150" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O150" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P150" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q150" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R150" s="6"/>
+      <c r="S150" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="151" spans="1:42">
+      <c r="A151" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E151" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F151" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G151" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H151" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="I151" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J151" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K151" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L151" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M151" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N151" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O151" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P151" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q151" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R151" s="6"/>
+      <c r="S151" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="152" spans="1:42">
+      <c r="A152" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E152" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F152" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G152" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H152" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I152" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J152" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K152" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="M152" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N152" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O152" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P152" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q152" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R152" s="6"/>
+      <c r="S152" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="153" spans="1:42">
+      <c r="A153" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E153" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F153" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G153" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H153" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="I153" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J153" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K153" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L153" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M153" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N153" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O153" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P153" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q153" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R153" s="6"/>
+      <c r="S153" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="154" spans="1:42">
+      <c r="A154" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E154" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F154" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G154" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H154" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I154" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J154" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L154" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M154" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N154" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O154" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P154" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q154" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R154" s="6"/>
+      <c r="S154" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="155" spans="1:42">
+      <c r="A155" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E155" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F155" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G155" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H155" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="I155" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J155" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="M155" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N155" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O155" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P155" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q155" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R155" s="6"/>
+      <c r="S155" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="156" spans="1:42">
+      <c r="A156" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E156" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F156" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G156" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H156" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="I156" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J156" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K156" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="M156" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N156" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O156" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P156" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q156" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R156" s="6"/>
+      <c r="S156" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="157" spans="1:42">
+      <c r="A157" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E157" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F157" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G157" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H157" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="I157" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J157" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K157" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="M157" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N157" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O157" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P157" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q157" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R157" s="6"/>
+      <c r="S157" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="158" spans="1:42">
+      <c r="A158" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E158" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F158" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G158" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H158" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I158" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J158" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K158" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L158" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="M158" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N158" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O158" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P158" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q158" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R158" s="6"/>
+      <c r="S158" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="159" spans="1:42">
+      <c r="A159" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E159" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F159" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G159" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H159" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I159" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J159" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K159" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L159" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="M159" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N159" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O159" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P159" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q159" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R159" s="6"/>
+      <c r="S159" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="160" spans="1:42">
+      <c r="A160" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E160" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F160" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G160" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H160" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="I160" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J160" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L160" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="M160" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N160" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O160" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P160" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q160" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R160" s="6"/>
+      <c r="S160" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="161" spans="1:42">
+      <c r="A161" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E161" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F161" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G161" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H161" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I161" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J161" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K161" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="M161" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N161" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O161" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P161" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q161" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R161" s="6"/>
+      <c r="S161" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="162" spans="1:42">
+      <c r="A162" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E162" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F162" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G162" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H162" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="I162" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J162" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K162" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L162" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="M162" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N162" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O162" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P162" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q162" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R162" s="6"/>
+      <c r="S162" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="163" spans="1:42">
+      <c r="A163" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E163" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F163" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G163" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H163" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I163" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J163" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K163" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L163" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="M163" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N163" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O163" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P163" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q163" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R163" s="6"/>
+      <c r="S163" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="164" spans="1:42">
+      <c r="A164" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E164" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F164" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G164" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H164" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I164" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J164" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K164" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L164" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="M164" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N164" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O164" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P164" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q164" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R164" s="6"/>
+      <c r="S164" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="165" spans="1:42">
+      <c r="A165" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E165" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F165" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G165" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H165" s="8" t="s">
+        <v>319</v>
+      </c>
+      <c r="I165" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J165" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K165" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L165" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="M165" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N165" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O165" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P165" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q165" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R165" s="6"/>
+      <c r="S165" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="166" spans="1:42">
+      <c r="A166" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E166" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F166" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G166" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H166" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="I166" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J166" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K166" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L166" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="M166" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N166" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O166" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P166" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q166" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R166" s="6"/>
+      <c r="S166" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="167" spans="1:42">
+      <c r="A167" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E167" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F167" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G167" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H167" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="I167" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J167" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K167" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="M167" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N167" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O167" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P167" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q167" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R167" s="6"/>
+      <c r="S167" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="168" spans="1:42">
+      <c r="A168" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E168" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F168" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G168" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H168" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I168" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J168" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K168" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L168" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="M168" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N168" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O168" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P168" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q168" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R168" s="6"/>
+      <c r="S168" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="169" spans="1:42">
+      <c r="A169" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E169" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F169" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G169" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H169" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="I169" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J169" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K169" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L169" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="M169" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N169" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O169" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P169" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q169" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R169" s="6"/>
+      <c r="S169" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="170" spans="1:42">
+      <c r="A170" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E170" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F170" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G170" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H170" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I170" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J170" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K170" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L170" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="M170" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N170" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O170" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P170" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q170" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R170" s="6"/>
+      <c r="S170" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="171" spans="1:42">
+      <c r="A171" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E171" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F171" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G171" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H171" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I171" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J171" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="K171" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L171" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="M171" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N171" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O171" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P171" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q171" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R171" s="6"/>
+      <c r="S171" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="172" spans="1:42">
+      <c r="A172" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E172" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F172" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G172" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H172" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J172" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K172" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="M172" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N172" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O172" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P172" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q172" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R172" s="6"/>
+      <c r="S172" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="173" spans="1:42">
+      <c r="A173" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C173" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E173" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F173" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G173" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H173" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="I173" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J173" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K173" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="M173" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N173" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O173" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P173" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q173" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R173" s="6"/>
+      <c r="S173" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="174" spans="1:42">
+      <c r="A174" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E174" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F174" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G174" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="H174" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I174" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J174" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K174" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="M174" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="N174" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O174" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P174" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q174" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R174" s="6"/>
+      <c r="S174" t="s">
+        <v>34</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R133"/>
+  <autoFilter ref="A2:R174"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>