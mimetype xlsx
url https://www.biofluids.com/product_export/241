--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Z$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Z$30</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -394,50 +394,146 @@
     <t>T1cN0M1</t>
   </si>
   <si>
     <t>Formation of the lower lobe of the right lung with metastases to the liver, lymph nodes unchanged</t>
   </si>
   <si>
     <t>BF19871329-P</t>
   </si>
   <si>
     <t>BF19871330</t>
   </si>
   <si>
     <t>61 Y</t>
   </si>
   <si>
     <t>23-Oct-25</t>
   </si>
   <si>
     <t>T3N1M1</t>
   </si>
   <si>
     <t>Formation of the right lower lobe lung with metastases to the mediastinal lymph nodes and pleura</t>
   </si>
   <si>
     <t>BF19871330-P</t>
+  </si>
+  <si>
+    <t>BF19871414</t>
+  </si>
+  <si>
+    <t>67 Y</t>
+  </si>
+  <si>
+    <t>21-Nov-25</t>
+  </si>
+  <si>
+    <t>17-Nov-2025</t>
+  </si>
+  <si>
+    <t>Formation of the lower lobe of the left lung with metastases to regional lymph nodes and pleura</t>
+  </si>
+  <si>
+    <t>BF19871414-P</t>
+  </si>
+  <si>
+    <t>BF19871415</t>
+  </si>
+  <si>
+    <t>17-Nov-25</t>
+  </si>
+  <si>
+    <t>30-Oct-2025</t>
+  </si>
+  <si>
+    <t>181 cm</t>
+  </si>
+  <si>
+    <t>79 kg</t>
+  </si>
+  <si>
+    <t>T2bN1M1</t>
+  </si>
+  <si>
+    <t>Formation of the upper lobe of the right lung with metastases to the mediastinal lymph nodes and pleura</t>
+  </si>
+  <si>
+    <t>BF19871415-P</t>
+  </si>
+  <si>
+    <t>BF19871416</t>
+  </si>
+  <si>
+    <t>63 Y</t>
+  </si>
+  <si>
+    <t>18-Oct-2025</t>
+  </si>
+  <si>
+    <t>164 cm</t>
+  </si>
+  <si>
+    <t>72 kg</t>
+  </si>
+  <si>
+    <t>T2bN2M1</t>
+  </si>
+  <si>
+    <t>BF19871416-P</t>
+  </si>
+  <si>
+    <t>BF19871417</t>
+  </si>
+  <si>
+    <t>13-Nov-25</t>
+  </si>
+  <si>
+    <t>1-Nov-2025</t>
+  </si>
+  <si>
+    <t>56 kg</t>
+  </si>
+  <si>
+    <t>BF19871417-P</t>
+  </si>
+  <si>
+    <t>BF19871418</t>
+  </si>
+  <si>
+    <t>03-Nov-25</t>
+  </si>
+  <si>
+    <t>17-Oct-2025</t>
+  </si>
+  <si>
+    <t>168 cm</t>
+  </si>
+  <si>
+    <t>87 kg</t>
+  </si>
+  <si>
+    <t>BF19871418-P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -790,51 +886,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP20"/>
+  <dimension ref="A1:AP30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
@@ -1184,51 +1280,51 @@
       </c>
       <c r="Z5" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AA5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E6" s="7">
         <v>1.0</v>
       </c>
       <c r="F6" s="6">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="G6" s="9">
         <v>450.0</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>55</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>38</v>
       </c>
@@ -2412,52 +2508,882 @@
       <c r="T20" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="V20" s="6" t="s">
         <v>122</v>
       </c>
       <c r="W20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Y20" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Z20" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AA20" t="s">
         <v>51</v>
       </c>
     </row>
+    <row r="21" spans="1:42">
+      <c r="A21" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E21" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F21" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G21" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q21" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="R21" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T21" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U21" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V21" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="W21" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X21" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y21" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="Z21" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="22" spans="1:42">
+      <c r="A22" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F22" s="6">
+        <v>13.0</v>
+      </c>
+      <c r="G22" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q22" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="R22" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T22" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U22" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V22" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="W22" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X22" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y22" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="Z22" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:42">
+      <c r="A23" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E23" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F23" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G23" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q23" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="R23" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S23" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="T23" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U23" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V23" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="W23" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X23" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y23" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z23" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="24" spans="1:42">
+      <c r="A24" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F24" s="6">
+        <v>13.0</v>
+      </c>
+      <c r="G24" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="M24" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N24" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="P24" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q24" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="R24" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S24" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="T24" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U24" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V24" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="W24" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X24" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y24" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z24" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:42">
+      <c r="A25" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E25" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F25" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="P25" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q25" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="R25" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S25" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="T25" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U25" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V25" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="W25" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X25" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y25" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="Z25" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="26" spans="1:42">
+      <c r="A26" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F26" s="6">
+        <v>17.0</v>
+      </c>
+      <c r="G26" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="M26" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="R26" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S26" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="T26" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V26" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="W26" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X26" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y26" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="Z26" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="27" spans="1:42">
+      <c r="A27" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E27" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F27" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G27" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q27" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="R27" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S27" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="T27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V27" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="W27" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X27" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y27" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z27" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="28" spans="1:42">
+      <c r="A28" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F28" s="6">
+        <v>17.0</v>
+      </c>
+      <c r="G28" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="M28" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q28" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="R28" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S28" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="T28" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U28" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V28" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="W28" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X28" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y28" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z28" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29" spans="1:42">
+      <c r="A29" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E29" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F29" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G29" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="P29" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q29" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="R29" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S29" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="T29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U29" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V29" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="W29" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X29" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y29" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z29" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:42">
+      <c r="A30" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F30" s="6">
+        <v>16.0</v>
+      </c>
+      <c r="G30" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N30" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="P30" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q30" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="R30" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="S30" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="T30" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="U30" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="V30" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="W30" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="X30" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y30" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="Z30" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>51</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:Z20"/>
+  <autoFilter ref="A2:Z30"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>