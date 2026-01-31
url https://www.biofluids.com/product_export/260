--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$58</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$85</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -399,50 +399,56 @@
   <si>
     <t>07-Jun-25</t>
   </si>
   <si>
     <t>KH25-07478</t>
   </si>
   <si>
     <t>18-Jul-25</t>
   </si>
   <si>
     <t>KH25-07479</t>
   </si>
   <si>
     <t>KH25-07657</t>
   </si>
   <si>
     <t>27-Sep-25</t>
   </si>
   <si>
     <t>KH25-07658</t>
   </si>
   <si>
     <t>26-Sep-25</t>
   </si>
   <si>
+    <t>KH25-07780</t>
+  </si>
+  <si>
+    <t>13-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-08182</t>
   </si>
   <si>
     <t>18-Apr-25</t>
   </si>
   <si>
     <t>KH25-08255</t>
   </si>
   <si>
     <t>65 Y</t>
   </si>
   <si>
     <t>KH25-08256</t>
   </si>
   <si>
     <t>21-Apr-25</t>
   </si>
   <si>
     <t>KH25-09290</t>
   </si>
   <si>
     <t>25 Y</t>
   </si>
   <si>
     <t>18-Jun-25</t>
@@ -471,87 +477,246 @@
   <si>
     <t>KH25-09538</t>
   </si>
   <si>
     <t>14-Jul-25</t>
   </si>
   <si>
     <t>KH25-09739</t>
   </si>
   <si>
     <t>09-Sep-25</t>
   </si>
   <si>
     <t>KH25-09833</t>
   </si>
   <si>
     <t>9 Y</t>
   </si>
   <si>
     <t>Black</t>
   </si>
   <si>
     <t>02-Oct-25</t>
   </si>
   <si>
+    <t>KH25-09876</t>
+  </si>
+  <si>
+    <t>51 Y</t>
+  </si>
+  <si>
+    <t>08-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-10301</t>
   </si>
   <si>
     <t>05-Sep-25</t>
   </si>
   <si>
     <t>KH25-10302</t>
   </si>
   <si>
     <t>02-Sep-25</t>
   </si>
   <si>
     <t>KH25-10441</t>
   </si>
   <si>
     <t>17-Sep-25</t>
   </si>
   <si>
     <t>KH25-10506</t>
   </si>
   <si>
     <t>23-Sep-25</t>
   </si>
   <si>
+    <t>KH25-10932</t>
+  </si>
+  <si>
+    <t>61 Y</t>
+  </si>
+  <si>
+    <t>17-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-11002</t>
   </si>
   <si>
     <t>22 Y</t>
   </si>
   <si>
     <t>13-Sep-25</t>
   </si>
   <si>
     <t>KH25-11085</t>
   </si>
   <si>
     <t>01-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11853</t>
+  </si>
+  <si>
+    <t>23-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-11855</t>
+  </si>
+  <si>
+    <t>22-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-11856</t>
+  </si>
+  <si>
+    <t>24 Y</t>
+  </si>
+  <si>
+    <t>KH25-12084</t>
+  </si>
+  <si>
+    <t>02-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12085</t>
+  </si>
+  <si>
+    <t>82 Y</t>
+  </si>
+  <si>
+    <t>30-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-12114</t>
+  </si>
+  <si>
+    <t>04-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12115</t>
+  </si>
+  <si>
+    <t>05-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-12266</t>
+  </si>
+  <si>
+    <t>01-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12267</t>
+  </si>
+  <si>
+    <t>49 Y</t>
+  </si>
+  <si>
+    <t>KH25-12438</t>
+  </si>
+  <si>
+    <t>78 Y</t>
+  </si>
+  <si>
+    <t>31-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-13014</t>
+  </si>
+  <si>
+    <t>23-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-13015</t>
+  </si>
+  <si>
+    <t>25-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-13016</t>
+  </si>
+  <si>
+    <t>KH25-13017</t>
+  </si>
+  <si>
+    <t>KH25-13076</t>
+  </si>
+  <si>
+    <t>KH25-13118</t>
+  </si>
+  <si>
+    <t>12-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13178</t>
+  </si>
+  <si>
+    <t>13-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14195</t>
+  </si>
+  <si>
+    <t>14-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14200</t>
+  </si>
+  <si>
+    <t>35 Y</t>
+  </si>
+  <si>
+    <t>KH25-14400</t>
+  </si>
+  <si>
+    <t>30 Y</t>
+  </si>
+  <si>
+    <t>08-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14440</t>
+  </si>
+  <si>
+    <t>20-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-14572</t>
+  </si>
+  <si>
+    <t>07-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14573</t>
+  </si>
+  <si>
+    <t>05-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -904,51 +1069,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP58"/>
+  <dimension ref="A1:AP85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="1"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3125,886 +3290,2317 @@
       </c>
       <c r="O42" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="6">
         <v>45469786</v>
       </c>
       <c r="Q42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:42">
       <c r="A43" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F43" s="6">
         <v>1.0</v>
       </c>
       <c r="G43" s="9">
         <v>250.0</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>127</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="6">
         <v>45469786</v>
       </c>
       <c r="Q43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:42">
       <c r="A44" s="6" t="s">
         <v>128</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F44" s="6">
         <v>1.0</v>
       </c>
       <c r="G44" s="9">
         <v>250.0</v>
       </c>
       <c r="H44" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" s="6" t="s">
         <v>129</v>
-      </c>
-[...10 lines deleted...]
-        <v>91</v>
       </c>
       <c r="M44" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O44" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="6">
         <v>45469786</v>
       </c>
       <c r="Q44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:42">
       <c r="A45" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F45" s="6">
         <v>1.0</v>
       </c>
       <c r="G45" s="9">
         <v>250.0</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>67</v>
+        <v>131</v>
       </c>
       <c r="I45" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J45" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O45" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="6">
         <v>45469786</v>
       </c>
       <c r="Q45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:42">
       <c r="A46" s="6" t="s">
         <v>132</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F46" s="6">
         <v>1.0</v>
       </c>
       <c r="G46" s="9">
         <v>250.0</v>
       </c>
       <c r="H46" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J46" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" s="6" t="s">
         <v>133</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O46" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="6">
         <v>45469786</v>
       </c>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:42">
       <c r="A47" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F47" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G47" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H47" s="8" t="s">
         <v>135</v>
-      </c>
-[...19 lines deleted...]
-        <v>136</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P47" s="6">
         <v>45469786</v>
       </c>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:42">
       <c r="A48" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F48" s="6">
         <v>1.0</v>
       </c>
       <c r="G48" s="9">
         <v>250.0</v>
       </c>
       <c r="H48" s="8" t="s">
         <v>138</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J48" s="6" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O48" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P48" s="6">
         <v>45469786</v>
       </c>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:42">
       <c r="A49" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F49" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G49" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H49" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="B49" s="6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I49" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O49" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P49" s="6">
         <v>45469786</v>
       </c>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:42">
       <c r="A50" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F50" s="6">
         <v>1.0</v>
       </c>
       <c r="G50" s="9">
         <v>250.0</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>129</v>
+        <v>43</v>
       </c>
       <c r="I50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>143</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P50" s="6">
         <v>45469786</v>
       </c>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:42">
       <c r="A51" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F51" s="6">
         <v>1.0</v>
       </c>
       <c r="G51" s="9">
         <v>250.0</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>43</v>
+        <v>131</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>145</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P51" s="6">
         <v>45469786</v>
       </c>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:42">
       <c r="A52" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F52" s="6">
         <v>1.0</v>
       </c>
       <c r="G52" s="9">
         <v>250.0</v>
       </c>
       <c r="H52" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" s="6" t="s">
         <v>147</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O52" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P52" s="6">
         <v>45469786</v>
       </c>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F53" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G53" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J53" s="6" t="s">
         <v>150</v>
-      </c>
-[...25 lines deleted...]
-        <v>23</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P53" s="6">
         <v>45469786</v>
       </c>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="7">
-        <v>1.5</v>
+        <v>2.5</v>
       </c>
       <c r="F54" s="6">
         <v>1.0</v>
       </c>
       <c r="G54" s="9">
         <v>250.0</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="I54" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J54" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O54" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P54" s="6">
         <v>45469786</v>
       </c>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="7">
         <v>1.5</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>250.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>136</v>
+        <v>43</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P55" s="6">
         <v>45469786</v>
       </c>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>250.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J56" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P56" s="6">
         <v>45469786</v>
       </c>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="7">
         <v>1.5</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>250.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>160</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P57" s="6">
         <v>45469786</v>
       </c>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>250.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J58" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L58" s="6" t="s">
         <v>162</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="6">
         <v>45469786</v>
       </c>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="59" spans="1:42">
+      <c r="A59" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F59" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G59" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O59" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P59" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="60" spans="1:42">
+      <c r="A60" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F60" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G60" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P60" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="61" spans="1:42">
+      <c r="A61" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F61" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G61" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O61" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="62" spans="1:42">
+      <c r="A62" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F62" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G62" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O62" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P62" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="63" spans="1:42">
+      <c r="A63" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F63" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G63" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H63" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O63" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="64" spans="1:42">
+      <c r="A64" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F64" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G64" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O64" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P64" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="65" spans="1:42">
+      <c r="A65" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F65" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G65" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O65" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P65" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="66" spans="1:42">
+      <c r="A66" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F66" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G66" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O66" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P66" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="67" spans="1:42">
+      <c r="A67" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F67" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G67" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O67" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P67" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="68" spans="1:42">
+      <c r="A68" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F68" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G68" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O68" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P68" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="69" spans="1:42">
+      <c r="A69" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F69" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G69" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H69" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O69" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P69" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="70" spans="1:42">
+      <c r="A70" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F70" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G70" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H70" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P70" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="71" spans="1:42">
+      <c r="A71" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F71" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G71" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H71" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O71" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P71" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="72" spans="1:42">
+      <c r="A72" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F72" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G72" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H72" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N72" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O72" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P72" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="73" spans="1:42">
+      <c r="A73" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F73" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G73" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O73" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P73" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="74" spans="1:42">
+      <c r="A74" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F74" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G74" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J74" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O74" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P74" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="75" spans="1:42">
+      <c r="A75" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F75" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G75" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O75" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P75" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="76" spans="1:42">
+      <c r="A76" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F76" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G76" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J76" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="M76" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O76" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P76" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="77" spans="1:42">
+      <c r="A77" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F77" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G77" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N77" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O77" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P77" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="78" spans="1:42">
+      <c r="A78" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F78" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G78" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J78" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O78" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P78" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="79" spans="1:42">
+      <c r="A79" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G79" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O79" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P79" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="80" spans="1:42">
+      <c r="A80" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F80" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G80" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H80" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="M80" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N80" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O80" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P80" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="81" spans="1:42">
+      <c r="A81" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F81" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G81" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J81" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="M81" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N81" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O81" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P81" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="82" spans="1:42">
+      <c r="A82" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F82" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G82" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H82" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="M82" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N82" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O82" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P82" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="83" spans="1:42">
+      <c r="A83" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F83" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G83" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H83" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J83" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="M83" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N83" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P83" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="84" spans="1:42">
+      <c r="A84" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F84" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G84" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H84" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="M84" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N84" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O84" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P84" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="85" spans="1:42">
+      <c r="A85" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F85" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G85" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H85" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I85" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J85" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="M85" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N85" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O85" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P85" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:P58"/>
+  <autoFilter ref="A2:P85"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>