--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$85</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$98</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -465,62 +465,50 @@
   <si>
     <t>36 Y</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
     <t>KH25-09389</t>
   </si>
   <si>
     <t>23-Jun-25</t>
   </si>
   <si>
     <t>KH25-09538</t>
   </si>
   <si>
     <t>14-Jul-25</t>
   </si>
   <si>
     <t>KH25-09739</t>
   </si>
   <si>
     <t>09-Sep-25</t>
   </si>
   <si>
-    <t>KH25-09833</t>
-[...10 lines deleted...]
-  <si>
     <t>KH25-09876</t>
   </si>
   <si>
     <t>51 Y</t>
   </si>
   <si>
     <t>08-Oct-25</t>
   </si>
   <si>
     <t>KH25-10301</t>
   </si>
   <si>
     <t>05-Sep-25</t>
   </si>
   <si>
     <t>KH25-10302</t>
   </si>
   <si>
     <t>02-Sep-25</t>
   </si>
   <si>
     <t>KH25-10441</t>
   </si>
   <si>
     <t>17-Sep-25</t>
@@ -585,138 +573,231 @@
   <si>
     <t>82 Y</t>
   </si>
   <si>
     <t>30-Oct-25</t>
   </si>
   <si>
     <t>KH25-12114</t>
   </si>
   <si>
     <t>04-Nov-25</t>
   </si>
   <si>
     <t>KH25-12115</t>
   </si>
   <si>
     <t>05-Nov-25</t>
   </si>
   <si>
     <t>KH25-12266</t>
   </si>
   <si>
     <t>01-Dec-25</t>
   </si>
   <si>
-    <t>KH25-12267</t>
+    <t>KH25-12438</t>
+  </si>
+  <si>
+    <t>78 Y</t>
+  </si>
+  <si>
+    <t>31-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12584</t>
+  </si>
+  <si>
+    <t>81 Y</t>
+  </si>
+  <si>
+    <t>22-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12585</t>
+  </si>
+  <si>
+    <t>23-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12586</t>
+  </si>
+  <si>
+    <t>25-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12587</t>
+  </si>
+  <si>
+    <t>KH25-12588</t>
   </si>
   <si>
     <t>49 Y</t>
   </si>
   <si>
-    <t>KH25-12438</t>
-[...5 lines deleted...]
-    <t>31-Dec-25</t>
+    <t>24-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12589</t>
+  </si>
+  <si>
+    <t>KH25-12604</t>
+  </si>
+  <si>
+    <t>28-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12605</t>
+  </si>
+  <si>
+    <t>KH25-12606</t>
+  </si>
+  <si>
+    <t>53 Y</t>
   </si>
   <si>
     <t>KH25-13014</t>
   </si>
   <si>
     <t>23-Oct-25</t>
   </si>
   <si>
     <t>KH25-13015</t>
   </si>
   <si>
     <t>25-Oct-25</t>
   </si>
   <si>
     <t>KH25-13016</t>
   </si>
   <si>
     <t>KH25-13017</t>
   </si>
   <si>
     <t>KH25-13076</t>
   </si>
   <si>
     <t>KH25-13118</t>
   </si>
   <si>
     <t>12-Nov-25</t>
   </si>
   <si>
     <t>KH25-13178</t>
   </si>
   <si>
     <t>13-Dec-25</t>
   </si>
   <si>
-    <t>KH25-14195</t>
+    <t>KH25-13338</t>
+  </si>
+  <si>
+    <t>64 Y</t>
+  </si>
+  <si>
+    <t>06-Feb-26</t>
+  </si>
+  <si>
+    <t>KH25-13339</t>
+  </si>
+  <si>
+    <t>41 Y</t>
+  </si>
+  <si>
+    <t>KH25-13340</t>
+  </si>
+  <si>
+    <t>66 Y</t>
+  </si>
+  <si>
+    <t>08-Feb-26</t>
+  </si>
+  <si>
+    <t>KH25-13353</t>
+  </si>
+  <si>
+    <t>10-Feb-26</t>
+  </si>
+  <si>
+    <t>KH25-14200</t>
+  </si>
+  <si>
+    <t>35 Y</t>
   </si>
   <si>
     <t>14-Nov-25</t>
   </si>
   <si>
-    <t>KH25-14200</t>
-[...4 lines deleted...]
-  <si>
     <t>KH25-14400</t>
   </si>
   <si>
     <t>30 Y</t>
   </si>
   <si>
     <t>08-Dec-25</t>
   </si>
   <si>
     <t>KH25-14440</t>
   </si>
   <si>
     <t>20-Dec-25</t>
   </si>
   <si>
     <t>KH25-14572</t>
   </si>
   <si>
     <t>07-Jan-26</t>
   </si>
   <si>
     <t>KH25-14573</t>
   </si>
   <si>
     <t>05-Jan-26</t>
   </si>
   <si>
     <t>KH25-14574</t>
+  </si>
+  <si>
+    <t>KH25-14641</t>
+  </si>
+  <si>
+    <t>16-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14666</t>
+  </si>
+  <si>
+    <t>69 Y</t>
+  </si>
+  <si>
+    <t>29-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14678</t>
+  </si>
+  <si>
+    <t>02-Feb-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1069,51 +1150,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP85"/>
+  <dimension ref="A1:AP98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="1"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3820,1787 +3901,2476 @@
       </c>
       <c r="O52" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P52" s="6">
         <v>45469786</v>
       </c>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:42">
       <c r="A53" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="7">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
       <c r="F53" s="6">
         <v>1.0</v>
       </c>
       <c r="G53" s="9">
         <v>250.0</v>
       </c>
       <c r="H53" s="8" t="s">
         <v>149</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J53" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" s="6" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O53" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P53" s="6">
         <v>45469786</v>
       </c>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:42">
       <c r="A54" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F54" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G54" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" s="6" t="s">
         <v>152</v>
-      </c>
-[...31 lines deleted...]
-        <v>154</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O54" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P54" s="6">
         <v>45469786</v>
       </c>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:42">
       <c r="A55" s="6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="7">
         <v>1.5</v>
       </c>
       <c r="F55" s="6">
         <v>1.0</v>
       </c>
       <c r="G55" s="9">
         <v>250.0</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P55" s="6">
         <v>45469786</v>
       </c>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:42">
       <c r="A56" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="7">
         <v>1.5</v>
       </c>
       <c r="F56" s="6">
         <v>1.0</v>
       </c>
       <c r="G56" s="9">
         <v>250.0</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J56" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O56" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P56" s="6">
         <v>45469786</v>
       </c>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:42">
       <c r="A57" s="6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F57" s="6">
         <v>1.0</v>
       </c>
       <c r="G57" s="9">
         <v>250.0</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P57" s="6">
         <v>45469786</v>
       </c>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:42">
       <c r="A58" s="6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F58" s="6">
         <v>1.0</v>
       </c>
       <c r="G58" s="9">
         <v>250.0</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="I58" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J58" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O58" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="6">
         <v>45469786</v>
       </c>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:42">
       <c r="A59" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F59" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G59" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H59" s="8" t="s">
         <v>163</v>
-      </c>
-[...19 lines deleted...]
-        <v>164</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P59" s="6">
         <v>45469786</v>
       </c>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:42">
       <c r="A60" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F60" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G60" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" s="6" t="s">
         <v>166</v>
-      </c>
-[...31 lines deleted...]
-        <v>168</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O60" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P60" s="6">
         <v>45469786</v>
       </c>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:42">
       <c r="A61" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="7">
         <v>1.0</v>
       </c>
       <c r="F61" s="6">
         <v>1.0</v>
       </c>
       <c r="G61" s="9">
         <v>250.0</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>83</v>
+        <v>149</v>
       </c>
       <c r="I61" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J61" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P61" s="6">
         <v>45469786</v>
       </c>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:42">
       <c r="A62" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E62" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F62" s="6">
         <v>1.0</v>
       </c>
       <c r="G62" s="9">
         <v>250.0</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>153</v>
+        <v>57</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J62" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O62" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P62" s="6">
         <v>45469786</v>
       </c>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:42">
       <c r="A63" s="6" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E63" s="7">
         <v>1.5</v>
       </c>
       <c r="F63" s="6">
         <v>1.0</v>
       </c>
       <c r="G63" s="9">
         <v>250.0</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J63" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P63" s="6">
         <v>45469786</v>
       </c>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:42">
       <c r="A64" s="6" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E64" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F64" s="6">
         <v>1.0</v>
       </c>
       <c r="G64" s="9">
         <v>250.0</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>176</v>
+        <v>105</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J64" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P64" s="6">
         <v>45469786</v>
       </c>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:42">
       <c r="A65" s="6" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F65" s="6">
         <v>1.0</v>
       </c>
       <c r="G65" s="9">
         <v>250.0</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="I65" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J65" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O65" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P65" s="6">
         <v>45469786</v>
       </c>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:42">
       <c r="A66" s="6" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E66" s="7">
         <v>1.75</v>
       </c>
       <c r="F66" s="6">
         <v>1.0</v>
       </c>
       <c r="G66" s="9">
         <v>250.0</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>180</v>
+        <v>51</v>
       </c>
       <c r="I66" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J66" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O66" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P66" s="6">
         <v>45469786</v>
       </c>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:42">
       <c r="A67" s="6" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E67" s="7">
-        <v>1.75</v>
+        <v>1.0</v>
       </c>
       <c r="F67" s="6">
         <v>1.0</v>
       </c>
       <c r="G67" s="9">
         <v>250.0</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="I67" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J67" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="M67" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P67" s="6">
         <v>45469786</v>
       </c>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:42">
       <c r="A68" s="6" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E68" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F68" s="6">
         <v>1.0</v>
       </c>
       <c r="G68" s="9">
         <v>250.0</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J68" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="M68" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P68" s="6">
         <v>45469786</v>
       </c>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:42">
       <c r="A69" s="6" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E69" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F69" s="6">
         <v>1.0</v>
       </c>
       <c r="G69" s="9">
         <v>250.0</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>105</v>
+        <v>185</v>
       </c>
       <c r="I69" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J69" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="M69" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P69" s="6">
         <v>45469786</v>
       </c>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:42">
       <c r="A70" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F70" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G70" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H70" s="8" t="s">
         <v>188</v>
-      </c>
-[...19 lines deleted...]
-        <v>189</v>
       </c>
       <c r="I70" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J70" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="M70" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O70" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P70" s="6">
         <v>45469786</v>
       </c>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:42">
       <c r="A71" s="6" t="s">
         <v>190</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F71" s="6">
         <v>1.0</v>
       </c>
       <c r="G71" s="9">
         <v>250.0</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="I71" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J71" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K71" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="M71" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O71" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P71" s="6">
         <v>45469786</v>
       </c>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:42">
       <c r="A72" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F72" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G72" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H72" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" s="6" t="s">
         <v>193</v>
-      </c>
-[...31 lines deleted...]
-        <v>194</v>
       </c>
       <c r="M72" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O72" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P72" s="6">
         <v>45469786</v>
       </c>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:42">
       <c r="A73" s="6" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E73" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F73" s="6">
         <v>1.0</v>
       </c>
       <c r="G73" s="9">
         <v>250.0</v>
       </c>
       <c r="H73" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" s="6" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
       <c r="M73" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O73" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P73" s="6">
         <v>45469786</v>
       </c>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:42">
       <c r="A74" s="6" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E74" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F74" s="6">
         <v>1.0</v>
       </c>
       <c r="G74" s="9">
         <v>250.0</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
       <c r="I74" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J74" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="M74" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O74" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P74" s="6">
         <v>45469786</v>
       </c>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:42">
       <c r="A75" s="6" t="s">
         <v>198</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E75" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F75" s="6">
         <v>1.0</v>
       </c>
       <c r="G75" s="9">
         <v>250.0</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="I75" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J75" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="M75" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O75" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P75" s="6">
         <v>45469786</v>
       </c>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:42">
       <c r="A76" s="6" t="s">
         <v>199</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E76" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F76" s="6">
         <v>1.0</v>
       </c>
       <c r="G76" s="9">
         <v>250.0</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="I76" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J76" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O76" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P76" s="6">
         <v>45469786</v>
       </c>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:42">
       <c r="A77" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E77" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F77" s="6">
         <v>1.0</v>
       </c>
       <c r="G77" s="9">
         <v>250.0</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>97</v>
+        <v>160</v>
       </c>
       <c r="I77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="M77" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O77" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P77" s="6">
         <v>45469786</v>
       </c>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:42">
       <c r="A78" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E78" s="7">
-        <v>1.75</v>
+        <v>1.0</v>
       </c>
       <c r="F78" s="6">
         <v>1.0</v>
       </c>
       <c r="G78" s="9">
         <v>250.0</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="I78" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J78" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="M78" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O78" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P78" s="6">
         <v>45469786</v>
       </c>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:42">
       <c r="A79" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E79" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F79" s="6">
         <v>1.0</v>
       </c>
       <c r="G79" s="9">
         <v>250.0</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
       <c r="I79" s="6" t="s">
         <v>34</v>
       </c>
       <c r="J79" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>205</v>
       </c>
       <c r="M79" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O79" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P79" s="6">
         <v>45469786</v>
       </c>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:42">
       <c r="A80" s="6" t="s">
         <v>206</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E80" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F80" s="6">
         <v>1.0</v>
       </c>
       <c r="G80" s="9">
         <v>250.0</v>
       </c>
       <c r="H80" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" s="6" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>205</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O80" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P80" s="6">
         <v>45469786</v>
       </c>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:42">
       <c r="A81" s="6" t="s">
         <v>208</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E81" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F81" s="6">
         <v>1.0</v>
       </c>
       <c r="G81" s="9">
         <v>250.0</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>209</v>
+        <v>70</v>
       </c>
       <c r="I81" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J81" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="M81" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O81" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P81" s="6">
         <v>45469786</v>
       </c>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:42">
       <c r="A82" s="6" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E82" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F82" s="6">
         <v>1.0</v>
       </c>
       <c r="G82" s="9">
         <v>250.0</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>164</v>
+        <v>97</v>
       </c>
       <c r="I82" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J82" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P82" s="6">
         <v>45469786</v>
       </c>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:42">
       <c r="A83" s="6" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E83" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F83" s="6">
         <v>1.0</v>
       </c>
       <c r="G83" s="9">
         <v>250.0</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>102</v>
+        <v>176</v>
       </c>
       <c r="I83" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J83" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>214</v>
+        <v>181</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O83" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P83" s="6">
         <v>45469786</v>
       </c>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:42">
       <c r="A84" s="6" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E84" s="7">
         <v>1.25</v>
       </c>
       <c r="F84" s="6">
         <v>1.0</v>
       </c>
       <c r="G84" s="9">
         <v>250.0</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="I84" s="6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J84" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="M84" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O84" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P84" s="6">
         <v>45469786</v>
       </c>
       <c r="Q84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:42">
       <c r="A85" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E85" s="7">
-        <v>1.0</v>
+        <v>1.75</v>
       </c>
       <c r="F85" s="6">
         <v>1.0</v>
       </c>
       <c r="G85" s="9">
         <v>250.0</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>97</v>
+        <v>185</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J85" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>214</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O85" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P85" s="6">
         <v>45469786</v>
       </c>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="86" spans="1:42">
+      <c r="A86" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F86" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G86" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H86" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J86" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="M86" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N86" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O86" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P86" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="87" spans="1:42">
+      <c r="A87" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F87" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G87" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H87" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J87" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="M87" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N87" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O87" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P87" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="88" spans="1:42">
+      <c r="A88" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F88" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G88" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H88" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J88" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="M88" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O88" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P88" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="89" spans="1:42">
+      <c r="A89" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F89" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G89" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H89" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="M89" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O89" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P89" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="90" spans="1:42">
+      <c r="A90" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F90" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G90" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H90" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J90" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="M90" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O90" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P90" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="91" spans="1:42">
+      <c r="A91" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F91" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G91" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H91" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J91" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="M91" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O91" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P91" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="92" spans="1:42">
+      <c r="A92" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F92" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G92" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H92" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J92" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="M92" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O92" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P92" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" spans="1:42">
+      <c r="A93" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F93" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G93" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H93" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="I93" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J93" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="M93" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O93" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P93" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="94" spans="1:42">
+      <c r="A94" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F94" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G94" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H94" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J94" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="M94" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N94" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O94" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P94" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="95" spans="1:42">
+      <c r="A95" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F95" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G95" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I95" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J95" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="M95" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N95" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O95" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P95" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="96" spans="1:42">
+      <c r="A96" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F96" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G96" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H96" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J96" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="M96" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N96" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O96" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P96" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="97" spans="1:42">
+      <c r="A97" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F97" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G97" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H97" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="M97" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O97" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P97" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="98" spans="1:42">
+      <c r="A98" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F98" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G98" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="H98" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="I98" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J98" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="M98" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="O98" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P98" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:P85"/>
+  <autoFilter ref="A2:P98"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>