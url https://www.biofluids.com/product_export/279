--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$43</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -294,189 +294,108 @@
   <si>
     <t>33 Y</t>
   </si>
   <si>
     <t>17-Dec-24</t>
   </si>
   <si>
     <t>KH24-13924</t>
   </si>
   <si>
     <t>53 Y</t>
   </si>
   <si>
     <t>07-Dec-24</t>
   </si>
   <si>
     <t>KH24-13931</t>
   </si>
   <si>
     <t>71 Y</t>
   </si>
   <si>
     <t>09-Dec-24</t>
   </si>
   <si>
-    <t>KH25-04299</t>
-[...16 lines deleted...]
-  <si>
     <t>KH25-04928</t>
   </si>
   <si>
     <t>16 Y</t>
   </si>
   <si>
     <t>30-Mar-25</t>
   </si>
   <si>
     <t>KH25-06034</t>
   </si>
   <si>
     <t>34 Y</t>
   </si>
   <si>
     <t>11-Apr-25</t>
   </si>
   <si>
-    <t>KH25-06638</t>
-[...5 lines deleted...]
-    <t>03-Jul-25</t>
+    <t>KH25-06639</t>
+  </si>
+  <si>
+    <t>17 Y</t>
+  </si>
+  <si>
+    <t>04-Jul-25</t>
   </si>
   <si>
     <t>WAMPOLE, DYNEX DSX Automated ELISA System, DSX Automated Method</t>
   </si>
   <si>
-    <t>KH25-06639</t>
-[...7 lines deleted...]
-  <si>
     <t>KH25-06640</t>
   </si>
   <si>
     <t>02-Jul-25</t>
   </si>
   <si>
-    <t>KH25-06645</t>
-[...10 lines deleted...]
-  <si>
     <t>KH25-07355</t>
   </si>
   <si>
     <t>08-Jun-25</t>
   </si>
   <si>
-    <t>KH25-07356</t>
-[...16 lines deleted...]
-  <si>
     <t>KH25-09517</t>
   </si>
   <si>
     <t>55 Y</t>
   </si>
   <si>
     <t>14-Jul-25</t>
   </si>
   <si>
     <t>KH25-09518</t>
   </si>
   <si>
     <t>KH25-09565</t>
   </si>
   <si>
     <t>16-Jul-25</t>
-  </si>
-[...22 lines deleted...]
-    <t>02-Sep-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -829,51 +748,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP43"/>
+  <dimension ref="A1:AP33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="75.41" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -2150,992 +2069,462 @@
       </c>
       <c r="O25" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P25" s="6">
         <v>45469786</v>
       </c>
       <c r="Q25" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
         <v>91</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E26" s="7">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>250.0</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>92</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N26" s="6">
-        <v>2.61</v>
+        <v>2.11</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P26" s="6">
         <v>45469786</v>
       </c>
       <c r="Q26" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E27" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>250.0</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>95</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N27" s="6">
-        <v>2.9</v>
+        <v>1.43</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P27" s="6">
         <v>45469786</v>
       </c>
       <c r="Q27" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
         <v>97</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>250.0</v>
       </c>
       <c r="H28" s="8" t="s">
         <v>98</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>99</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>26</v>
+        <v>100</v>
       </c>
       <c r="N28" s="6">
-        <v>2.11</v>
+        <v>2.04</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P28" s="6">
         <v>45469786</v>
       </c>
       <c r="Q28" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="7">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>250.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>102</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>26</v>
+        <v>100</v>
       </c>
       <c r="N29" s="6">
-        <v>1.43</v>
+        <v>1.34</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P29" s="6">
         <v>45469786</v>
       </c>
       <c r="Q29" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E30" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>250.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="I30" s="6" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="N30" s="6">
-        <v>2.2</v>
+        <v>1.37</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P30" s="6">
         <v>45469786</v>
       </c>
       <c r="Q30" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E31" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>250.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="N31" s="6">
-        <v>2.04</v>
+        <v>1.14</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P31" s="6">
         <v>45469786</v>
       </c>
       <c r="Q31" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="7">
         <v>1.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>250.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="N32" s="6">
-        <v>1.34</v>
+        <v>3.41</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P32" s="6">
         <v>45469786</v>
       </c>
       <c r="Q32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E33" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>250.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="J33" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="N33" s="6">
-        <v>1.95</v>
+        <v>1.27</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P33" s="6">
         <v>45469786</v>
       </c>
       <c r="Q33" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="34" spans="1:42">
-[...528 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:P43"/>
+  <autoFilter ref="A2:P33"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>