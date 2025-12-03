--- v0 (2025-10-17)
+++ v1 (2025-12-03)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$33</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -346,50 +346,71 @@
     <t>BF19868579</t>
   </si>
   <si>
     <t>43 Y</t>
   </si>
   <si>
     <t>03-Aug-25</t>
   </si>
   <si>
     <t>BF19868676</t>
   </si>
   <si>
     <t>17-Aug-25</t>
   </si>
   <si>
     <t>BF19868677</t>
   </si>
   <si>
     <t>GIARDIA</t>
   </si>
   <si>
     <t>BF19868689</t>
   </si>
   <si>
     <t>21-Aug-25</t>
+  </si>
+  <si>
+    <t>BF19869826</t>
+  </si>
+  <si>
+    <t>24 Y</t>
+  </si>
+  <si>
+    <t>31-Oct-25</t>
+  </si>
+  <si>
+    <t>GIARDIA, NOROVIRUS</t>
+  </si>
+  <si>
+    <t>BF19869866</t>
+  </si>
+  <si>
+    <t>03-Nov-25</t>
+  </si>
+  <si>
+    <t>NOROVIRUS, EPEC</t>
   </si>
   <si>
     <t>BF19870101</t>
   </si>
   <si>
     <t>69 Y</t>
   </si>
   <si>
     <t>18-Aug-25</t>
   </si>
   <si>
     <t>EAEC, CAMPYLOBACTER SP.</t>
   </si>
   <si>
     <t>BF19870331</t>
   </si>
   <si>
     <t>63 Y</t>
   </si>
   <si>
     <t>07-Sep-25</t>
   </si>
   <si>
     <t>BF19870332</t>
   </si>
@@ -838,51 +859,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP33"/>
+  <dimension ref="A1:AP35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
@@ -2246,569 +2267,687 @@
       </c>
       <c r="Q24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>112</v>
       </c>
       <c r="S24" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="7">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="F25" s="6">
         <v>1.0</v>
       </c>
       <c r="G25" s="9">
         <v>450.0</v>
       </c>
       <c r="H25" s="8" t="s">
-        <v>114</v>
+        <v>75</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O25" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q25" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R25" s="6" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>32</v>
       </c>
       <c r="S25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
         <v>116</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="7">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>450.0</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>117</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>118</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q26" s="6" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="7">
         <v>10.0</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>450.0</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>450.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q28" s="6" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="R28" s="6" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="S28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="7">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>450.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
       <c r="S29" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F30" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G30" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H30" s="8" t="s">
         <v>130</v>
-      </c>
-[...19 lines deleted...]
-        <v>131</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="S30" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="7">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>450.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="N31" s="6">
-        <v>0.0</v>
+      <c r="N31" s="6" t="s">
+        <v>29</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>31</v>
+        <v>135</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>32</v>
+        <v>136</v>
       </c>
       <c r="S31" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="7">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>450.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q32" s="6" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="R32" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="7">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>450.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="N33" s="6" t="s">
-        <v>29</v>
+      <c r="N33" s="6">
+        <v>0.0</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R33" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S33" t="s">
         <v>33</v>
       </c>
     </row>
+    <row r="34" spans="1:42">
+      <c r="A34" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="F34" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G34" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q34" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R34" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S34" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:42">
+      <c r="A35" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F35" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G35" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N35" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O35" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q35" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R35" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S35" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R33"/>
+  <autoFilter ref="A2:R35"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>