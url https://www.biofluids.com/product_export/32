--- v1 (2025-12-03)
+++ v2 (2026-01-30)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$35</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$R$42</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -348,50 +348,107 @@
   <si>
     <t>43 Y</t>
   </si>
   <si>
     <t>03-Aug-25</t>
   </si>
   <si>
     <t>BF19868676</t>
   </si>
   <si>
     <t>17-Aug-25</t>
   </si>
   <si>
     <t>BF19868677</t>
   </si>
   <si>
     <t>GIARDIA</t>
   </si>
   <si>
     <t>BF19868689</t>
   </si>
   <si>
     <t>21-Aug-25</t>
   </si>
   <si>
+    <t>BF19869648</t>
+  </si>
+  <si>
+    <t>32 Y</t>
+  </si>
+  <si>
+    <t>28-Dec-25</t>
+  </si>
+  <si>
+    <t>BF19869674</t>
+  </si>
+  <si>
+    <t>10 Y</t>
+  </si>
+  <si>
+    <t>08-Jan-26</t>
+  </si>
+  <si>
+    <t>EAEC,EPEC</t>
+  </si>
+  <si>
+    <t>BF19869750</t>
+  </si>
+  <si>
+    <t>11-Dec-25</t>
+  </si>
+  <si>
+    <t>BF19869751</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>14-Dec-25</t>
+  </si>
+  <si>
+    <t>BF19869758</t>
+  </si>
+  <si>
+    <t>59 Y</t>
+  </si>
+  <si>
+    <t>18-Dec-25</t>
+  </si>
+  <si>
+    <t>BF19869759</t>
+  </si>
+  <si>
+    <t>75 Y</t>
+  </si>
+  <si>
+    <t>BF19869774</t>
+  </si>
+  <si>
+    <t>16-Dec-25</t>
+  </si>
+  <si>
     <t>BF19869826</t>
   </si>
   <si>
     <t>24 Y</t>
   </si>
   <si>
     <t>31-Oct-25</t>
   </si>
   <si>
     <t>GIARDIA, NOROVIRUS</t>
   </si>
   <si>
     <t>BF19869866</t>
   </si>
   <si>
     <t>03-Nov-25</t>
   </si>
   <si>
     <t>NOROVIRUS, EPEC</t>
   </si>
   <si>
     <t>BF19870101</t>
   </si>
   <si>
     <t>69 Y</t>
@@ -438,72 +495,66 @@
   <si>
     <t>13-May-25</t>
   </si>
   <si>
     <t>BF19870559</t>
   </si>
   <si>
     <t>38 Y</t>
   </si>
   <si>
     <t>28-May-25</t>
   </si>
   <si>
     <t>MCC</t>
   </si>
   <si>
     <t>EPEC.GIARDIA</t>
   </si>
   <si>
     <t>BF19870583</t>
   </si>
   <si>
     <t>34 Y</t>
   </si>
   <si>
-    <t>Black</t>
-[...1 lines deleted...]
-  <si>
     <t>02-Jun-25</t>
   </si>
   <si>
     <t>BF19870741</t>
   </si>
   <si>
     <t>54 Y</t>
   </si>
   <si>
     <t>BF19870778</t>
   </si>
   <si>
     <t>41 Y</t>
   </si>
   <si>
     <t>BF19870801</t>
-  </si>
-[...1 lines deleted...]
-    <t>59 Y</t>
   </si>
   <si>
     <t>27-May-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -859,51 +910,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP35"/>
+  <dimension ref="A1:AP42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.569" bestFit="true" customWidth="true" style="0"/>
@@ -2223,110 +2274,110 @@
       <c r="B24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="7">
         <v>18.0</v>
       </c>
       <c r="F24" s="6">
         <v>1.0</v>
       </c>
       <c r="G24" s="9">
         <v>450.0</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>110</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>111</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="S24" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:42">
       <c r="A25" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E25" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F25" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G25" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H25" s="8" t="s">
         <v>113</v>
-      </c>
-[...19 lines deleted...]
-        <v>75</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>114</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>46</v>
       </c>
       <c r="R25" s="6" t="s">
         <v>115</v>
       </c>
@@ -2335,619 +2386,1032 @@
       </c>
     </row>
     <row r="26" spans="1:42">
       <c r="A26" s="6" t="s">
         <v>116</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="7">
         <v>18.0</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="9">
         <v>450.0</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>119</v>
+        <v>32</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:42">
       <c r="A27" s="6" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="7">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="9">
         <v>450.0</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>121</v>
+        <v>62</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:42">
       <c r="A28" s="6" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="F28" s="6">
         <v>1.0</v>
       </c>
       <c r="G28" s="9">
         <v>450.0</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q28" s="6" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:42">
       <c r="A29" s="6" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="7">
         <v>10.0</v>
       </c>
       <c r="F29" s="6">
         <v>1.0</v>
       </c>
       <c r="G29" s="9">
         <v>450.0</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R29" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S29" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:42">
       <c r="A30" s="6" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="7">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="F30" s="6">
         <v>1.0</v>
       </c>
       <c r="G30" s="9">
         <v>450.0</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="I30" s="6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="S30" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:42">
       <c r="A31" s="6" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="7">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="F31" s="6">
         <v>1.0</v>
       </c>
       <c r="G31" s="9">
         <v>450.0</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>135</v>
+        <v>31</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="S31" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:42">
       <c r="A32" s="6" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="7">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.0</v>
       </c>
       <c r="G32" s="9">
         <v>450.0</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>138</v>
+        <v>75</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q32" s="6" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:42">
       <c r="A33" s="6" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="7">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="F33" s="6">
         <v>1.0</v>
       </c>
       <c r="G33" s="9">
         <v>450.0</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="N33" s="6">
-        <v>0.0</v>
+      <c r="N33" s="6" t="s">
+        <v>29</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>32</v>
+        <v>138</v>
       </c>
       <c r="S33" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:42">
       <c r="A34" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="7">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="F34" s="6">
         <v>1.0</v>
       </c>
       <c r="G34" s="9">
         <v>450.0</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q34" s="6" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="R34" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S34" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:42">
       <c r="A35" s="6" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="7">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.0</v>
       </c>
       <c r="G35" s="9">
         <v>450.0</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S35" t="s">
         <v>33</v>
       </c>
     </row>
+    <row r="36" spans="1:42">
+      <c r="A36" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F36" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G36" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q36" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R36" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S36" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="37" spans="1:42">
+      <c r="A37" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F37" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G37" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H37" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O37" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q37" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R37" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="S37" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="38" spans="1:42">
+      <c r="A38" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E38" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F38" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G38" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O38" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q38" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="R38" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="S38" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="39" spans="1:42">
+      <c r="A39" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E39" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="F39" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G39" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H39" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="M39" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N39" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O39" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q39" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R39" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S39" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:42">
+      <c r="A40" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E40" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F40" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G40" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N40" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="O40" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q40" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R40" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S40" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="41" spans="1:42">
+      <c r="A41" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E41" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="F41" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G41" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N41" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O41" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q41" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R41" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S41" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:42">
+      <c r="A42" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E42" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F42" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G42" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N42" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O42" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="R42" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S42" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:R35"/>
+  <autoFilter ref="A2:R42"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>