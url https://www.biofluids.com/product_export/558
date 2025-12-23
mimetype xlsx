--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -735,51 +735,51 @@
   <si>
     <t>KH23-13550</t>
   </si>
   <si>
     <t>28-Nov-23</t>
   </si>
   <si>
     <t>KH23-14003</t>
   </si>
   <si>
     <t>66 Y</t>
   </si>
   <si>
     <t>18-Nov-23</t>
   </si>
   <si>
     <t>KH23-14004</t>
   </si>
   <si>
     <t>08-Nov-23</t>
   </si>
   <si>
     <t>KH23-14005</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>13-Nov-23</t>
   </si>
   <si>
     <t>KH23-14006</t>
   </si>
   <si>
     <t>KH23-14008</t>
   </si>
   <si>
     <t>30-Oct-23</t>
   </si>
   <si>
     <t>KH23-14009</t>
   </si>
   <si>
     <t>06-Nov-23</t>
   </si>
   <si>
     <t>KH23-14010</t>
   </si>
   <si>
     <t>KH23-14729</t>
   </si>
@@ -1402,51 +1402,51 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AP165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">