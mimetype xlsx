--- v1 (2025-12-23)
+++ v2 (2026-02-09)
@@ -5976,51 +5976,51 @@
       </c>
       <c r="R82" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:42">
       <c r="A83" s="6" t="s">
         <v>175</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="7">
         <v>1.5</v>
       </c>
       <c r="F83" s="6">
         <v>1.0</v>
       </c>
       <c r="G83" s="9">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="H83" s="8" t="s">
         <v>148</v>
       </c>
       <c r="I83" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J83" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>176</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N83" s="6">
         <v>22.55</v>
       </c>
       <c r="O83" s="6" t="s">
         <v>28</v>
       </c>