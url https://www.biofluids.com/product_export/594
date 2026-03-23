--- v0 (2025-12-15)
+++ v1 (2026-03-23)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$P$51</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -457,50 +457,62 @@
     <t>BF19870859</t>
   </si>
   <si>
     <t>KH25-08051</t>
   </si>
   <si>
     <t>04-Apr-25</t>
   </si>
   <si>
     <t>Wampole ELISA DSX</t>
   </si>
   <si>
     <t>KH25-08052</t>
   </si>
   <si>
     <t>28 Y</t>
   </si>
   <si>
     <t>10-Apr-25</t>
   </si>
   <si>
     <t>KH25-08436</t>
   </si>
   <si>
     <t>01-May-25</t>
+  </si>
+  <si>
+    <t>KH25-11604</t>
+  </si>
+  <si>
+    <t>77 Y</t>
+  </si>
+  <si>
+    <t>12-Feb-26</t>
+  </si>
+  <si>
+    <t>Semi-Quantitative Enzyme-Linked Immunosorbent Assay (ELISA)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -853,72 +865,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP50"/>
+  <dimension ref="A1:AP51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="1"/>
+    <col min="13" max="13" width="70.697" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
@@ -3485,52 +3497,105 @@
       <c r="J50" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>145</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>140</v>
       </c>
       <c r="N50" s="6">
         <v>1.76</v>
       </c>
       <c r="O50" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P50" s="6">
         <v>45469786</v>
       </c>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="51" spans="1:42">
+      <c r="A51" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F51" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G51" s="9">
+        <v>500.0</v>
+      </c>
+      <c r="H51" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J51" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="N51" s="6">
+        <v>1.12</v>
+      </c>
+      <c r="O51" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="P51" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:P50"/>
+  <autoFilter ref="A2:P51"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>