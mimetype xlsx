--- v0 (2025-11-27)
+++ v1 (2026-02-27)
@@ -5418,51 +5418,51 @@
       </c>
       <c r="R79" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:42">
       <c r="A80" s="6" t="s">
         <v>191</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="7">
         <v>1.5</v>
       </c>
       <c r="F80" s="6">
         <v>1.0</v>
       </c>
       <c r="G80" s="9">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="H80" s="8" t="s">
         <v>192</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J80" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>188</v>
       </c>
       <c r="N80" s="6">
         <v>22.7</v>
       </c>
       <c r="O80" s="6" t="s">
         <v>189</v>
       </c>