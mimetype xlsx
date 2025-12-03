--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$200</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$226</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -93,51 +93,51 @@
   <si>
     <t>ICD10 Code</t>
   </si>
   <si>
     <t>IRB Approval ID</t>
   </si>
   <si>
     <t>KH24-08562</t>
   </si>
   <si>
     <t>Traumatic Brain Injury (TBI)</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Serum</t>
   </si>
   <si>
     <t>67 Y</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>&lt;-70C</t>
   </si>
   <si>
     <t>05-Jul-24</t>
   </si>
   <si>
     <t>Glasgow Coma Scale (GCS)</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>S06.5x0</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>KH24-08563</t>
   </si>
   <si>
     <t>47 Y</t>
   </si>
@@ -939,285 +939,447 @@
   <si>
     <t>64 Y</t>
   </si>
   <si>
     <t>25-May-25</t>
   </si>
   <si>
     <t>S06.89AA</t>
   </si>
   <si>
     <t>KH25-07271</t>
   </si>
   <si>
     <t>KH25-07372</t>
   </si>
   <si>
     <t>KH25-07470</t>
   </si>
   <si>
     <t>15 Y</t>
   </si>
   <si>
     <t>18-Jul-25</t>
   </si>
   <si>
-    <t>KH25-07516</t>
-[...10 lines deleted...]
-  <si>
     <t>KH25-07675</t>
   </si>
   <si>
     <t>EDTA Plasma</t>
   </si>
   <si>
     <t>27-Sep-25</t>
   </si>
   <si>
     <t>KH25-07676</t>
   </si>
   <si>
     <t>54 Y</t>
   </si>
   <si>
     <t>28-Sep-25</t>
   </si>
   <si>
     <t>KH25-07677</t>
   </si>
   <si>
     <t>KH25-07678</t>
   </si>
   <si>
     <t>29 Y</t>
   </si>
   <si>
+    <t>KH25-07740</t>
+  </si>
+  <si>
+    <t>11-Oct-25</t>
+  </si>
+  <si>
+    <t>S06.9XA5</t>
+  </si>
+  <si>
+    <t>KH25-07741</t>
+  </si>
+  <si>
+    <t>12-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-07742</t>
+  </si>
+  <si>
+    <t>10-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-09129</t>
   </si>
   <si>
     <t>02-Jun-25</t>
   </si>
   <si>
     <t>S06.5x9a</t>
   </si>
   <si>
     <t>KH25-09130</t>
   </si>
   <si>
-    <t>KH25-09703</t>
-[...44 lines deleted...]
-    <t>KH25-09715</t>
+    <t>KH25-09728</t>
+  </si>
+  <si>
+    <t>04-Sep-25</t>
+  </si>
+  <si>
+    <t>KH25-09769</t>
+  </si>
+  <si>
+    <t>08-Sep-25</t>
+  </si>
+  <si>
+    <t>KH25-09857</t>
+  </si>
+  <si>
+    <t>05-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09858</t>
+  </si>
+  <si>
+    <t>03-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09901</t>
+  </si>
+  <si>
+    <t>08-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09902</t>
+  </si>
+  <si>
+    <t>KH25-09903</t>
+  </si>
+  <si>
+    <t>07-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09904</t>
+  </si>
+  <si>
+    <t>89 Y</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>06-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-09905</t>
+  </si>
+  <si>
+    <t>KH25-09906</t>
+  </si>
+  <si>
+    <t>48 Y</t>
+  </si>
+  <si>
+    <t>KH25-09907</t>
+  </si>
+  <si>
+    <t>30 Y</t>
+  </si>
+  <si>
+    <t>KH25-09913</t>
+  </si>
+  <si>
+    <t>S06.3XAA</t>
+  </si>
+  <si>
+    <t>KH25-10460</t>
+  </si>
+  <si>
+    <t>20-Sep-25</t>
+  </si>
+  <si>
+    <t>KH25-10461</t>
+  </si>
+  <si>
+    <t>21-Sep-25</t>
+  </si>
+  <si>
+    <t>KH25-10462</t>
   </si>
   <si>
     <t>34 Y</t>
   </si>
   <si>
-    <t>06-Sep-25</t>
-[...82 lines deleted...]
-  <si>
     <t>KH25-10520</t>
   </si>
   <si>
     <t>23-Sep-25</t>
   </si>
   <si>
+    <t>KH25-10827</t>
+  </si>
+  <si>
+    <t>18-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-10828</t>
+  </si>
+  <si>
+    <t>KH25-10829</t>
+  </si>
+  <si>
+    <t>17-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-10830</t>
+  </si>
+  <si>
+    <t>KH25-10831</t>
+  </si>
+  <si>
+    <t>19-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-10832</t>
+  </si>
+  <si>
+    <t>KH25-10943</t>
+  </si>
+  <si>
+    <t>22-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-10944</t>
+  </si>
+  <si>
+    <t>21-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-10945</t>
+  </si>
+  <si>
     <t>KH25-11014</t>
   </si>
   <si>
     <t>16-Sep-25</t>
   </si>
   <si>
     <t>KH25-11015</t>
   </si>
   <si>
     <t>17-Sep-25</t>
   </si>
   <si>
     <t>KH25-11082</t>
   </si>
   <si>
     <t>79 Y</t>
   </si>
   <si>
     <t>01-Oct-25</t>
   </si>
   <si>
     <t>KH25-11116</t>
   </si>
   <si>
     <t>30-Sep-25</t>
   </si>
   <si>
     <t>KH25-11121</t>
   </si>
   <si>
     <t>18 Y</t>
   </si>
   <si>
     <t>KH25-11122</t>
   </si>
   <si>
     <t>KH25-11123</t>
   </si>
   <si>
     <t>KH25-11124</t>
   </si>
   <si>
     <t>KH25-11125</t>
+  </si>
+  <si>
+    <t>KH25-11215</t>
+  </si>
+  <si>
+    <t>14-Oct-25</t>
+  </si>
+  <si>
+    <t>S06.9XAS</t>
+  </si>
+  <si>
+    <t>KH25-11216</t>
+  </si>
+  <si>
+    <t>KH25-11217</t>
+  </si>
+  <si>
+    <t>15-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11218</t>
+  </si>
+  <si>
+    <t>KH25-11284</t>
+  </si>
+  <si>
+    <t>23-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11310</t>
+  </si>
+  <si>
+    <t>16 Y</t>
+  </si>
+  <si>
+    <t>28-Oct-25</t>
+  </si>
+  <si>
+    <t>S06.0X9</t>
+  </si>
+  <si>
+    <t>KH25-11311</t>
+  </si>
+  <si>
+    <t>KH25-11312</t>
+  </si>
+  <si>
+    <t>29-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11313</t>
+  </si>
+  <si>
+    <t>27-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11314</t>
+  </si>
+  <si>
+    <t>KH25-11315</t>
+  </si>
+  <si>
+    <t>KH25-11316</t>
+  </si>
+  <si>
+    <t>KH25-11317</t>
+  </si>
+  <si>
+    <t>KH25-11318</t>
+  </si>
+  <si>
+    <t>KH25-11319</t>
+  </si>
+  <si>
+    <t>KH25-11320</t>
+  </si>
+  <si>
+    <t>KH25-11321</t>
+  </si>
+  <si>
+    <t>S06.6XA</t>
+  </si>
+  <si>
+    <t>KH25-12100</t>
+  </si>
+  <si>
+    <t>02-Nov-25</t>
+  </si>
+  <si>
+    <t>S06.360AA</t>
+  </si>
+  <si>
+    <t>KH25-12101</t>
+  </si>
+  <si>
+    <t>KH25-12102</t>
+  </si>
+  <si>
+    <t>01-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13026</t>
+  </si>
+  <si>
+    <t>26-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-13027</t>
+  </si>
+  <si>
+    <t>25-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-13028</t>
+  </si>
+  <si>
+    <t>KH25-13029</t>
+  </si>
+  <si>
+    <t>KH25-13030</t>
+  </si>
+  <si>
+    <t>KH25-13031</t>
+  </si>
+  <si>
+    <t>KH25-13081</t>
+  </si>
+  <si>
+    <t>09-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13082</t>
+  </si>
+  <si>
+    <t>KH25-13083</t>
+  </si>
+  <si>
+    <t>KH25-13084</t>
+  </si>
+  <si>
+    <t>S06.35XAA</t>
+  </si>
+  <si>
+    <t>KH25-13085</t>
+  </si>
+  <si>
+    <t>08-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13086</t>
+  </si>
+  <si>
+    <t>KH25-13087</t>
+  </si>
+  <si>
+    <t>50 Y</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1570,69 +1732,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP200"/>
+  <dimension ref="A1:AP226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
@@ -9968,2829 +10130,4285 @@
       </c>
     </row>
     <row r="151" spans="1:42">
       <c r="A151" s="6" t="s">
         <v>306</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E151" s="7">
         <v>1.25</v>
       </c>
       <c r="F151" s="6">
         <v>1.0</v>
       </c>
       <c r="G151" s="9">
         <v>150.0</v>
       </c>
       <c r="H151" s="8" t="s">
-        <v>218</v>
+        <v>38</v>
       </c>
       <c r="I151" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J151" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K151" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="M151" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N151" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O151" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P151" s="6" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
       <c r="Q151" s="6">
         <v>45469786</v>
       </c>
       <c r="R151" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="152" spans="1:42">
       <c r="A152" s="6" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E152" s="7">
         <v>1.25</v>
       </c>
       <c r="F152" s="6">
         <v>1.0</v>
       </c>
       <c r="G152" s="9">
         <v>150.0</v>
       </c>
       <c r="H152" s="8" t="s">
-        <v>107</v>
+        <v>310</v>
       </c>
       <c r="I152" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J152" s="6" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="K152" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="M152" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N152" s="6">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
       <c r="O152" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P152" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Q152" s="6">
         <v>45469786</v>
       </c>
       <c r="R152" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="153" spans="1:42">
       <c r="A153" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E153" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F153" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G153" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H153" s="8" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I153" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J153" s="6" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="M153" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N153" s="6">
         <v>15.0</v>
       </c>
       <c r="O153" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P153" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Q153" s="6">
         <v>45469786</v>
       </c>
       <c r="R153" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="154" spans="1:42">
       <c r="A154" s="6" t="s">
         <v>313</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D154" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E154" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F154" s="6">
         <v>1.0</v>
       </c>
       <c r="G154" s="9">
         <v>150.0</v>
       </c>
       <c r="H154" s="8" t="s">
         <v>314</v>
       </c>
       <c r="I154" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J154" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="M154" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N154" s="6">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
       <c r="O154" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P154" s="6" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="Q154" s="6">
         <v>45469786</v>
       </c>
       <c r="R154" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:42">
       <c r="A155" s="6" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D155" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E155" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F155" s="6">
         <v>1.0</v>
       </c>
       <c r="G155" s="9">
         <v>150.0</v>
       </c>
       <c r="H155" s="8" t="s">
-        <v>314</v>
+        <v>212</v>
       </c>
       <c r="I155" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J155" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="K155" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="M155" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N155" s="6">
         <v>15.0</v>
       </c>
       <c r="O155" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P155" s="6" t="s">
-        <v>44</v>
+        <v>317</v>
       </c>
       <c r="Q155" s="6">
         <v>45469786</v>
       </c>
       <c r="R155" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:42">
       <c r="A156" s="6" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D156" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E156" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F156" s="6">
         <v>1.0</v>
       </c>
       <c r="G156" s="9">
         <v>150.0</v>
       </c>
       <c r="H156" s="8" t="s">
-        <v>318</v>
+        <v>52</v>
       </c>
       <c r="I156" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J156" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="M156" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N156" s="6">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
       <c r="O156" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P156" s="6" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="Q156" s="6">
         <v>45469786</v>
       </c>
       <c r="R156" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="157" spans="1:42">
       <c r="A157" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D157" s="6" t="s">
-        <v>21</v>
+        <v>307</v>
       </c>
       <c r="E157" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F157" s="6">
         <v>1.0</v>
       </c>
       <c r="G157" s="9">
         <v>150.0</v>
       </c>
       <c r="H157" s="8" t="s">
-        <v>180</v>
+        <v>118</v>
       </c>
       <c r="I157" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J157" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K157" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M157" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N157" s="6">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="O157" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P157" s="6" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="Q157" s="6">
         <v>45469786</v>
       </c>
       <c r="R157" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:42">
       <c r="A158" s="6" t="s">
         <v>322</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E158" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F158" s="6">
         <v>1.0</v>
       </c>
       <c r="G158" s="9">
         <v>150.0</v>
       </c>
       <c r="H158" s="8" t="s">
         <v>180</v>
       </c>
       <c r="I158" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J158" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K158" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="M158" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N158" s="6">
         <v>10.0</v>
       </c>
       <c r="O158" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P158" s="6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="Q158" s="6">
         <v>45469786</v>
       </c>
       <c r="R158" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="159" spans="1:42">
       <c r="A159" s="6" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D159" s="6" t="s">
-        <v>307</v>
+        <v>21</v>
       </c>
       <c r="E159" s="7">
         <v>1.5</v>
       </c>
       <c r="F159" s="6">
         <v>1.0</v>
       </c>
       <c r="G159" s="9">
         <v>150.0</v>
       </c>
       <c r="H159" s="8" t="s">
-        <v>126</v>
+        <v>180</v>
       </c>
       <c r="I159" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J159" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K159" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="M159" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N159" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="O159" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P159" s="6" t="s">
         <v>324</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="Q159" s="6">
         <v>45469786</v>
       </c>
       <c r="R159" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="160" spans="1:42">
       <c r="A160" s="6" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D160" s="6" t="s">
-        <v>307</v>
+        <v>21</v>
       </c>
       <c r="E160" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F160" s="6">
         <v>1.0</v>
       </c>
       <c r="G160" s="9">
         <v>150.0</v>
       </c>
       <c r="H160" s="8" t="s">
-        <v>73</v>
+        <v>212</v>
       </c>
       <c r="I160" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J160" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K160" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="M160" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N160" s="6">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
       <c r="O160" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P160" s="6" t="s">
         <v>185</v>
       </c>
       <c r="Q160" s="6">
         <v>45469786</v>
       </c>
       <c r="R160" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:42">
       <c r="A161" s="6" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E161" s="7">
         <v>1.0</v>
       </c>
       <c r="F161" s="6">
         <v>1.0</v>
       </c>
       <c r="G161" s="9">
         <v>150.0</v>
       </c>
       <c r="H161" s="8" t="s">
-        <v>52</v>
+        <v>310</v>
       </c>
       <c r="I161" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J161" s="6" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="K161" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="M161" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N161" s="6">
         <v>14.0</v>
       </c>
       <c r="O161" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P161" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q161" s="6">
         <v>45469786</v>
       </c>
       <c r="R161" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:42">
       <c r="A162" s="6" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E162" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F162" s="6">
         <v>1.0</v>
       </c>
       <c r="G162" s="9">
         <v>150.0</v>
       </c>
       <c r="H162" s="8" t="s">
-        <v>110</v>
+        <v>38</v>
       </c>
       <c r="I162" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J162" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K162" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="M162" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N162" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O162" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P162" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q162" s="6">
         <v>45469786</v>
       </c>
       <c r="R162" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:42">
       <c r="A163" s="6" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E163" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F163" s="6">
         <v>1.0</v>
       </c>
       <c r="G163" s="9">
         <v>150.0</v>
       </c>
       <c r="H163" s="8" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="I163" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J163" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K163" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="M163" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N163" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O163" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P163" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q163" s="6">
         <v>45469786</v>
       </c>
       <c r="R163" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:42">
       <c r="A164" s="6" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E164" s="7">
         <v>1.5</v>
       </c>
       <c r="F164" s="6">
         <v>1.0</v>
       </c>
       <c r="G164" s="9">
         <v>150.0</v>
       </c>
       <c r="H164" s="8" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="I164" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J164" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="M164" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N164" s="6">
         <v>15.0</v>
       </c>
       <c r="O164" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P164" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q164" s="6">
         <v>45469786</v>
       </c>
       <c r="R164" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="165" spans="1:42">
       <c r="A165" s="6" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E165" s="7">
         <v>1.5</v>
       </c>
       <c r="F165" s="6">
         <v>1.0</v>
       </c>
       <c r="G165" s="9">
         <v>150.0</v>
       </c>
       <c r="H165" s="8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I165" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J165" s="6" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="M165" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N165" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O165" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P165" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q165" s="6">
         <v>45469786</v>
       </c>
       <c r="R165" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:42">
       <c r="A166" s="6" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E166" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F166" s="6">
         <v>1.0</v>
       </c>
       <c r="G166" s="9">
         <v>150.0</v>
       </c>
       <c r="H166" s="8" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="I166" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J166" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="M166" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N166" s="6">
         <v>15.0</v>
       </c>
       <c r="O166" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P166" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q166" s="6">
         <v>45469786</v>
       </c>
       <c r="R166" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="167" spans="1:42">
       <c r="A167" s="6" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E167" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F167" s="6">
         <v>1.0</v>
       </c>
       <c r="G167" s="9">
         <v>150.0</v>
       </c>
       <c r="H167" s="8" t="s">
-        <v>107</v>
+        <v>340</v>
       </c>
       <c r="I167" s="6" t="s">
-        <v>33</v>
+        <v>341</v>
       </c>
       <c r="J167" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K167" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="M167" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N167" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O167" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P167" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q167" s="6">
         <v>45469786</v>
       </c>
       <c r="R167" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="168" spans="1:42">
       <c r="A168" s="6" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E168" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F168" s="6">
         <v>1.0</v>
       </c>
       <c r="G168" s="9">
         <v>150.0</v>
       </c>
       <c r="H168" s="8" t="s">
-        <v>58</v>
+        <v>215</v>
       </c>
       <c r="I168" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J168" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="K168" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="M168" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N168" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O168" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P168" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q168" s="6">
         <v>45469786</v>
       </c>
       <c r="R168" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="169" spans="1:42">
       <c r="A169" s="6" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C169" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E169" s="7">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="F169" s="6">
         <v>1.0</v>
       </c>
       <c r="G169" s="9">
         <v>150.0</v>
       </c>
       <c r="H169" s="8" t="s">
-        <v>58</v>
+        <v>345</v>
       </c>
       <c r="I169" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J169" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="M169" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N169" s="6">
         <v>15.0</v>
       </c>
       <c r="O169" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P169" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q169" s="6">
         <v>45469786</v>
       </c>
       <c r="R169" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:42">
       <c r="A170" s="6" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C170" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E170" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F170" s="6">
         <v>1.0</v>
       </c>
       <c r="G170" s="9">
         <v>150.0</v>
       </c>
       <c r="H170" s="8" t="s">
-        <v>110</v>
+        <v>347</v>
       </c>
       <c r="I170" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J170" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K170" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="M170" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N170" s="6">
-        <v>14.0</v>
+        <v>10.0</v>
       </c>
       <c r="O170" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P170" s="6" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="Q170" s="6">
         <v>45469786</v>
       </c>
       <c r="R170" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:42">
       <c r="A171" s="6" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E171" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F171" s="6">
         <v>1.0</v>
       </c>
       <c r="G171" s="9">
         <v>150.0</v>
       </c>
       <c r="H171" s="8" t="s">
-        <v>339</v>
+        <v>133</v>
       </c>
       <c r="I171" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J171" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="M171" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N171" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O171" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P171" s="6" t="s">
-        <v>108</v>
+        <v>349</v>
       </c>
       <c r="Q171" s="6">
         <v>45469786</v>
       </c>
       <c r="R171" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="172" spans="1:42">
       <c r="A172" s="6" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C172" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E172" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F172" s="6">
         <v>1.0</v>
       </c>
       <c r="G172" s="9">
         <v>150.0</v>
       </c>
       <c r="H172" s="8" t="s">
-        <v>342</v>
+        <v>212</v>
       </c>
       <c r="I172" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J172" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="M172" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N172" s="6">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
       <c r="O172" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P172" s="6" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="Q172" s="6">
         <v>45469786</v>
       </c>
       <c r="R172" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="173" spans="1:42">
       <c r="A173" s="6" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E173" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F173" s="6">
         <v>1.0</v>
       </c>
       <c r="G173" s="9">
         <v>150.0</v>
       </c>
       <c r="H173" s="8" t="s">
-        <v>58</v>
+        <v>212</v>
       </c>
       <c r="I173" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J173" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="M173" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N173" s="6">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
       <c r="O173" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P173" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q173" s="6">
         <v>45469786</v>
       </c>
       <c r="R173" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="174" spans="1:42">
       <c r="A174" s="6" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C174" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E174" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F174" s="6">
         <v>1.0</v>
       </c>
       <c r="G174" s="9">
         <v>150.0</v>
       </c>
       <c r="H174" s="8" t="s">
-        <v>314</v>
+        <v>355</v>
       </c>
       <c r="I174" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J174" s="6" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="M174" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N174" s="6">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
       <c r="O174" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P174" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q174" s="6">
         <v>45469786</v>
       </c>
       <c r="R174" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:42">
       <c r="A175" s="6" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E175" s="7">
         <v>1.25</v>
       </c>
       <c r="F175" s="6">
         <v>1.0</v>
       </c>
       <c r="G175" s="9">
         <v>150.0</v>
       </c>
       <c r="H175" s="8" t="s">
-        <v>263</v>
+        <v>310</v>
       </c>
       <c r="I175" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J175" s="6" t="s">
-        <v>197</v>
+        <v>59</v>
       </c>
       <c r="K175" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="M175" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N175" s="6">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="O175" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P175" s="6" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="Q175" s="6">
         <v>45469786</v>
       </c>
       <c r="R175" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:42">
       <c r="A176" s="6" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C176" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E176" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F176" s="6">
         <v>1.0</v>
       </c>
       <c r="G176" s="9">
         <v>150.0</v>
       </c>
       <c r="H176" s="8" t="s">
-        <v>339</v>
+        <v>73</v>
       </c>
       <c r="I176" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J176" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="M176" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N176" s="6">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
       <c r="O176" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P176" s="6" t="s">
-        <v>108</v>
+        <v>40</v>
       </c>
       <c r="Q176" s="6">
         <v>45469786</v>
       </c>
       <c r="R176" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="177" spans="1:42">
       <c r="A177" s="6" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C177" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E177" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F177" s="6">
         <v>1.0</v>
       </c>
       <c r="G177" s="9">
         <v>150.0</v>
       </c>
       <c r="H177" s="8" t="s">
-        <v>133</v>
+        <v>58</v>
       </c>
       <c r="I177" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J177" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K177" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>324</v>
+        <v>359</v>
       </c>
       <c r="M177" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N177" s="6">
         <v>15.0</v>
       </c>
       <c r="O177" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P177" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q177" s="6">
         <v>45469786</v>
       </c>
       <c r="R177" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="178" spans="1:42">
       <c r="A178" s="6" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E178" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F178" s="6">
         <v>1.0</v>
       </c>
       <c r="G178" s="9">
         <v>150.0</v>
       </c>
       <c r="H178" s="8" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I178" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J178" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K178" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>331</v>
+        <v>362</v>
       </c>
       <c r="M178" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N178" s="6">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
       <c r="O178" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P178" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q178" s="6">
         <v>45469786</v>
       </c>
       <c r="R178" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:42">
       <c r="A179" s="6" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E179" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F179" s="6">
         <v>1.0</v>
       </c>
       <c r="G179" s="9">
         <v>150.0</v>
       </c>
       <c r="H179" s="8" t="s">
-        <v>52</v>
+        <v>133</v>
       </c>
       <c r="I179" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J179" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K179" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>324</v>
+        <v>362</v>
       </c>
       <c r="M179" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N179" s="6">
-        <v>11.0</v>
+        <v>15.0</v>
       </c>
       <c r="O179" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P179" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q179" s="6">
         <v>45469786</v>
       </c>
       <c r="R179" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:42">
       <c r="A180" s="6" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E180" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F180" s="6">
         <v>1.0</v>
       </c>
       <c r="G180" s="9">
         <v>150.0</v>
       </c>
       <c r="H180" s="8" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I180" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J180" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K180" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>324</v>
+        <v>365</v>
       </c>
       <c r="M180" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N180" s="6">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
       <c r="O180" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P180" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q180" s="6">
         <v>45469786</v>
       </c>
       <c r="R180" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="181" spans="1:42">
       <c r="A181" s="6" t="s">
-        <v>352</v>
+        <v>366</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E181" s="7">
         <v>1.5</v>
       </c>
       <c r="F181" s="6">
         <v>1.0</v>
       </c>
       <c r="G181" s="9">
         <v>150.0</v>
       </c>
       <c r="H181" s="8" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="I181" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J181" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K181" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>331</v>
+        <v>365</v>
       </c>
       <c r="M181" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N181" s="6">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
       <c r="O181" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P181" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q181" s="6">
         <v>45469786</v>
       </c>
       <c r="R181" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="182" spans="1:42">
       <c r="A182" s="6" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E182" s="7">
         <v>1.25</v>
       </c>
       <c r="F182" s="6">
         <v>1.0</v>
       </c>
       <c r="G182" s="9">
         <v>150.0</v>
       </c>
       <c r="H182" s="8" t="s">
-        <v>212</v>
+        <v>73</v>
       </c>
       <c r="I182" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J182" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K182" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>331</v>
+        <v>368</v>
       </c>
       <c r="M182" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N182" s="6">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
       <c r="O182" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P182" s="6" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="Q182" s="6">
         <v>45469786</v>
       </c>
       <c r="R182" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:42">
       <c r="A183" s="6" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E183" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F183" s="6">
         <v>1.0</v>
       </c>
       <c r="G183" s="9">
         <v>150.0</v>
       </c>
       <c r="H183" s="8" t="s">
-        <v>52</v>
+        <v>123</v>
       </c>
       <c r="I183" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J183" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K183" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>328</v>
+        <v>370</v>
       </c>
       <c r="M183" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N183" s="6">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
       <c r="O183" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P183" s="6" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="Q183" s="6">
         <v>45469786</v>
       </c>
       <c r="R183" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="184" spans="1:42">
       <c r="A184" s="6" t="s">
-        <v>355</v>
+        <v>371</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C184" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D184" s="6" t="s">
-        <v>21</v>
+        <v>307</v>
       </c>
       <c r="E184" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F184" s="6">
         <v>1.0</v>
       </c>
       <c r="G184" s="9">
         <v>150.0</v>
       </c>
       <c r="H184" s="8" t="s">
-        <v>212</v>
+        <v>58</v>
       </c>
       <c r="I184" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J184" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K184" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="M184" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N184" s="6">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
       <c r="O184" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P184" s="6" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="Q184" s="6">
         <v>45469786</v>
       </c>
       <c r="R184" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:42">
       <c r="A185" s="6" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="B185" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D185" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E185" s="7">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="F185" s="6">
         <v>1.0</v>
       </c>
       <c r="G185" s="9">
         <v>150.0</v>
       </c>
       <c r="H185" s="8" t="s">
-        <v>314</v>
+        <v>110</v>
       </c>
       <c r="I185" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J185" s="6" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="K185" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="M185" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N185" s="6">
         <v>14.0</v>
       </c>
       <c r="O185" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P185" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q185" s="6">
         <v>45469786</v>
       </c>
       <c r="R185" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:42">
       <c r="A186" s="6" t="s">
-        <v>359</v>
+        <v>374</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C186" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D186" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E186" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F186" s="6">
         <v>1.0</v>
       </c>
       <c r="G186" s="9">
         <v>150.0</v>
       </c>
       <c r="H186" s="8" t="s">
-        <v>38</v>
+        <v>263</v>
       </c>
       <c r="I186" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J186" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K186" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="M186" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N186" s="6">
         <v>15.0</v>
       </c>
       <c r="O186" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P186" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q186" s="6">
         <v>45469786</v>
       </c>
       <c r="R186" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="187" spans="1:42">
       <c r="A187" s="6" t="s">
-        <v>361</v>
+        <v>376</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C187" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D187" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E187" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F187" s="6">
         <v>1.0</v>
       </c>
       <c r="G187" s="9">
         <v>150.0</v>
       </c>
       <c r="H187" s="8" t="s">
-        <v>95</v>
+        <v>377</v>
       </c>
       <c r="I187" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J187" s="6" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="K187" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="M187" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N187" s="6">
         <v>15.0</v>
       </c>
       <c r="O187" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P187" s="6" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="Q187" s="6">
         <v>45469786</v>
       </c>
       <c r="R187" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:42">
       <c r="A188" s="6" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C188" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D188" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E188" s="7">
         <v>1.25</v>
       </c>
       <c r="F188" s="6">
         <v>1.0</v>
       </c>
       <c r="G188" s="9">
         <v>150.0</v>
       </c>
       <c r="H188" s="8" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="I188" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J188" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K188" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="M188" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N188" s="6">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="O188" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P188" s="6" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="Q188" s="6">
         <v>45469786</v>
       </c>
       <c r="R188" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="189" spans="1:42">
       <c r="A189" s="6" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C189" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D189" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E189" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F189" s="6">
         <v>1.0</v>
       </c>
       <c r="G189" s="9">
         <v>150.0</v>
       </c>
       <c r="H189" s="8" t="s">
-        <v>212</v>
+        <v>382</v>
       </c>
       <c r="I189" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J189" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K189" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="M189" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N189" s="6">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
       <c r="O189" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P189" s="6" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="Q189" s="6">
         <v>45469786</v>
       </c>
       <c r="R189" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:42">
       <c r="A190" s="6" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="B190" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D190" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E190" s="7">
         <v>1.25</v>
       </c>
       <c r="F190" s="6">
         <v>1.0</v>
       </c>
       <c r="G190" s="9">
         <v>150.0</v>
       </c>
       <c r="H190" s="8" t="s">
-        <v>339</v>
+        <v>382</v>
       </c>
       <c r="I190" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J190" s="6" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="K190" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
       <c r="M190" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N190" s="6">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="O190" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P190" s="6" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="Q190" s="6">
         <v>45469786</v>
       </c>
       <c r="R190" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:42">
       <c r="A191" s="6" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C191" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D191" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E191" s="7">
         <v>1.25</v>
       </c>
       <c r="F191" s="6">
         <v>1.0</v>
       </c>
       <c r="G191" s="9">
         <v>150.0</v>
       </c>
       <c r="H191" s="8" t="s">
         <v>314</v>
       </c>
       <c r="I191" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J191" s="6" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="K191" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
       <c r="M191" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N191" s="6">
         <v>15.0</v>
       </c>
       <c r="O191" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P191" s="6" t="s">
-        <v>44</v>
+        <v>289</v>
       </c>
       <c r="Q191" s="6">
         <v>45469786</v>
       </c>
       <c r="R191" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="192" spans="1:42">
       <c r="A192" s="6" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C192" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D192" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E192" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F192" s="6">
         <v>1.0</v>
       </c>
       <c r="G192" s="9">
         <v>150.0</v>
       </c>
       <c r="H192" s="8" t="s">
-        <v>110</v>
+        <v>310</v>
       </c>
       <c r="I192" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J192" s="6" t="s">
-        <v>197</v>
+        <v>59</v>
       </c>
       <c r="K192" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="M192" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N192" s="6">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="O192" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P192" s="6" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="Q192" s="6">
         <v>45469786</v>
       </c>
       <c r="R192" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:42">
       <c r="A193" s="6" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C193" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D193" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E193" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F193" s="6">
         <v>1.0</v>
       </c>
       <c r="G193" s="9">
         <v>150.0</v>
       </c>
       <c r="H193" s="8" t="s">
-        <v>263</v>
+        <v>38</v>
       </c>
       <c r="I193" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J193" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K193" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="M193" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N193" s="6">
         <v>15.0</v>
       </c>
       <c r="O193" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P193" s="6" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="Q193" s="6">
         <v>45469786</v>
       </c>
       <c r="R193" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:42">
       <c r="A194" s="6" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C194" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D194" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E194" s="7">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="F194" s="6">
         <v>1.0</v>
       </c>
       <c r="G194" s="9">
         <v>150.0</v>
       </c>
       <c r="H194" s="8" t="s">
-        <v>375</v>
+        <v>241</v>
       </c>
       <c r="I194" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J194" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="K194" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="M194" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N194" s="6">
         <v>15.0</v>
       </c>
       <c r="O194" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P194" s="6" t="s">
-        <v>44</v>
+        <v>389</v>
       </c>
       <c r="Q194" s="6">
         <v>45469786</v>
       </c>
       <c r="R194" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="195" spans="1:42">
       <c r="A195" s="6" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C195" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D195" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E195" s="7">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="F195" s="6">
         <v>1.0</v>
       </c>
       <c r="G195" s="9">
         <v>150.0</v>
       </c>
       <c r="H195" s="8" t="s">
-        <v>180</v>
+        <v>345</v>
       </c>
       <c r="I195" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="J195" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K195" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="M195" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N195" s="6">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="O195" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P195" s="6" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="Q195" s="6">
         <v>45469786</v>
       </c>
       <c r="R195" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="196" spans="1:42">
       <c r="A196" s="6" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C196" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D196" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E196" s="7">
         <v>1.25</v>
       </c>
       <c r="F196" s="6">
         <v>1.0</v>
       </c>
       <c r="G196" s="9">
         <v>150.0</v>
       </c>
       <c r="H196" s="8" t="s">
-        <v>380</v>
+        <v>212</v>
       </c>
       <c r="I196" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J196" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K196" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="M196" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N196" s="6">
         <v>15.0</v>
       </c>
       <c r="O196" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P196" s="6" t="s">
-        <v>44</v>
+        <v>389</v>
       </c>
       <c r="Q196" s="6">
         <v>45469786</v>
       </c>
       <c r="R196" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="197" spans="1:42">
       <c r="A197" s="6" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C197" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D197" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E197" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F197" s="6">
         <v>1.0</v>
       </c>
       <c r="G197" s="9">
         <v>150.0</v>
       </c>
       <c r="H197" s="8" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="I197" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J197" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K197" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="M197" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N197" s="6">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
       <c r="O197" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P197" s="6" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="Q197" s="6">
         <v>45469786</v>
       </c>
       <c r="R197" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="198" spans="1:42">
       <c r="A198" s="6" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C198" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D198" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E198" s="7">
         <v>1.25</v>
       </c>
       <c r="F198" s="6">
         <v>1.0</v>
       </c>
       <c r="G198" s="9">
         <v>150.0</v>
       </c>
       <c r="H198" s="8" t="s">
-        <v>318</v>
+        <v>212</v>
       </c>
       <c r="I198" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J198" s="6" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="K198" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="M198" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N198" s="6">
         <v>15.0</v>
       </c>
       <c r="O198" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P198" s="6" t="s">
-        <v>289</v>
+        <v>389</v>
       </c>
       <c r="Q198" s="6">
         <v>45469786</v>
       </c>
       <c r="R198" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="199" spans="1:42">
       <c r="A199" s="6" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D199" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E199" s="7">
-        <v>1.25</v>
+        <v>1.0</v>
       </c>
       <c r="F199" s="6">
         <v>1.0</v>
       </c>
       <c r="G199" s="9">
         <v>150.0</v>
       </c>
       <c r="H199" s="8" t="s">
-        <v>314</v>
+        <v>397</v>
       </c>
       <c r="I199" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J199" s="6" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="K199" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>376</v>
+        <v>398</v>
       </c>
       <c r="M199" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N199" s="6">
         <v>15.0</v>
       </c>
       <c r="O199" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P199" s="6" t="s">
-        <v>44</v>
+        <v>399</v>
       </c>
       <c r="Q199" s="6">
         <v>45469786</v>
       </c>
       <c r="R199" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="200" spans="1:42">
       <c r="A200" s="6" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D200" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E200" s="7">
         <v>1.25</v>
       </c>
       <c r="F200" s="6">
         <v>1.0</v>
       </c>
       <c r="G200" s="9">
         <v>150.0</v>
       </c>
       <c r="H200" s="8" t="s">
-        <v>38</v>
+        <v>110</v>
       </c>
       <c r="I200" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J200" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K200" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>376</v>
+        <v>398</v>
       </c>
       <c r="M200" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N200" s="6">
         <v>15.0</v>
       </c>
       <c r="O200" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P200" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q200" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R200" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="201" spans="1:42">
+      <c r="A201" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E201" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F201" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G201" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H201" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I201" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J201" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K201" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L201" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="M201" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N201" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="O201" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P201" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q201" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R201" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="202" spans="1:42">
+      <c r="A202" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E202" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F202" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G202" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H202" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="I202" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J202" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K202" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L202" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M202" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N202" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O202" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P202" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q202" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R202" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="203" spans="1:42">
+      <c r="A203" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E203" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F203" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G203" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H203" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="I203" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J203" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K203" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L203" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="M203" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N203" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O203" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P203" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q203" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R203" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="204" spans="1:42">
+      <c r="A204" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E204" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F204" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G204" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H204" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="I204" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J204" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K204" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="M204" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N204" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O204" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P204" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q204" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R204" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="205" spans="1:42">
+      <c r="A205" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E205" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F205" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G205" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H205" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="I205" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J205" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K205" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L205" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="M205" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N205" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O205" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P205" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="Q200" s="6">
-[...2 lines deleted...]
-      <c r="R200" t="s">
+      <c r="Q205" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R205" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="206" spans="1:42">
+      <c r="A206" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E206" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F206" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G206" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H206" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="I206" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J206" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K206" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L206" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="M206" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N206" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="O206" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P206" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q206" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R206" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="1:42">
+      <c r="A207" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E207" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F207" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G207" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H207" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="I207" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J207" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K207" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L207" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="M207" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N207" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="O207" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P207" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q207" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R207" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="208" spans="1:42">
+      <c r="A208" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E208" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F208" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G208" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H208" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="I208" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J208" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K208" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="M208" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N208" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O208" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P208" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q208" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R208" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="1:42">
+      <c r="A209" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E209" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F209" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G209" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H209" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="I209" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J209" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K209" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="M209" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N209" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O209" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P209" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q209" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R209" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="210" spans="1:42">
+      <c r="A210" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E210" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F210" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G210" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H210" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I210" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J210" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K210" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L210" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M210" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N210" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O210" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P210" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q210" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R210" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="211" spans="1:42">
+      <c r="A211" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E211" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F211" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G211" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H211" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="I211" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J211" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K211" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L211" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="M211" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N211" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="O211" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P211" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="Q211" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R211" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="1:42">
+      <c r="A212" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E212" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F212" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G212" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H212" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="I212" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J212" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K212" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L212" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="M212" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N212" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="O212" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P212" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q212" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R212" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="213" spans="1:42">
+      <c r="A213" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="B213" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E213" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F213" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G213" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H213" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="I213" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J213" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K213" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="M213" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N213" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O213" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P213" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="Q213" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R213" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="214" spans="1:42">
+      <c r="A214" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E214" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F214" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G214" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H214" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="I214" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J214" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K214" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L214" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="M214" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N214" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="O214" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P214" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q214" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R214" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="215" spans="1:42">
+      <c r="A215" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E215" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F215" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G215" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H215" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="I215" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J215" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K215" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L215" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="M215" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N215" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="O215" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P215" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q215" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R215" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="216" spans="1:42">
+      <c r="A216" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E216" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F216" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G216" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H216" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="I216" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J216" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K216" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L216" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="M216" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N216" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O216" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P216" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q216" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R216" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="217" spans="1:42">
+      <c r="A217" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E217" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F217" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G217" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H217" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="I217" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J217" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K217" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L217" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="M217" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N217" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O217" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P217" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q217" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R217" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="218" spans="1:42">
+      <c r="A218" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E218" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F218" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G218" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H218" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="I218" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J218" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K218" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L218" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="M218" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N218" s="6">
+        <v>8.0</v>
+      </c>
+      <c r="O218" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P218" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q218" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R218" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="219" spans="1:42">
+      <c r="A219" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E219" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F219" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G219" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H219" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="I219" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J219" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K219" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L219" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="M219" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N219" s="6">
+        <v>8.0</v>
+      </c>
+      <c r="O219" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P219" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q219" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R219" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="220" spans="1:42">
+      <c r="A220" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E220" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F220" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G220" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H220" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="I220" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J220" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K220" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L220" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="M220" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N220" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="O220" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P220" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q220" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R220" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="221" spans="1:42">
+      <c r="A221" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E221" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F221" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G221" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H221" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="I221" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J221" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K221" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L221" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="M221" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N221" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="O221" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P221" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q221" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R221" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="222" spans="1:42">
+      <c r="A222" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E222" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F222" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G222" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H222" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="I222" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J222" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K222" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L222" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="M222" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N222" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="O222" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P222" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q222" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R222" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="223" spans="1:42">
+      <c r="A223" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E223" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F223" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G223" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H223" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="I223" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J223" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K223" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L223" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="M223" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N223" s="6">
+        <v>11.0</v>
+      </c>
+      <c r="O223" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P223" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="Q223" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R223" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="224" spans="1:42">
+      <c r="A224" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E224" s="7">
+        <v>1.75</v>
+      </c>
+      <c r="F224" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G224" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H224" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I224" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J224" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K224" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L224" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="M224" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N224" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O224" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P224" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q224" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R224" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="225" spans="1:42">
+      <c r="A225" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E225" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F225" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G225" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H225" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="I225" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J225" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K225" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L225" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="M225" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N225" s="6">
+        <v>15.0</v>
+      </c>
+      <c r="O225" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P225" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q225" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R225" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="226" spans="1:42">
+      <c r="A226" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="E226" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F226" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G226" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H226" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="I226" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J226" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K226" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L226" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="M226" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="N226" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="O226" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P226" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q226" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R226" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:Q200"/>
+  <autoFilter ref="A2:Q226"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>