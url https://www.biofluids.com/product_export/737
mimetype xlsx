--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$96</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -312,51 +312,51 @@
   <si>
     <t>KH23-13987</t>
   </si>
   <si>
     <t>18 Y</t>
   </si>
   <si>
     <t>08-Nov-23</t>
   </si>
   <si>
     <t>KH23-13989</t>
   </si>
   <si>
     <t>75 Y</t>
   </si>
   <si>
     <t>KH23-13991</t>
   </si>
   <si>
     <t>54 Y</t>
   </si>
   <si>
     <t>KH23-13994</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>13-Nov-23</t>
   </si>
   <si>
     <t>KH23-13995</t>
   </si>
   <si>
     <t>5 Y</t>
   </si>
   <si>
     <t>06-Nov-23</t>
   </si>
   <si>
     <t>KH23-14727</t>
   </si>
   <si>
     <t>06-Jan-24</t>
   </si>
   <si>
     <t>KH23-14811</t>
   </si>
   <si>
     <t>81 Y</t>
   </si>
@@ -690,50 +690,59 @@
   <si>
     <t>KH25-07276</t>
   </si>
   <si>
     <t>27-May-25</t>
   </si>
   <si>
     <t>KH25-07333</t>
   </si>
   <si>
     <t>07-Jun-25</t>
   </si>
   <si>
     <t>KH25-07334</t>
   </si>
   <si>
     <t>74 Y</t>
   </si>
   <si>
     <t>KH25-07441</t>
   </si>
   <si>
     <t>18-Jul-25</t>
   </si>
   <si>
+    <t>KH25-07779</t>
+  </si>
+  <si>
+    <t>14 Y</t>
+  </si>
+  <si>
+    <t>13-Oct-25</t>
+  </si>
+  <si>
     <t>KH25-07922</t>
   </si>
   <si>
     <t>11-Apr-25</t>
   </si>
   <si>
     <t>KH25-08032</t>
   </si>
   <si>
     <t>07-Apr-25</t>
   </si>
   <si>
     <t>KH25-08033</t>
   </si>
   <si>
     <t>08-Apr-25</t>
   </si>
   <si>
     <t>KH25-08034</t>
   </si>
   <si>
     <t>06-Apr-25</t>
   </si>
   <si>
     <t>KH25-08243</t>
@@ -772,50 +781,80 @@
     <t>25-Jun-25</t>
   </si>
   <si>
     <t>KH25-09387</t>
   </si>
   <si>
     <t>69 Y</t>
   </si>
   <si>
     <t>KH25-09535</t>
   </si>
   <si>
     <t>73 Y</t>
   </si>
   <si>
     <t>14-Jul-25</t>
   </si>
   <si>
     <t>KH25-11080</t>
   </si>
   <si>
     <t>55 Y</t>
   </si>
   <si>
     <t>30-Sep-25</t>
+  </si>
+  <si>
+    <t>KH25-11285</t>
+  </si>
+  <si>
+    <t>23-Oct-25</t>
+  </si>
+  <si>
+    <t>KH25-11380</t>
+  </si>
+  <si>
+    <t>11-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-13073</t>
+  </si>
+  <si>
+    <t>08-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14096</t>
+  </si>
+  <si>
+    <t>04-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14318</t>
+  </si>
+  <si>
+    <t>27-Nov-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1168,69 +1207,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP90"/>
+  <dimension ref="A1:AP96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
@@ -5524,708 +5563,1044 @@
       </c>
       <c r="P78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q78" s="6">
         <v>45469786</v>
       </c>
       <c r="R78" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:42">
       <c r="A79" s="6" t="s">
         <v>223</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F79" s="6">
         <v>1.0</v>
       </c>
       <c r="G79" s="9">
         <v>150.0</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>132</v>
+        <v>224</v>
       </c>
       <c r="I79" s="6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="J79" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="N79" s="6">
-        <v>6.06</v>
+        <v>15.81</v>
       </c>
       <c r="O79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q79" s="6">
         <v>45469786</v>
       </c>
       <c r="R79" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:42">
       <c r="A80" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="7">
         <v>1.25</v>
       </c>
       <c r="F80" s="6">
         <v>1.0</v>
       </c>
       <c r="G80" s="9">
         <v>150.0</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J80" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N80" s="6">
-        <v>8.9</v>
+        <v>6.06</v>
       </c>
       <c r="O80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q80" s="6">
         <v>45469786</v>
       </c>
       <c r="R80" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:42">
       <c r="A81" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="7">
         <v>1.25</v>
       </c>
       <c r="F81" s="6">
         <v>1.0</v>
       </c>
       <c r="G81" s="9">
         <v>150.0</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>161</v>
+        <v>44</v>
       </c>
       <c r="I81" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J81" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M81" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N81" s="6">
-        <v>20.9</v>
+        <v>8.9</v>
       </c>
       <c r="O81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q81" s="6">
         <v>45469786</v>
       </c>
       <c r="R81" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:42">
       <c r="A82" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="7">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="F82" s="6">
         <v>1.0</v>
       </c>
       <c r="G82" s="9">
         <v>150.0</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>51</v>
+        <v>161</v>
       </c>
       <c r="I82" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J82" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N82" s="6">
-        <v>49.7</v>
+        <v>20.9</v>
       </c>
       <c r="O82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q82" s="6">
         <v>45469786</v>
       </c>
       <c r="R82" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:42">
       <c r="A83" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="7">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="F83" s="6">
         <v>1.0</v>
       </c>
       <c r="G83" s="9">
         <v>150.0</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>232</v>
+        <v>51</v>
       </c>
       <c r="I83" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J83" s="6" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>233</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N83" s="6">
-        <v>79.55</v>
-[...1 lines deleted...]
-      <c r="O83" s="6"/>
+        <v>49.7</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>28</v>
+      </c>
       <c r="P83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q83" s="6">
         <v>45469786</v>
       </c>
       <c r="R83" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="84" spans="1:42">
       <c r="A84" s="6" t="s">
         <v>234</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="7">
-        <v>2.0</v>
+        <v>1.5</v>
       </c>
       <c r="F84" s="6">
         <v>1.0</v>
       </c>
       <c r="G84" s="9">
         <v>150.0</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>161</v>
+        <v>235</v>
       </c>
       <c r="I84" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J84" s="6" t="s">
         <v>112</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="N84" s="6">
-        <v>11.96</v>
-[...3 lines deleted...]
-      </c>
+        <v>79.55</v>
+      </c>
+      <c r="O84" s="6"/>
       <c r="P84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q84" s="6">
         <v>45469786</v>
       </c>
       <c r="R84" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:42">
       <c r="A85" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F85" s="6">
         <v>1.0</v>
       </c>
       <c r="G85" s="9">
         <v>150.0</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>51</v>
+        <v>161</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J85" s="6" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N85" s="6">
-        <v>11.8</v>
+        <v>11.96</v>
       </c>
       <c r="O85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q85" s="6">
         <v>45469786</v>
       </c>
       <c r="R85" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="86" spans="1:42">
       <c r="A86" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F86" s="6">
         <v>1.0</v>
       </c>
       <c r="G86" s="9">
         <v>150.0</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>120</v>
+        <v>51</v>
       </c>
       <c r="I86" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J86" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M86" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N86" s="6">
-        <v>13.54</v>
+        <v>11.8</v>
       </c>
       <c r="O86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q86" s="6">
         <v>45469786</v>
       </c>
       <c r="R86" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:42">
       <c r="A87" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F87" s="6">
         <v>1.0</v>
       </c>
       <c r="G87" s="9">
         <v>150.0</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>241</v>
+        <v>120</v>
       </c>
       <c r="I87" s="6" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="J87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>242</v>
       </c>
       <c r="M87" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N87" s="6">
-        <v>5.01</v>
+        <v>13.54</v>
       </c>
       <c r="O87" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q87" s="6">
         <v>45469786</v>
       </c>
       <c r="R87" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:42">
       <c r="A88" s="6" t="s">
         <v>243</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="7">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F88" s="6">
         <v>1.0</v>
       </c>
       <c r="G88" s="9">
         <v>150.0</v>
       </c>
       <c r="H88" s="8" t="s">
         <v>244</v>
       </c>
       <c r="I88" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="M88" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N88" s="6">
-        <v>25.81</v>
+        <v>5.01</v>
       </c>
       <c r="O88" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q88" s="6">
         <v>45469786</v>
       </c>
       <c r="R88" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:42">
       <c r="A89" s="6" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="7">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="F89" s="6">
         <v>1.0</v>
       </c>
       <c r="G89" s="9">
         <v>150.0</v>
       </c>
       <c r="H89" s="8" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I89" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J89" s="6" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N89" s="6">
-        <v>11.81</v>
+        <v>25.81</v>
       </c>
       <c r="O89" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q89" s="6">
         <v>45469786</v>
       </c>
       <c r="R89" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:42">
       <c r="A90" s="6" t="s">
         <v>248</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="7">
-        <v>1.25</v>
+        <v>1.5</v>
       </c>
       <c r="F90" s="6">
         <v>1.0</v>
       </c>
       <c r="G90" s="9">
         <v>150.0</v>
       </c>
       <c r="H90" s="8" t="s">
         <v>249</v>
       </c>
       <c r="I90" s="6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="J90" s="6" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>250</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N90" s="6">
+        <v>11.81</v>
+      </c>
+      <c r="O90" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q90" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R90" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="91" spans="1:42">
+      <c r="A91" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E91" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F91" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G91" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H91" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J91" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K91" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="M91" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N91" s="6">
         <v>12.28</v>
       </c>
-      <c r="O90" s="6" t="s">
-[...8 lines deleted...]
-      <c r="R90" t="s">
+      <c r="O91" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q91" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R91" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:42">
+      <c r="A92" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E92" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="F92" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G92" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H92" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J92" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="M92" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N92" s="6">
+        <v>17.03</v>
+      </c>
+      <c r="O92" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q92" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R92" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="93" spans="1:42">
+      <c r="A93" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E93" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F93" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G93" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H93" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I93" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J93" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="M93" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N93" s="6">
+        <v>14.63</v>
+      </c>
+      <c r="O93" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q93" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R93" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="94" spans="1:42">
+      <c r="A94" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E94" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F94" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G94" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H94" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J94" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="M94" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N94" s="6">
+        <v>14.69</v>
+      </c>
+      <c r="O94" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q94" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R94" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="95" spans="1:42">
+      <c r="A95" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E95" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F95" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G95" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="I95" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J95" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="M95" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N95" s="6">
+        <v>27.67</v>
+      </c>
+      <c r="O95" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q95" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R95" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:42">
+      <c r="A96" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E96" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F96" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G96" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H96" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J96" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="M96" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N96" s="6">
+        <v>17.17</v>
+      </c>
+      <c r="O96" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q96" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R96" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:Q90"/>
+  <autoFilter ref="A2:Q96"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>