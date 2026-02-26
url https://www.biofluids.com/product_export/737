--- v1 (2026-01-09)
+++ v2 (2026-02-26)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$96</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$2:$Q$105</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Web: https://www.biofluids.com
 Email: sales@biofluids.com
 Phone: 1-805-439-2007</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Sample</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Matrix</t>
   </si>
   <si>
     <t>Vial (ml)</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Price</t>
@@ -795,66 +795,129 @@
   <si>
     <t>14-Jul-25</t>
   </si>
   <si>
     <t>KH25-11080</t>
   </si>
   <si>
     <t>55 Y</t>
   </si>
   <si>
     <t>30-Sep-25</t>
   </si>
   <si>
     <t>KH25-11285</t>
   </si>
   <si>
     <t>23-Oct-25</t>
   </si>
   <si>
     <t>KH25-11380</t>
   </si>
   <si>
     <t>11-Nov-25</t>
   </si>
   <si>
+    <t>KH25-12435</t>
+  </si>
+  <si>
+    <t>31-Dec-25</t>
+  </si>
+  <si>
+    <t>KH25-12583</t>
+  </si>
+  <si>
+    <t>33 Y</t>
+  </si>
+  <si>
+    <t>24-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12596</t>
+  </si>
+  <si>
+    <t>26-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-12603</t>
+  </si>
+  <si>
+    <t>34 Y</t>
+  </si>
+  <si>
+    <t>27-Jan-26</t>
+  </si>
+  <si>
     <t>KH25-13073</t>
   </si>
   <si>
     <t>08-Nov-25</t>
   </si>
   <si>
+    <t>KH25-13295</t>
+  </si>
+  <si>
+    <t>16 Y</t>
+  </si>
+  <si>
+    <t>14-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-13334</t>
+  </si>
+  <si>
+    <t>06-Feb-26</t>
+  </si>
+  <si>
     <t>KH25-14096</t>
   </si>
   <si>
     <t>04-Nov-25</t>
   </si>
   <si>
     <t>KH25-14318</t>
   </si>
   <si>
     <t>27-Nov-25</t>
+  </si>
+  <si>
+    <t>KH25-14570</t>
+  </si>
+  <si>
+    <t>04-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14643</t>
+  </si>
+  <si>
+    <t>15-Jan-26</t>
+  </si>
+  <si>
+    <t>KH25-14676</t>
+  </si>
+  <si>
+    <t>04-Feb-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1207,51 +1270,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AP96"/>
+  <dimension ref="A1:AP105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
@@ -6401,206 +6464,710 @@
       </c>
       <c r="P93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q93" s="6">
         <v>45469786</v>
       </c>
       <c r="R93" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:42">
       <c r="A94" s="6" t="s">
         <v>258</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="7">
-        <v>1.5</v>
+        <v>2.0</v>
       </c>
       <c r="F94" s="6">
         <v>1.0</v>
       </c>
       <c r="G94" s="9">
         <v>150.0</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>100</v>
+        <v>244</v>
       </c>
       <c r="I94" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J94" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>259</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N94" s="6">
-        <v>14.69</v>
+        <v>14.13</v>
       </c>
       <c r="O94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q94" s="6">
         <v>45469786</v>
       </c>
       <c r="R94" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:42">
       <c r="A95" s="6" t="s">
         <v>260</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="7">
-        <v>2.0</v>
+        <v>1.25</v>
       </c>
       <c r="F95" s="6">
         <v>1.0</v>
       </c>
       <c r="G95" s="9">
         <v>150.0</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>220</v>
+        <v>261</v>
       </c>
       <c r="I95" s="6" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="J95" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N95" s="6">
-        <v>27.67</v>
+        <v>13.2</v>
       </c>
       <c r="O95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q95" s="6">
         <v>45469786</v>
       </c>
       <c r="R95" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:42">
       <c r="A96" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="7">
-        <v>1.0</v>
+        <v>1.25</v>
       </c>
       <c r="F96" s="6">
         <v>1.0</v>
       </c>
       <c r="G96" s="9">
         <v>150.0</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J96" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N96" s="6">
+        <v>10.72</v>
+      </c>
+      <c r="O96" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q96" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R96" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="97" spans="1:42">
+      <c r="A97" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E97" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F97" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G97" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H97" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="M97" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N97" s="6">
+        <v>30.89</v>
+      </c>
+      <c r="O97" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q97" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R97" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="98" spans="1:42">
+      <c r="A98" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E98" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="F98" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G98" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H98" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="I98" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J98" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L98" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="M98" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N98" s="6">
+        <v>14.69</v>
+      </c>
+      <c r="O98" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q98" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R98" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="99" spans="1:42">
+      <c r="A99" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E99" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F99" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G99" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H99" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="I99" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J99" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="M99" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N99" s="6">
+        <v>27.63</v>
+      </c>
+      <c r="O99" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q99" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R99" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="100" spans="1:42">
+      <c r="A100" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E100" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F100" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G100" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H100" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="I100" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J100" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="M100" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N100" s="6">
+        <v>16.2</v>
+      </c>
+      <c r="O100" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q100" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R100" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="101" spans="1:42">
+      <c r="A101" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E101" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="F101" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G101" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H101" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="I101" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J101" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="M101" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N101" s="6">
+        <v>27.67</v>
+      </c>
+      <c r="O101" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q101" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R101" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="102" spans="1:42">
+      <c r="A102" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E102" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F102" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G102" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H102" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J102" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="M102" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N102" s="6">
         <v>17.17</v>
       </c>
-      <c r="O96" s="6" t="s">
-[...8 lines deleted...]
-      <c r="R96" t="s">
+      <c r="O102" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q102" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R102" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="103" spans="1:42">
+      <c r="A103" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E103" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F103" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G103" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H103" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I103" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J103" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K103" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="M103" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N103" s="6">
+        <v>28.15</v>
+      </c>
+      <c r="O103" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q103" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R103" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="104" spans="1:42">
+      <c r="A104" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E104" s="7">
+        <v>1.25</v>
+      </c>
+      <c r="F104" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G104" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H104" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="I104" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J104" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K104" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L104" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="M104" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N104" s="6">
+        <v>10.13</v>
+      </c>
+      <c r="O104" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q104" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R104" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="105" spans="1:42">
+      <c r="A105" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E105" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="F105" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G105" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="H105" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J105" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K105" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="M105" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N105" s="6">
+        <v>13.01</v>
+      </c>
+      <c r="O105" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q105" s="6">
+        <v>45469786</v>
+      </c>
+      <c r="R105" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:Q96"/>
+  <autoFilter ref="A2:Q105"/>
   <mergeCells>
     <mergeCell ref="J1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>