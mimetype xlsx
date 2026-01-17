--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -1079,51 +1079,51 @@
       </c>
       <c r="Z5" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AA5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:42">
       <c r="A6" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E6" s="7">
         <v>1.0</v>
       </c>
       <c r="F6" s="6">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="G6" s="9">
         <v>450.0</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>54</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>38</v>
       </c>