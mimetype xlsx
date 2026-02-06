--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -273,51 +273,51 @@
   <si>
     <t>29 Y</t>
   </si>
   <si>
     <t>KH24-07342</t>
   </si>
   <si>
     <t>10-Jun-24</t>
   </si>
   <si>
     <t>KH24-07343</t>
   </si>
   <si>
     <t>43 Y</t>
   </si>
   <si>
     <t>KH24-07344</t>
   </si>
   <si>
     <t>KH24-07346</t>
   </si>
   <si>
     <t>64 Y</t>
   </si>
   <si>
-    <t>American Indian/ Alaskan Native</t>
+    <t>American Indian / Alaskan Native</t>
   </si>
   <si>
     <t>KH24-07347</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="$#,##0.00_-"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -691,51 +691,51 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AP27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11.53515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.139" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="1"/>
-    <col min="10" max="10" width="37.705" bestFit="true" customWidth="true" style="1"/>
+    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="16.282" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="49.417" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" customHeight="1" ht="84" s="2" customFormat="1">
       <c r="A1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:42">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">